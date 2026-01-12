--- v0 (2025-11-06)
+++ v1 (2026-01-12)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbe6d9cfbc464cb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/717e3b6bca95492788f90d91a8d0d8b8.psmdcp" Id="R83af57b77dd14521" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R733270d7dfe24c89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/20778c0d9c1f4bceb8e340d579d0e098.psmdcp" Id="R9944be9e9be741f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>HFC2002</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Household Real Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/11/2025 11:00:00 AM</x:t>
+    <x:t>11/06/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>.. Sample occurrence too small for estimation because there are less than 25 observations. &lt;br&gt;&lt;br&gt;The data in this table relating to 2018 and 2020 were updated on 11/06/2025 and are not comparable to previous years due to methodological changes, see background notes(https://www.cso.ie/en/releasesandpublications/ep/p-hfcs/householdfinanceandconsumptionsurvey2023/backgroundnotes/).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/HFC2002/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>HFCS2020</x:t>
   </x:si>
   <x:si>
     <x:t>Household Finance and Consumption Survey 2018 onwards</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -323,50 +323,53 @@
   <x:si>
     <x:t>2 adults, with 1-3 children under 18 years</x:t>
   </x:si>
   <x:si>
     <x:t>08</x:t>
   </x:si>
   <x:si>
     <x:t>Other households with children under 18 years</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>HFC2002C02</x:t>
   </x:si>
   <x:si>
     <x:t>Median values of real assets</x:t>
   </x:si>
   <x:si>
     <x:t>Euro</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>HFC2002C03</x:t>
   </x:si>
   <x:si>
     <x:t>Distribution of total real assets</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
@@ -508,355 +511,162 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01781V03128" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Household Composition" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C04466V05249" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Financial and Real Assets" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J937" totalsRowShown="0">
   <x:autoFilter ref="A1:J937"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C01781V03128"/>
     <x:tableColumn id="6" name="Household Composition"/>
     <x:tableColumn id="7" name="C04466V05249"/>
     <x:tableColumn id="8" name="Type of Financial and Real Assets"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1127,51 +937,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/HFC2002/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1360,51 +1170,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J937"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="28.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="43.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="60.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -11746,50 +11556,53 @@
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H324" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I324" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
+      <x:c r="J324" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="325" spans="1:10">
       <x:c r="A325" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>78</x:v>
@@ -13535,108 +13348,117 @@
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H380" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I380" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
+      <x:c r="J380" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="381" spans="1:10">
       <x:c r="A381" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I381" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
+      <x:c r="J381" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="382" spans="1:10">
       <x:c r="A382" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H382" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I382" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
+      <x:c r="J382" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="383" spans="1:10">
       <x:c r="A383" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>64</x:v>
@@ -13750,137 +13572,149 @@
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I387" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
+      <x:c r="J387" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="388" spans="1:10">
       <x:c r="A388" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H388" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I388" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
+      <x:c r="J388" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="389" spans="1:10">
       <x:c r="A389" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I389" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
+      <x:c r="J389" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="390" spans="1:10">
       <x:c r="A390" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H390" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I390" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
+      <x:c r="J390" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="391" spans="1:10">
       <x:c r="A391" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>80</x:v>
@@ -15050,50 +14884,53 @@
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H428" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I428" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
+      <x:c r="J428" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="429" spans="1:10">
       <x:c r="A429" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>78</x:v>
@@ -16839,108 +16676,117 @@
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C484" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E484" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F484" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H484" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I484" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
+      <x:c r="J484" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="485" spans="1:10">
       <x:c r="A485" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C485" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E485" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F485" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I485" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
+      <x:c r="J485" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="486" spans="1:10">
       <x:c r="A486" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E486" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F486" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H486" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I486" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
+      <x:c r="J486" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="487" spans="1:10">
       <x:c r="A487" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
         <x:v>64</x:v>
@@ -17054,137 +16900,149 @@
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F491" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I491" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
+      <x:c r="J491" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="492" spans="1:10">
       <x:c r="A492" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H492" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I492" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
+      <x:c r="J492" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="493" spans="1:10">
       <x:c r="A493" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I493" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
+      <x:c r="J493" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="494" spans="1:10">
       <x:c r="A494" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F494" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H494" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I494" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
+      <x:c r="J494" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="495" spans="1:10">
       <x:c r="A495" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E495" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
         <x:v>80</x:v>
@@ -18354,50 +18212,53 @@
       </x:c>
       <x:c r="B532" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H532" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I532" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
+      <x:c r="J532" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="533" spans="1:10">
       <x:c r="A533" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C533" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D533" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E533" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F533" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H533" s="0" t="s">
         <x:v>78</x:v>
@@ -20143,108 +20004,117 @@
       </x:c>
       <x:c r="B588" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C588" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D588" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E588" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F588" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G588" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H588" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I588" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
+      <x:c r="J588" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="589" spans="1:10">
       <x:c r="A589" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C589" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D589" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E589" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F589" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H589" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I589" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
+      <x:c r="J589" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="590" spans="1:10">
       <x:c r="A590" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C590" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D590" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E590" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F590" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G590" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H590" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I590" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
+      <x:c r="J590" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="591" spans="1:10">
       <x:c r="A591" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C591" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D591" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E591" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F591" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H591" s="0" t="s">
         <x:v>64</x:v>
@@ -20358,137 +20228,149 @@
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C595" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D595" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E595" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F595" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H595" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I595" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
+      <x:c r="J595" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="596" spans="1:10">
       <x:c r="A596" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C596" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D596" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E596" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F596" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G596" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H596" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I596" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
+      <x:c r="J596" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="597" spans="1:10">
       <x:c r="A597" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C597" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D597" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E597" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F597" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H597" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I597" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
+      <x:c r="J597" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="598" spans="1:10">
       <x:c r="A598" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C598" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D598" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E598" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F598" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G598" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H598" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I598" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
+      <x:c r="J598" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
     </x:row>
     <x:row r="599" spans="1:10">
       <x:c r="A599" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C599" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D599" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E599" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F599" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H599" s="0" t="s">
         <x:v>80</x:v>
@@ -21312,10045 +21194,10045 @@
       </x:c>
       <x:c r="D625" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E625" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F625" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H625" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I625" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J625" s="0">
         <x:v>13100</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:10">
       <x:c r="A626" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C626" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D626" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E626" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F626" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G626" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H626" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I626" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J626" s="0">
         <x:v>61.7</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:10">
       <x:c r="A627" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C627" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D627" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E627" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F627" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H627" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I627" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J627" s="0">
         <x:v>15.4</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:10">
       <x:c r="A628" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C628" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D628" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E628" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F628" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G628" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H628" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I628" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J628" s="0">
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:10">
       <x:c r="A629" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C629" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D629" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E629" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F629" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G629" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H629" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I629" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J629" s="0">
         <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:10">
       <x:c r="A630" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C630" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D630" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E630" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F630" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G630" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H630" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I630" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J630" s="0">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:10">
       <x:c r="A631" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C631" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D631" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E631" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F631" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G631" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H631" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I631" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J631" s="0">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:10">
       <x:c r="A632" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C632" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D632" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E632" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F632" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G632" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H632" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I632" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J632" s="0">
         <x:v>88.5</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:10">
       <x:c r="A633" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C633" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D633" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E633" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F633" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H633" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I633" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J633" s="0">
         <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:10">
       <x:c r="A634" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C634" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D634" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E634" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F634" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G634" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H634" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I634" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J634" s="0">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:10">
       <x:c r="A635" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C635" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D635" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E635" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F635" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G635" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H635" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I635" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J635" s="0">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:10">
       <x:c r="A636" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C636" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D636" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E636" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F636" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G636" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H636" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I636" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J636" s="0">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:10">
       <x:c r="A637" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C637" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D637" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E637" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F637" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H637" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I637" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J637" s="0">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:10">
       <x:c r="A638" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C638" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D638" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E638" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F638" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G638" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H638" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I638" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J638" s="0">
         <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:10">
       <x:c r="A639" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C639" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D639" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E639" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F639" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H639" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I639" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J639" s="0">
         <x:v>48.4</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:10">
       <x:c r="A640" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C640" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D640" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E640" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F640" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G640" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H640" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I640" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J640" s="0">
         <x:v>16.3</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:10">
       <x:c r="A641" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C641" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D641" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E641" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F641" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H641" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I641" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J641" s="0">
         <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:10">
       <x:c r="A642" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C642" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D642" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E642" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F642" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G642" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H642" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I642" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J642" s="0">
         <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:10">
       <x:c r="A643" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C643" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D643" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E643" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F643" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H643" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I643" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J643" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:10">
       <x:c r="A644" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C644" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D644" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E644" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F644" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G644" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H644" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I644" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J644" s="0">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:10">
       <x:c r="A645" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C645" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D645" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E645" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F645" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G645" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H645" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I645" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J645" s="0">
         <x:v>83.6</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:10">
       <x:c r="A646" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C646" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D646" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E646" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F646" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G646" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H646" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I646" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J646" s="0">
         <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:10">
       <x:c r="A647" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C647" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D647" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E647" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F647" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G647" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H647" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I647" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J647" s="0">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:10">
       <x:c r="A648" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C648" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D648" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E648" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F648" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G648" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H648" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I648" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J648" s="0">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:10">
       <x:c r="A649" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C649" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D649" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E649" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F649" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G649" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H649" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I649" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J649" s="0">
         <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:10">
       <x:c r="A650" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C650" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D650" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E650" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F650" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G650" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H650" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I650" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J650" s="0">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:10">
       <x:c r="A651" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C651" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D651" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E651" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F651" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H651" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I651" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J651" s="0">
         <x:v>16.4</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:10">
       <x:c r="A652" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C652" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D652" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E652" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F652" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G652" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H652" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I652" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J652" s="0">
         <x:v>49.5</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:10">
       <x:c r="A653" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C653" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D653" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E653" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F653" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H653" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I653" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J653" s="0">
         <x:v>13.9</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:10">
       <x:c r="A654" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C654" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D654" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E654" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F654" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G654" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H654" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I654" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J654" s="0">
         <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:10">
       <x:c r="A655" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C655" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D655" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E655" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F655" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H655" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I655" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J655" s="0">
         <x:v>6.8</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:10">
       <x:c r="A656" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C656" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D656" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E656" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F656" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G656" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H656" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I656" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J656" s="0">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:10">
       <x:c r="A657" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C657" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D657" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E657" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F657" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H657" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I657" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J657" s="0">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:10">
       <x:c r="A658" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C658" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D658" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E658" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F658" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G658" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H658" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I658" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J658" s="0">
         <x:v>83.7</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:10">
       <x:c r="A659" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C659" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D659" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E659" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F659" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H659" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I659" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J659" s="0">
         <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:10">
       <x:c r="A660" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C660" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D660" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E660" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F660" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G660" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H660" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I660" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J660" s="0">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:10">
       <x:c r="A661" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C661" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D661" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E661" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F661" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H661" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I661" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J661" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:10">
       <x:c r="A662" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C662" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D662" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E662" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F662" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G662" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H662" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I662" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J662" s="0">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:10">
       <x:c r="A663" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C663" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D663" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E663" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F663" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H663" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I663" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J663" s="0">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:10">
       <x:c r="A664" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C664" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D664" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E664" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F664" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G664" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H664" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I664" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J664" s="0">
         <x:v>16.3</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:10">
       <x:c r="A665" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C665" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D665" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E665" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F665" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H665" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I665" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J665" s="0">
         <x:v>50.2</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:10">
       <x:c r="A666" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C666" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D666" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E666" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F666" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G666" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H666" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I666" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J666" s="0">
         <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:10">
       <x:c r="A667" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C667" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D667" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E667" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F667" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H667" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I667" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J667" s="0">
         <x:v>13.7</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:10">
       <x:c r="A668" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C668" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D668" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E668" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F668" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G668" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H668" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I668" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J668" s="0">
         <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:10">
       <x:c r="A669" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C669" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D669" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E669" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F669" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H669" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I669" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J669" s="0">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:10">
       <x:c r="A670" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C670" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D670" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E670" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F670" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G670" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H670" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I670" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J670" s="0">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:10">
       <x:c r="A671" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C671" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D671" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E671" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F671" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H671" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I671" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J671" s="0">
         <x:v>82.1</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:10">
       <x:c r="A672" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C672" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D672" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E672" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F672" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G672" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H672" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I672" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J672" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:10">
       <x:c r="A673" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C673" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D673" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E673" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F673" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H673" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I673" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J673" s="0">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:10">
       <x:c r="A674" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C674" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D674" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E674" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F674" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G674" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H674" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I674" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J674" s="0">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:10">
       <x:c r="A675" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C675" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D675" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E675" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F675" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G675" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H675" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I675" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J675" s="0">
         <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:10">
       <x:c r="A676" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C676" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D676" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E676" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F676" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G676" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H676" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I676" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J676" s="0">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:10">
       <x:c r="A677" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C677" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D677" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E677" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F677" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G677" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H677" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I677" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J677" s="0">
         <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:10">
       <x:c r="A678" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C678" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D678" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E678" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F678" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G678" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H678" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I678" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J678" s="0">
         <x:v>43.2</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:10">
       <x:c r="A679" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C679" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D679" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E679" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F679" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G679" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H679" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I679" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J679" s="0">
         <x:v>12.3</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:10">
       <x:c r="A680" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C680" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D680" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E680" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F680" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G680" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H680" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I680" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J680" s="0">
         <x:v>13.2</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:10">
       <x:c r="A681" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C681" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D681" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E681" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F681" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G681" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H681" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I681" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J681" s="0">
         <x:v>12.1</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:10">
       <x:c r="A682" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C682" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D682" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E682" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F682" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G682" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H682" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I682" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J682" s="0">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:10">
       <x:c r="A683" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C683" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D683" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E683" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F683" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G683" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H683" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I683" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J683" s="0">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:10">
       <x:c r="A684" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C684" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D684" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E684" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F684" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G684" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H684" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I684" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J684" s="0">
         <x:v>85.1</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:10">
       <x:c r="A685" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C685" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D685" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E685" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F685" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H685" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I685" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J685" s="0">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:10">
       <x:c r="A686" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C686" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D686" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E686" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F686" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G686" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H686" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I686" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J686" s="0">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:10">
       <x:c r="A687" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C687" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D687" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E687" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F687" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H687" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I687" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J687" s="0">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:10">
       <x:c r="A688" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C688" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D688" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E688" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F688" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G688" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H688" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I688" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J688" s="0">
         <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:10">
       <x:c r="A689" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C689" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D689" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E689" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F689" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G689" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H689" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I689" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J689" s="0">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:10">
       <x:c r="A690" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C690" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D690" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E690" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F690" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G690" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H690" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I690" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J690" s="0">
         <x:v>14.9</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:10">
       <x:c r="A691" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C691" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D691" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E691" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F691" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G691" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H691" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I691" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J691" s="0">
         <x:v>56.2</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:10">
       <x:c r="A692" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C692" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D692" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E692" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F692" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G692" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H692" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I692" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J692" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:10">
       <x:c r="A693" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C693" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D693" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E693" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F693" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G693" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H693" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I693" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J693" s="0">
         <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:10">
       <x:c r="A694" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C694" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D694" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E694" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F694" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G694" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H694" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I694" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J694" s="0">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:10">
       <x:c r="A695" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C695" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D695" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E695" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F695" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G695" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H695" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I695" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J695" s="0">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:10">
       <x:c r="A696" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C696" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D696" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E696" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F696" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G696" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H696" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I696" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J696" s="0">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:10">
       <x:c r="A697" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C697" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D697" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E697" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F697" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H697" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I697" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J697" s="0">
         <x:v>87.7</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:10">
       <x:c r="A698" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C698" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D698" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E698" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F698" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G698" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H698" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I698" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J698" s="0">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:10">
       <x:c r="A699" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C699" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D699" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E699" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F699" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G699" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H699" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I699" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J699" s="0">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:10">
       <x:c r="A700" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C700" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D700" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E700" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F700" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G700" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H700" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I700" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J700" s="0">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:10">
       <x:c r="A701" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C701" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D701" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E701" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F701" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G701" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H701" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I701" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J701" s="0">
         <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:10">
       <x:c r="A702" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C702" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D702" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E702" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F702" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G702" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H702" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I702" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J702" s="0">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:10">
       <x:c r="A703" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C703" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D703" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E703" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F703" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G703" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H703" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I703" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J703" s="0">
         <x:v>12.3</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:10">
       <x:c r="A704" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B704" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C704" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D704" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E704" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F704" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G704" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H704" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I704" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J704" s="0">
         <x:v>50.8</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:10">
       <x:c r="A705" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C705" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D705" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E705" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F705" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G705" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H705" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I705" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J705" s="0">
         <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:10">
       <x:c r="A706" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B706" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C706" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D706" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E706" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F706" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G706" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H706" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I706" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J706" s="0">
         <x:v>14.3</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:10">
       <x:c r="A707" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C707" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D707" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E707" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F707" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G707" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H707" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I707" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J707" s="0">
         <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:10">
       <x:c r="A708" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B708" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C708" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D708" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E708" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F708" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G708" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H708" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I708" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J708" s="0">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:10">
       <x:c r="A709" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C709" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D709" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E709" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F709" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G709" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H709" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I709" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J709" s="0">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:10">
       <x:c r="A710" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B710" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C710" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D710" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E710" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F710" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G710" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H710" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I710" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J710" s="0">
         <x:v>86.8</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:10">
       <x:c r="A711" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C711" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D711" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E711" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F711" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G711" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H711" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I711" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J711" s="0">
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:10">
       <x:c r="A712" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B712" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C712" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D712" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E712" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F712" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G712" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H712" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I712" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J712" s="0">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:10">
       <x:c r="A713" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C713" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D713" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E713" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F713" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G713" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H713" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I713" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J713" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:10">
       <x:c r="A714" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B714" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C714" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D714" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E714" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F714" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G714" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H714" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I714" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J714" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:10">
       <x:c r="A715" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C715" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D715" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E715" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F715" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G715" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H715" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I715" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J715" s="0">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:10">
       <x:c r="A716" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B716" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C716" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D716" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E716" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F716" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G716" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H716" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I716" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J716" s="0">
         <x:v>13.2</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:10">
       <x:c r="A717" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C717" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D717" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E717" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F717" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G717" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H717" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I717" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J717" s="0">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:10">
       <x:c r="A718" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B718" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C718" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D718" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E718" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F718" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G718" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H718" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I718" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J718" s="0">
         <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:10">
       <x:c r="A719" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C719" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D719" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E719" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F719" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G719" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H719" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I719" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J719" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:10">
       <x:c r="A720" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B720" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C720" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D720" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E720" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F720" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G720" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H720" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I720" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J720" s="0">
         <x:v>12.7</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:10">
       <x:c r="A721" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C721" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D721" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E721" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F721" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G721" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H721" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I721" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J721" s="0">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:10">
       <x:c r="A722" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B722" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C722" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D722" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E722" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F722" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G722" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H722" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I722" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J722" s="0">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:10">
       <x:c r="A723" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C723" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D723" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E723" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F723" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G723" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H723" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I723" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J723" s="0">
         <x:v>88.5</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:10">
       <x:c r="A724" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B724" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C724" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D724" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E724" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F724" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G724" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H724" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I724" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J724" s="0">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:10">
       <x:c r="A725" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C725" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D725" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E725" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F725" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G725" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H725" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I725" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J725" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:10">
       <x:c r="A726" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B726" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C726" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D726" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E726" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F726" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G726" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H726" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I726" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J726" s="0">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:10">
       <x:c r="A727" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C727" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D727" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E727" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F727" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G727" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H727" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I727" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J727" s="0">
         <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:10">
       <x:c r="A728" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B728" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C728" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D728" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E728" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F728" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G728" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H728" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I728" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J728" s="0">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:10">
       <x:c r="A729" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C729" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D729" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E729" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F729" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G729" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H729" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I729" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J729" s="0">
         <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:10">
       <x:c r="A730" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B730" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C730" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D730" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E730" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F730" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G730" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H730" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I730" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J730" s="0">
         <x:v>64.2</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:10">
       <x:c r="A731" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C731" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D731" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E731" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F731" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G731" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H731" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I731" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J731" s="0">
         <x:v>12.9</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:10">
       <x:c r="A732" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B732" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C732" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D732" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E732" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F732" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G732" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H732" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I732" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J732" s="0">
         <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:10">
       <x:c r="A733" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C733" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D733" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E733" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F733" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G733" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H733" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I733" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J733" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:10">
       <x:c r="A734" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B734" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C734" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D734" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E734" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F734" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G734" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H734" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I734" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J734" s="0">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:10">
       <x:c r="A735" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C735" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D735" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E735" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F735" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G735" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H735" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I735" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J735" s="0">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:10">
       <x:c r="A736" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B736" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C736" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D736" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E736" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F736" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G736" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H736" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I736" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J736" s="0">
         <x:v>86.3</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:10">
       <x:c r="A737" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C737" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D737" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E737" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F737" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G737" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H737" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I737" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J737" s="0">
         <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:10">
       <x:c r="A738" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B738" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C738" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D738" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E738" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F738" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G738" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H738" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I738" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J738" s="0">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:10">
       <x:c r="A739" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C739" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D739" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E739" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F739" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G739" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H739" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I739" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J739" s="0">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:10">
       <x:c r="A740" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B740" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C740" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D740" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E740" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F740" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G740" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H740" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I740" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J740" s="0">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:10">
       <x:c r="A741" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C741" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D741" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E741" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F741" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G741" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H741" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I741" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J741" s="0">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:10">
       <x:c r="A742" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B742" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C742" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D742" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E742" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F742" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G742" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H742" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I742" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J742" s="0">
         <x:v>13.7</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:10">
       <x:c r="A743" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C743" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D743" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E743" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F743" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G743" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H743" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I743" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J743" s="0">
         <x:v>56.6</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:10">
       <x:c r="A744" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B744" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C744" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D744" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E744" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F744" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G744" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H744" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I744" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J744" s="0">
         <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:10">
       <x:c r="A745" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C745" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D745" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E745" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F745" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G745" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H745" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I745" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J745" s="0">
         <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:10">
       <x:c r="A746" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B746" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C746" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D746" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E746" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F746" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G746" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H746" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I746" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J746" s="0">
         <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:10">
       <x:c r="A747" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C747" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D747" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E747" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F747" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G747" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H747" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I747" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J747" s="0">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:10">
       <x:c r="A748" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B748" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C748" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D748" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E748" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F748" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G748" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H748" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I748" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J748" s="0">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:10">
       <x:c r="A749" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C749" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D749" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E749" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F749" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G749" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H749" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I749" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J749" s="0">
         <x:v>85.4</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:10">
       <x:c r="A750" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B750" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C750" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D750" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E750" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F750" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G750" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H750" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I750" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J750" s="0">
         <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:10">
       <x:c r="A751" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C751" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D751" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E751" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F751" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G751" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H751" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I751" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J751" s="0">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:10">
       <x:c r="A752" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B752" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C752" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D752" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E752" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F752" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G752" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H752" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I752" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J752" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:10">
       <x:c r="A753" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C753" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D753" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E753" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F753" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G753" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H753" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I753" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J753" s="0">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:10">
       <x:c r="A754" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B754" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C754" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D754" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E754" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F754" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G754" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H754" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I754" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J754" s="0">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:10">
       <x:c r="A755" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C755" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D755" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E755" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F755" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G755" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H755" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I755" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J755" s="0">
         <x:v>14.6</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:10">
       <x:c r="A756" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B756" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C756" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D756" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E756" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F756" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G756" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H756" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I756" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J756" s="0">
         <x:v>51.4</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:10">
       <x:c r="A757" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C757" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D757" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E757" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F757" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G757" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H757" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I757" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J757" s="0">
         <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:10">
       <x:c r="A758" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B758" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C758" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D758" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E758" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F758" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G758" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H758" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I758" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J758" s="0">
         <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:10">
       <x:c r="A759" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C759" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D759" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E759" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F759" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G759" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H759" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I759" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J759" s="0">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:10">
       <x:c r="A760" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B760" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C760" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D760" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E760" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F760" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G760" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H760" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I760" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J760" s="0">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:10">
       <x:c r="A761" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C761" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D761" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E761" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F761" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G761" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H761" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I761" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J761" s="0">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:10">
       <x:c r="A762" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B762" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C762" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D762" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E762" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F762" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G762" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H762" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I762" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J762" s="0">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:10">
       <x:c r="A763" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C763" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D763" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E763" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F763" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G763" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H763" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I763" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J763" s="0">
         <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:10">
       <x:c r="A764" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B764" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C764" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D764" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E764" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F764" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G764" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H764" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I764" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J764" s="0">
         <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:10">
       <x:c r="A765" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C765" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D765" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E765" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F765" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G765" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H765" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I765" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J765" s="0">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:10">
       <x:c r="A766" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B766" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C766" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D766" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E766" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F766" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G766" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H766" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I766" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J766" s="0">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:10">
       <x:c r="A767" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B767" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C767" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D767" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E767" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F767" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G767" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H767" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I767" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J767" s="0">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:10">
       <x:c r="A768" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B768" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C768" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D768" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E768" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F768" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G768" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H768" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I768" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J768" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:10">
       <x:c r="A769" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B769" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C769" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D769" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E769" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F769" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G769" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H769" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I769" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J769" s="0">
         <x:v>51.2</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:10">
       <x:c r="A770" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B770" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C770" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D770" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E770" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F770" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G770" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H770" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I770" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J770" s="0">
         <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:10">
       <x:c r="A771" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B771" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C771" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D771" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E771" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F771" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G771" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H771" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I771" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J771" s="0">
         <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:10">
       <x:c r="A772" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B772" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C772" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D772" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E772" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F772" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G772" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H772" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I772" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J772" s="0">
         <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:10">
       <x:c r="A773" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B773" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C773" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D773" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E773" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F773" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G773" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H773" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I773" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J773" s="0">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:10">
       <x:c r="A774" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B774" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C774" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D774" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E774" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F774" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G774" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H774" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I774" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J774" s="0">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:10">
       <x:c r="A775" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B775" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C775" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D775" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E775" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F775" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G775" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H775" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I775" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J775" s="0">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:10">
       <x:c r="A776" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B776" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C776" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D776" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E776" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F776" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G776" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H776" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I776" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J776" s="0">
         <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:10">
       <x:c r="A777" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B777" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C777" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D777" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E777" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F777" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G777" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H777" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I777" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J777" s="0">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:10">
       <x:c r="A778" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B778" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C778" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D778" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E778" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F778" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G778" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H778" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I778" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J778" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:10">
       <x:c r="A779" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B779" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C779" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D779" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E779" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F779" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G779" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H779" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I779" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J779" s="0">
         <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:10">
       <x:c r="A780" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B780" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C780" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D780" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E780" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F780" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G780" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H780" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I780" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J780" s="0">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:10">
       <x:c r="A781" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B781" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C781" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D781" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E781" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F781" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G781" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H781" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I781" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J781" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:10">
       <x:c r="A782" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B782" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C782" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D782" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E782" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F782" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G782" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H782" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I782" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J782" s="0">
         <x:v>40.2</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:10">
       <x:c r="A783" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B783" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C783" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D783" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E783" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F783" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G783" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H783" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I783" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J783" s="0">
         <x:v>12.9</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:10">
       <x:c r="A784" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B784" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C784" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D784" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E784" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F784" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G784" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H784" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I784" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J784" s="0">
         <x:v>12.2</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:10">
       <x:c r="A785" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B785" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C785" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D785" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E785" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F785" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G785" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H785" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I785" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J785" s="0">
         <x:v>14.7</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:10">
       <x:c r="A786" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B786" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C786" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D786" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E786" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F786" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G786" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H786" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I786" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J786" s="0">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:10">
       <x:c r="A787" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B787" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C787" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D787" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E787" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F787" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G787" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H787" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I787" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J787" s="0">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:10">
       <x:c r="A788" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B788" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C788" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D788" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E788" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F788" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G788" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H788" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I788" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J788" s="0">
         <x:v>83.9</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:10">
       <x:c r="A789" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B789" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C789" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D789" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E789" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F789" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G789" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H789" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I789" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J789" s="0">
         <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:10">
       <x:c r="A790" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B790" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C790" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D790" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E790" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F790" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G790" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H790" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I790" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J790" s="0">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:10">
       <x:c r="A791" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B791" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C791" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D791" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E791" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F791" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G791" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H791" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I791" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J791" s="0">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:10">
       <x:c r="A792" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B792" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C792" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D792" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E792" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F792" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G792" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H792" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I792" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J792" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:10">
       <x:c r="A793" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B793" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C793" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D793" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E793" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F793" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G793" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H793" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I793" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J793" s="0">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:10">
       <x:c r="A794" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B794" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C794" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D794" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E794" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F794" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G794" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H794" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I794" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J794" s="0">
         <x:v>16.1</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:10">
       <x:c r="A795" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B795" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C795" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D795" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E795" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F795" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G795" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H795" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I795" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J795" s="0">
         <x:v>70.3</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:10">
       <x:c r="A796" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B796" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C796" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D796" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E796" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F796" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G796" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H796" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I796" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J796" s="0">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:10">
       <x:c r="A797" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B797" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C797" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D797" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E797" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F797" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G797" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H797" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I797" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J797" s="0">
         <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:10">
       <x:c r="A798" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B798" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C798" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D798" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E798" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F798" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G798" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H798" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I798" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J798" s="0">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:10">
       <x:c r="A799" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B799" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C799" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D799" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E799" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F799" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G799" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H799" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I799" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J799" s="0">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:10">
       <x:c r="A800" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B800" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C800" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D800" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E800" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F800" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G800" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H800" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I800" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J800" s="0">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:10">
       <x:c r="A801" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B801" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C801" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D801" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E801" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F801" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G801" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H801" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I801" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J801" s="0">
         <x:v>86.8</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:10">
       <x:c r="A802" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B802" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C802" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D802" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E802" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F802" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G802" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H802" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I802" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J802" s="0">
         <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:10">
       <x:c r="A803" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B803" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C803" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D803" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E803" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F803" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G803" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H803" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I803" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J803" s="0">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:10">
       <x:c r="A804" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B804" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C804" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D804" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E804" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F804" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G804" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H804" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I804" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J804" s="0">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:10">
       <x:c r="A805" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B805" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C805" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D805" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E805" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F805" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G805" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H805" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I805" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J805" s="0">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:10">
       <x:c r="A806" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B806" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C806" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D806" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E806" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F806" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G806" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H806" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I806" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J806" s="0">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:10">
       <x:c r="A807" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B807" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C807" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D807" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E807" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F807" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G807" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H807" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I807" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J807" s="0">
         <x:v>13.2</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:10">
       <x:c r="A808" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B808" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C808" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D808" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E808" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F808" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G808" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H808" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I808" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J808" s="0">
         <x:v>47.6</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:10">
       <x:c r="A809" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B809" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C809" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D809" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E809" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F809" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G809" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H809" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I809" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J809" s="0">
         <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:10">
       <x:c r="A810" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B810" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C810" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D810" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E810" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F810" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G810" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H810" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I810" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J810" s="0">
         <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:10">
       <x:c r="A811" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B811" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C811" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D811" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E811" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F811" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G811" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H811" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I811" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J811" s="0">
         <x:v>15.8</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:10">
       <x:c r="A812" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B812" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C812" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D812" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E812" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F812" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G812" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H812" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I812" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J812" s="0">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:10">
       <x:c r="A813" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B813" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C813" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D813" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E813" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F813" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G813" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H813" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I813" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J813" s="0">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:10">
       <x:c r="A814" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B814" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C814" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D814" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E814" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F814" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G814" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H814" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I814" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J814" s="0">
         <x:v>87.7</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:10">
       <x:c r="A815" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B815" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C815" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D815" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E815" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F815" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G815" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H815" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I815" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J815" s="0">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:10">
       <x:c r="A816" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B816" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C816" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D816" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E816" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F816" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G816" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H816" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I816" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J816" s="0">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:10">
       <x:c r="A817" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B817" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C817" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D817" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E817" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F817" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G817" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H817" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I817" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J817" s="0">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:10">
       <x:c r="A818" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B818" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C818" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D818" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E818" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F818" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G818" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H818" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I818" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J818" s="0">
         <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:10">
       <x:c r="A819" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B819" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C819" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D819" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E819" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F819" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G819" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H819" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I819" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J819" s="0">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:10">
       <x:c r="A820" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B820" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C820" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D820" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E820" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F820" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G820" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H820" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I820" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J820" s="0">
         <x:v>12.3</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:10">
       <x:c r="A821" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B821" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C821" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D821" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E821" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F821" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G821" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H821" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I821" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J821" s="0">
         <x:v>41.6</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:10">
       <x:c r="A822" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B822" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C822" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D822" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E822" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F822" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G822" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H822" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I822" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J822" s="0">
         <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:10">
       <x:c r="A823" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B823" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C823" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D823" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E823" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F823" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G823" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H823" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I823" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J823" s="0">
         <x:v>13.3</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:10">
       <x:c r="A824" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B824" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C824" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D824" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E824" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F824" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G824" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H824" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I824" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J824" s="0">
         <x:v>14.4</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:10">
       <x:c r="A825" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B825" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C825" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D825" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E825" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F825" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G825" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H825" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I825" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J825" s="0">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:10">
       <x:c r="A826" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B826" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C826" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D826" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E826" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F826" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G826" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H826" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I826" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J826" s="0">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:10">
       <x:c r="A827" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B827" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C827" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D827" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E827" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F827" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G827" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H827" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I827" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J827" s="0">
         <x:v>80.3</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:10">
       <x:c r="A828" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B828" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C828" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D828" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E828" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F828" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G828" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H828" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I828" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J828" s="0">
         <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:10">
       <x:c r="A829" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B829" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C829" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D829" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E829" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F829" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G829" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H829" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I829" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J829" s="0">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:10">
       <x:c r="A830" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B830" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C830" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D830" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E830" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F830" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G830" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H830" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I830" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J830" s="0">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:10">
       <x:c r="A831" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B831" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C831" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D831" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E831" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F831" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G831" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H831" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I831" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J831" s="0">
         <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:10">
       <x:c r="A832" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B832" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C832" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D832" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E832" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F832" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G832" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H832" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I832" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J832" s="0">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:10">
       <x:c r="A833" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B833" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C833" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D833" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E833" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F833" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G833" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H833" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I833" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J833" s="0">
         <x:v>19.7</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:10">
       <x:c r="A834" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B834" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C834" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D834" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E834" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F834" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G834" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H834" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I834" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J834" s="0">
         <x:v>62.4</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:10">
       <x:c r="A835" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B835" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C835" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D835" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E835" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F835" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G835" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H835" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I835" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J835" s="0">
         <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:10">
       <x:c r="A836" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B836" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C836" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D836" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E836" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F836" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G836" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H836" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I836" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J836" s="0">
         <x:v>7.8</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:10">
       <x:c r="A837" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B837" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C837" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D837" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E837" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F837" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G837" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H837" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I837" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J837" s="0">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:10">
       <x:c r="A838" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B838" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C838" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D838" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E838" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F838" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G838" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H838" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I838" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J838" s="0">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:10">
       <x:c r="A839" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B839" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C839" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D839" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E839" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F839" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G839" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H839" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I839" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J839" s="0">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:10">
       <x:c r="A840" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B840" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C840" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D840" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E840" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F840" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G840" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H840" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I840" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J840" s="0">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:10">
       <x:c r="A841" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B841" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C841" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D841" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E841" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F841" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G841" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H841" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I841" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J841" s="0">
         <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:10">
       <x:c r="A842" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B842" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C842" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D842" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E842" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F842" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G842" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H842" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I842" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J842" s="0">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:10">
       <x:c r="A843" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B843" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C843" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D843" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E843" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F843" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G843" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H843" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I843" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J843" s="0">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:10">
       <x:c r="A844" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B844" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C844" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D844" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E844" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F844" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G844" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H844" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I844" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J844" s="0">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:10">
       <x:c r="A845" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B845" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C845" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D845" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E845" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F845" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G845" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H845" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I845" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J845" s="0">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:10">
       <x:c r="A846" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B846" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C846" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D846" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E846" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F846" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G846" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H846" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I846" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J846" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:10">
       <x:c r="A847" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B847" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C847" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D847" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E847" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F847" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G847" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H847" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I847" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J847" s="0">
         <x:v>50.8</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:10">
       <x:c r="A848" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B848" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C848" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D848" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E848" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F848" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G848" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H848" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I848" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J848" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:10">
       <x:c r="A849" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B849" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C849" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D849" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E849" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F849" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G849" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H849" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I849" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J849" s="0">
         <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:10">
       <x:c r="A850" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B850" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C850" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D850" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E850" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F850" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G850" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H850" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I850" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J850" s="0">
         <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:10">
       <x:c r="A851" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B851" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C851" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D851" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E851" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F851" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G851" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H851" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I851" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J851" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:10">
       <x:c r="A852" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B852" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C852" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D852" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E852" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F852" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G852" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H852" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I852" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J852" s="0">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:10">
       <x:c r="A853" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B853" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C853" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D853" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E853" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F853" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G853" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H853" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I853" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J853" s="0">
         <x:v>84.2</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:10">
       <x:c r="A854" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B854" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C854" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D854" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E854" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F854" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G854" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H854" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I854" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J854" s="0">
         <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:10">
       <x:c r="A855" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B855" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C855" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D855" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E855" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F855" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G855" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H855" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I855" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J855" s="0">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:10">
       <x:c r="A856" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B856" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C856" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D856" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E856" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F856" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G856" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H856" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I856" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J856" s="0">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:10">
       <x:c r="A857" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B857" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C857" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D857" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E857" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F857" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G857" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H857" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I857" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J857" s="0">
         <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:10">
       <x:c r="A858" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B858" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C858" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D858" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E858" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F858" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G858" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H858" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I858" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J858" s="0">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:10">
       <x:c r="A859" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B859" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C859" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D859" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E859" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F859" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G859" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H859" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I859" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J859" s="0">
         <x:v>15.8</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:10">
       <x:c r="A860" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B860" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C860" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D860" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E860" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F860" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G860" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H860" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I860" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J860" s="0">
         <x:v>48.2</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:10">
       <x:c r="A861" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B861" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C861" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D861" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E861" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F861" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G861" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H861" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I861" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J861" s="0">
         <x:v>13.6</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:10">
       <x:c r="A862" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B862" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C862" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D862" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E862" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F862" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G862" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H862" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I862" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J862" s="0">
         <x:v>12.3</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:10">
       <x:c r="A863" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B863" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C863" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D863" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E863" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F863" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G863" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H863" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I863" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J863" s="0">
         <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:10">
       <x:c r="A864" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B864" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C864" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D864" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E864" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F864" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G864" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H864" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I864" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J864" s="0">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:10">
       <x:c r="A865" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B865" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C865" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D865" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E865" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F865" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G865" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H865" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I865" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J865" s="0">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:10">
       <x:c r="A866" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B866" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C866" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D866" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E866" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F866" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G866" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H866" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I866" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J866" s="0">
         <x:v>82.9</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:10">
       <x:c r="A867" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B867" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C867" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D867" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E867" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F867" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G867" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H867" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I867" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J867" s="0">
         <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:10">
       <x:c r="A868" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B868" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C868" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D868" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E868" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F868" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G868" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H868" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I868" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J868" s="0">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:10">
       <x:c r="A869" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B869" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C869" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D869" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E869" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F869" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G869" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H869" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I869" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J869" s="0">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:10">
       <x:c r="A870" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B870" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C870" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D870" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E870" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F870" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G870" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H870" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I870" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J870" s="0">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:10">
       <x:c r="A871" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B871" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C871" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D871" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E871" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F871" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G871" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H871" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I871" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J871" s="0">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:10">
       <x:c r="A872" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B872" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C872" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D872" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E872" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F872" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G872" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H872" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I872" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J872" s="0">
         <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:10">
       <x:c r="A873" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B873" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C873" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D873" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E873" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F873" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G873" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H873" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I873" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J873" s="0">
         <x:v>45.6</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:10">
       <x:c r="A874" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B874" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C874" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D874" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E874" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F874" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G874" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H874" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I874" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J874" s="0">
         <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:10">
       <x:c r="A875" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B875" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C875" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D875" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E875" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F875" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G875" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H875" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I875" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J875" s="0">
         <x:v>7.8</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:10">
       <x:c r="A876" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B876" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C876" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D876" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E876" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F876" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G876" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H876" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I876" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J876" s="0">
         <x:v>19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:10">
       <x:c r="A877" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B877" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C877" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D877" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E877" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F877" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G877" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H877" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I877" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J877" s="0">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:10">
       <x:c r="A878" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B878" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C878" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D878" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E878" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F878" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G878" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H878" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I878" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J878" s="0">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:10">
       <x:c r="A879" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B879" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C879" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D879" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E879" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F879" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G879" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H879" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I879" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J879" s="0">
         <x:v>83.9</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:10">
       <x:c r="A880" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B880" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C880" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D880" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E880" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F880" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G880" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H880" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I880" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J880" s="0">
         <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:10">
       <x:c r="A881" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B881" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C881" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D881" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E881" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F881" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G881" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H881" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I881" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J881" s="0">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:10">
       <x:c r="A882" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B882" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C882" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D882" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E882" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F882" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G882" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H882" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I882" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J882" s="0">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:10">
       <x:c r="A883" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B883" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C883" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D883" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E883" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F883" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G883" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H883" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I883" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J883" s="0">
         <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:10">
       <x:c r="A884" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B884" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C884" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D884" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E884" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F884" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G884" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H884" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I884" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J884" s="0">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:10">
       <x:c r="A885" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B885" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C885" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D885" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E885" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F885" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G885" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H885" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I885" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J885" s="0">
         <x:v>16.1</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:10">
       <x:c r="A886" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B886" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C886" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D886" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E886" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F886" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G886" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H886" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I886" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J886" s="0">
         <x:v>42.5</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:10">
       <x:c r="A887" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B887" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C887" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D887" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E887" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F887" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G887" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H887" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I887" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J887" s="0">
         <x:v>10.7</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:10">
       <x:c r="A888" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B888" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C888" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D888" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E888" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F888" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G888" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H888" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I888" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J888" s="0">
         <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:10">
       <x:c r="A889" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B889" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C889" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D889" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E889" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F889" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G889" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H889" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I889" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J889" s="0">
         <x:v>16.3</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:10">
       <x:c r="A890" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B890" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C890" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D890" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E890" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F890" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G890" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H890" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I890" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J890" s="0">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:10">
       <x:c r="A891" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B891" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C891" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D891" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E891" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F891" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G891" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H891" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I891" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J891" s="0">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:10">
       <x:c r="A892" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B892" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C892" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D892" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E892" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F892" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G892" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H892" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I892" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J892" s="0">
         <x:v>83.4</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:10">
       <x:c r="A893" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B893" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C893" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D893" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E893" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F893" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G893" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H893" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I893" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J893" s="0">
         <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:10">
       <x:c r="A894" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B894" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C894" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D894" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E894" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F894" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G894" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H894" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I894" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J894" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:10">
       <x:c r="A895" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B895" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C895" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D895" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E895" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F895" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G895" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H895" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I895" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J895" s="0">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="896" spans="1:10">
       <x:c r="A896" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B896" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C896" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D896" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E896" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F896" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G896" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H896" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I896" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J896" s="0">
         <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:10">
       <x:c r="A897" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B897" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C897" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D897" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E897" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F897" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G897" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H897" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I897" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J897" s="0">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:10">
       <x:c r="A898" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B898" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C898" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D898" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E898" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F898" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G898" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H898" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I898" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J898" s="0">
         <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:10">
       <x:c r="A899" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B899" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C899" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D899" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E899" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F899" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G899" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H899" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I899" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J899" s="0">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="900" spans="1:10">
       <x:c r="A900" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B900" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C900" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D900" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E900" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F900" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G900" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H900" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I900" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J900" s="0">
         <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:10">
       <x:c r="A901" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B901" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C901" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D901" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E901" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F901" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G901" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H901" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I901" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J901" s="0">
         <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:10">
       <x:c r="A902" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B902" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C902" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D902" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E902" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F902" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G902" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H902" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I902" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J902" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:10">
       <x:c r="A903" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B903" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C903" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D903" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E903" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F903" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G903" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H903" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I903" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J903" s="0">
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="904" spans="1:10">
       <x:c r="A904" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B904" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C904" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D904" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E904" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F904" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G904" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H904" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I904" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J904" s="0">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="905" spans="1:10">
       <x:c r="A905" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B905" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C905" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D905" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E905" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F905" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G905" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H905" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I905" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J905" s="0">
         <x:v>85.7</x:v>
       </x:c>
     </x:row>
     <x:row r="906" spans="1:10">
       <x:c r="A906" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B906" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C906" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D906" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E906" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F906" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G906" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H906" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I906" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J906" s="0">
         <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:10">
       <x:c r="A907" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B907" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C907" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D907" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E907" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F907" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G907" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H907" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I907" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J907" s="0">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="908" spans="1:10">
       <x:c r="A908" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B908" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C908" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D908" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E908" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F908" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G908" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H908" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I908" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J908" s="0">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:10">
       <x:c r="A909" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B909" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C909" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D909" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E909" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F909" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G909" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H909" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I909" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J909" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="910" spans="1:10">
       <x:c r="A910" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B910" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C910" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D910" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E910" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F910" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G910" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H910" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I910" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J910" s="0">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="911" spans="1:10">
       <x:c r="A911" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B911" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C911" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D911" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E911" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F911" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G911" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H911" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I911" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J911" s="0">
         <x:v>14.3</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:10">
       <x:c r="A912" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B912" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C912" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D912" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E912" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F912" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G912" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H912" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I912" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J912" s="0">
         <x:v>50.7</x:v>
       </x:c>
     </x:row>
     <x:row r="913" spans="1:10">
       <x:c r="A913" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B913" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C913" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D913" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E913" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F913" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G913" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H913" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I913" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J913" s="0">
         <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:10">
       <x:c r="A914" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B914" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C914" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D914" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E914" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F914" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G914" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H914" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I914" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J914" s="0">
         <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="915" spans="1:10">
       <x:c r="A915" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B915" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C915" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D915" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E915" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F915" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G915" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H915" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I915" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J915" s="0">
         <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="916" spans="1:10">
       <x:c r="A916" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B916" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C916" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D916" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E916" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F916" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G916" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H916" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I916" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J916" s="0">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:10">
       <x:c r="A917" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B917" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C917" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D917" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E917" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F917" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G917" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H917" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I917" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J917" s="0">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="918" spans="1:10">
       <x:c r="A918" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B918" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C918" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D918" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E918" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F918" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G918" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H918" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I918" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J918" s="0">
         <x:v>86.3</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:10">
       <x:c r="A919" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B919" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C919" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D919" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E919" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F919" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G919" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H919" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I919" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J919" s="0">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:10">
       <x:c r="A920" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B920" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C920" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D920" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E920" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F920" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G920" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H920" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I920" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J920" s="0">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:10">
       <x:c r="A921" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B921" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C921" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D921" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E921" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F921" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G921" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H921" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I921" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J921" s="0">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:10">
       <x:c r="A922" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B922" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C922" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D922" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E922" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F922" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G922" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H922" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I922" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J922" s="0">
         <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:10">
       <x:c r="A923" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B923" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C923" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D923" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E923" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F923" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G923" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H923" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I923" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J923" s="0">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:10">
       <x:c r="A924" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B924" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C924" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D924" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E924" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F924" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G924" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H924" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I924" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J924" s="0">
         <x:v>13.7</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:10">
       <x:c r="A925" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B925" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C925" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D925" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E925" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F925" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G925" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H925" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I925" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J925" s="0">
         <x:v>41.8</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:10">
       <x:c r="A926" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B926" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C926" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D926" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E926" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F926" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G926" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H926" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I926" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J926" s="0">
         <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:10">
       <x:c r="A927" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B927" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C927" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D927" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E927" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F927" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G927" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H927" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I927" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J927" s="0">
         <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:10">
       <x:c r="A928" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B928" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C928" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D928" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E928" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F928" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G928" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H928" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I928" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J928" s="0">
         <x:v>24.4</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:10">
       <x:c r="A929" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B929" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C929" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D929" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E929" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F929" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G929" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H929" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I929" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J929" s="0">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:10">
       <x:c r="A930" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B930" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C930" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D930" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E930" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F930" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G930" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H930" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I930" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J930" s="0">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="931" spans="1:10">
       <x:c r="A931" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B931" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C931" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D931" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E931" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F931" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G931" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H931" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I931" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J931" s="0">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:10">
       <x:c r="A932" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B932" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C932" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D932" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E932" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F932" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G932" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H932" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I932" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J932" s="0">
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="933" spans="1:10">
       <x:c r="A933" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B933" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C933" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D933" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E933" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F933" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G933" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H933" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I933" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J933" s="0">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="934" spans="1:10">
       <x:c r="A934" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B934" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C934" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D934" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E934" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F934" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G934" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H934" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I934" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J934" s="0">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:10">
       <x:c r="A935" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B935" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C935" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D935" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E935" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F935" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G935" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H935" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I935" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J935" s="0">
         <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="936" spans="1:10">
       <x:c r="A936" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B936" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C936" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D936" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E936" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F936" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G936" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H936" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I936" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J936" s="0">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="937" spans="1:10">
       <x:c r="A937" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B937" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C937" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D937" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E937" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F937" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G937" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H937" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I937" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J937" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -31367,51 +31249,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J937" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="3">
         <x:s v="HFC2002C01"/>
         <x:s v="HFC2002C02"/>
         <x:s v="HFC2002C03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="3">
         <x:s v="Participation in real assets"/>
         <x:s v="Median values of real assets"/>
         <x:s v="Distribution of total real assets"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="3">
         <x:s v="2018"/>
         <x:s v="2020"/>
         <x:s v="2023"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="3">
@@ -31983,27 +31865,11260 @@
         <x:n v="6.2"/>
         <x:n v="48.2"/>
         <x:n v="13.6"/>
         <x:n v="4.7"/>
         <x:n v="82.9"/>
         <x:n v="45.6"/>
         <x:n v="19.1"/>
         <x:n v="42.5"/>
         <x:n v="9.4"/>
         <x:n v="83.4"/>
         <x:n v="63"/>
         <x:n v="50.7"/>
         <x:n v="14.2"/>
         <x:n v="41.8"/>
         <x:n v="8.7"/>
         <x:n v="24.4"/>
         <x:n v="87"/>
         <x:n v="13"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="85.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="57.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="68.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="87.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="87.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="46.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="67.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="86.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="90.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="91.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="95.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="87.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="77.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="96.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="96.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="59.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="80.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="86.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="96.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="97.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="97.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="79.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="82.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="96.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="96.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="96.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="61.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="92.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="92.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="66.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="90.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="84.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="29.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="98.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="73.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="88.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="83.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="81.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="64.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="62.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="95.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="92.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="95.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="45.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="62.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="70.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="87.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="96.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="96.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="94.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="87.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="74.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="98.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="94.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="94.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="77.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="85.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="95.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="81.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="88.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="82.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="97.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="97.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="32.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="49.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="78.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="92.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="92.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="66.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="90.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="87.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="71.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="85.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="97.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="65.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="84.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="98.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="93.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="50.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="61.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="81.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="98.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="90.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="89.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="91.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="97.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="55.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="80.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="88.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="98.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="98.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="85.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="88.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="98.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="98.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="49.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="86.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="96.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="96.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="96.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="64.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="87.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="90.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="98.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="27.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="72.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="93.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="97.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="98.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C01"/>
+    <s v="Participation in real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="98.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="180000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="224700"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="228100"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="10900"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="3600"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="200000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="5100"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="10000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="5600"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="32000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="6000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="200000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="263000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="145500"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="17900"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="4500"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="129700"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="2300"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="10000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="3000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="22200"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="8000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="3300"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="240000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="256400"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="238100"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="20800"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="7500"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="295400"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="10200"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="10000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="10000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="71800"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="23600"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="15300"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="250000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="200000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="237200"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="17100"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="9400"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="199600"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="7900"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="10000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="32700"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="9600"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="13500"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="250000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="377800"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="305800"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="46600"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="11600"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="302400"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="9400"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="20000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="9800"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="43900"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="38000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="17100"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="200000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="2500"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="6900"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="268200"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="355400"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="199000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="12500"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="8100"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="245900"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="4100"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="8500"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="39200"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="3900"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="8600"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="270000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="612700"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="220800"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="16000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="10200"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="272000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="4900"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="8700"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="48200"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="6000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="9100"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="200000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="225600"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="164000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="4800"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="207100"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="10900"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="16200"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="13100"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="240000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="300000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="252500"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="14100"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="6000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="3000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="126000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="5600"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="6000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="26000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="7500"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="250000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="250000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="281000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="16900"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="9900"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="4500"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="322500"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="20500"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="16000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="5700"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="37800"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="20000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="27500"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="300000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="303000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="231000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="18000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="10000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="208600"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="11400"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="2400"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="2500"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="27500"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="3500"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="21800"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="270000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="415000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="289000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="43600"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="13000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="320600"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="11100"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="15700"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="5900"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="44100"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="20000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="19600"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="220000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="2600"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="12200"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="2400"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="3400"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="275000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="297000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="202000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="24100"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="10200"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="260100"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="8400"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="5800"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="21400"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="5100"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="14200"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="300000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="430000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="250000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="28400"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="11700"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="314000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="9000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="13300"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="5900"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="60700"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="22400"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="17800"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="280000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="207900"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="216000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="24600"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="7800"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="290800"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="10400"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="8200"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="7900"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="35400"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="12800"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="260000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="231900"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="300000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="15800"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="6000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="140100"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="4500"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="3200"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="10500"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="27800"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="6000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="6900"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="300000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="422200"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="305600"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="35700"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="13200"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="402000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="21400"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="7200"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="9500"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="41200"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="18000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="31600"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="320000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="343600"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="226500"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="57200"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="10000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="4500"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="254500"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="8600"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="8800"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="3000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="25300"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="16800"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="350000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="400000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="283900"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="58600"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="20000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="6000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="398400"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="13500"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="7000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="11400"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="51400"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="27100"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="300000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="8200"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="7300"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="2300"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="350000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="224400"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="271600"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="46400"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="14000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="5400"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="330000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="8600"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="10000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="38500"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="3000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="16200"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="Euro"/>
+    <n v="350000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="Euro"/>
+    <n v="454100"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="Euro"/>
+    <n v="252000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="Euro"/>
+    <n v="64000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="Euro"/>
+    <n v="15000"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="Euro"/>
+    <n v="8800"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="Euro"/>
+    <n v="358700"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="Euro"/>
+    <n v="7300"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="Euro"/>
+    <n v="5800"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="Euro"/>
+    <n v="5500"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="Euro"/>
+    <n v="50200"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="Euro"/>
+    <n v="7200"/>
+  </r>
+  <r>
+    <s v="HFC2002C02"/>
+    <s v="Median values of real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="Euro"/>
+    <n v="13100"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="61.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="48.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="83.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="49.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="83.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="50.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="82.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="43.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="85.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="56.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="87.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="50.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="86.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="64.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="86.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="56.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="85.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="51.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="51.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="40.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="83.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="70.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="86.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="47.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="87.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="41.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="80.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="62.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="50.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="84.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="48.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="82.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="45.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="83.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="42.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="83.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="85.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="50.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="86.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="105"/>
+    <s v="Household main residence (HMR)"/>
+    <s v="%"/>
+    <n v="41.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="110"/>
+    <s v="Land"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="115"/>
+    <s v="Other real estate property, excl HMR &amp; land"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="120"/>
+    <s v="Self employment business wealth"/>
+    <s v="%"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="125"/>
+    <s v="Vehicles"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="130"/>
+    <s v="Valuables (jewellery, electronics, works of art, antiques)"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="100"/>
+    <s v="Any real asset"/>
+    <s v="%"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="510"/>
+    <s v="Savings"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="515"/>
+    <s v="Bonds or mutual funds"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="520"/>
+    <s v="Shares"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="525"/>
+    <s v="Voluntary pension"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="530"/>
+    <s v="Financial Assets excl savings, bonds, mutual fund, shares, pension"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="HFC2002C03"/>
+    <s v="Distribution of total real assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="500"/>
+    <s v="Any financial asset"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+</pivotCacheRecords>
 </file>