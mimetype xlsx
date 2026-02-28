--- v1 (2026-01-12)
+++ v2 (2026-02-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R733270d7dfe24c89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/20778c0d9c1f4bceb8e340d579d0e098.psmdcp" Id="R9944be9e9be741f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40cb27233ae347f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/753fdc05aa19439fadc65f7f0943f7c2.psmdcp" Id="R264b58f61bb3430f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>