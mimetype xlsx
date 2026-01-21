--- v0 (2025-10-05)
+++ v1 (2026-01-21)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d8ed5e834c548ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7b87a734571f4ea6b8b2fbe7025f3f35.psmdcp" Id="R98a82f21e8a747c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2960b642c01a4c84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/703616f711d74e50ae061f4a1db4eaa9.psmdcp" Id="Rdc7251016e994abe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>HFC18</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Household Debt</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/16/2023 11:00:00 AM</x:t>
+    <x:t>16/05/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Data relating to 2013 are no longer comparable with latter years due to methodological changes 16/05/2023.&lt;br&gt;&lt;br&gt;Please see Household Finance and Consumption Survey 2018 onwards(product/HFCS2020) for later years.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/HFC18/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>HFCS</x:t>
   </x:si>
   <x:si>
     <x:t>Household Finance and Consumption 2013 Survey</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -255,50 +255,53 @@
     <x:t>500</x:t>
   </x:si>
   <x:si>
     <x:t>45 - 54 years</x:t>
   </x:si>
   <x:si>
     <x:t>535</x:t>
   </x:si>
   <x:si>
     <x:t>55 - 64 years</x:t>
   </x:si>
   <x:si>
     <x:t>575</x:t>
   </x:si>
   <x:si>
     <x:t>65 years and over</x:t>
   </x:si>
   <x:si>
     <x:t>HFC18C02</x:t>
   </x:si>
   <x:si>
     <x:t>Median values of debt</x:t>
   </x:si>
   <x:si>
     <x:t>Thousand</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>HFC18C03</x:t>
   </x:si>
   <x:si>
     <x:t>Distribution of total debt</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -442,259 +445,138 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...207 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V02508" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03590V04330" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Debt" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J91" totalsRowShown="0">
   <x:autoFilter ref="A1:J91"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02076V02508"/>
     <x:tableColumn id="6" name="Age of Reference Person"/>
     <x:tableColumn id="7" name="C03590V04330"/>
     <x:tableColumn id="8" name="Type of Debt"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -965,51 +847,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/HFC18/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1198,51 +1080,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J91"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="24.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="43.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.853482" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -3040,50 +2922,53 @@
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I57" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
+      <x:c r="J57" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
     </x:row>
     <x:row r="58" spans="1:10">
       <x:c r="A58" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>60</x:v>
@@ -3171,1021 +3056,1021 @@
       </x:c>
       <x:c r="D61" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J61" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:10">
       <x:c r="A62" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J62" s="0">
         <x:v>85.1</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:10">
       <x:c r="A63" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I63" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J63" s="0">
         <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:10">
       <x:c r="A64" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I64" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J64" s="0">
         <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:10">
       <x:c r="A65" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J65" s="0">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:10">
       <x:c r="A66" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I66" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J66" s="0">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:10">
       <x:c r="A67" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I67" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J67" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:10">
       <x:c r="A68" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H68" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I68" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J68" s="0">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:10">
       <x:c r="A69" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I69" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J69" s="0">
         <x:v>16.1</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:10">
       <x:c r="A70" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I70" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J70" s="0">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:10">
       <x:c r="A71" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I71" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J71" s="0">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:10">
       <x:c r="A72" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H72" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I72" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J72" s="0">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:10">
       <x:c r="A73" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I73" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J73" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:10">
       <x:c r="A74" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H74" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I74" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J74" s="0">
         <x:v>70.2</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:10">
       <x:c r="A75" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I75" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J75" s="0">
         <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:10">
       <x:c r="A76" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I76" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J76" s="0">
         <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:10">
       <x:c r="A77" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J77" s="0">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:10">
       <x:c r="A78" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I78" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J78" s="0">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:10">
       <x:c r="A79" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I79" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J79" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:10">
       <x:c r="A80" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H80" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I80" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J80" s="0">
         <x:v>35.7</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:10">
       <x:c r="A81" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I81" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J81" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:10">
       <x:c r="A82" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H82" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I82" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J82" s="0">
         <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:10">
       <x:c r="A83" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J83" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:10">
       <x:c r="A84" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J84" s="0">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:10">
       <x:c r="A85" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J85" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:10">
       <x:c r="A86" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H86" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J86" s="0">
         <x:v>30.6</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:10">
       <x:c r="A87" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J87" s="0">
         <x:v>54.6</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:10">
       <x:c r="A88" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J88" s="0">
         <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:10">
       <x:c r="A89" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J89" s="0">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:10">
       <x:c r="A90" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J90" s="0">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:10">
       <x:c r="A91" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J91" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -4202,51 +4087,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J91" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="3">
         <x:s v="HFC18C01"/>
         <x:s v="HFC18C02"/>
         <x:s v="HFC18C03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="3">
         <x:s v="Participation in debt"/>
         <x:s v="Median values of debt"/>
         <x:s v="Distribution of total debt"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="1">
         <x:s v="2013"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="1">
         <x:s v="2013"/>
       </x:sharedItems>
@@ -4357,27 +4242,1108 @@
         <x:n v="4.6"/>
         <x:n v="0.2"/>
         <x:n v="100"/>
         <x:n v="79"/>
         <x:n v="16.1"/>
         <x:n v="4.1"/>
         <x:n v="0.6"/>
         <x:n v="70.2"/>
         <x:n v="23.5"/>
         <x:n v="5.2"/>
         <x:n v="35.7"/>
         <x:n v="57"/>
         <x:n v="5.6"/>
         <x:n v="30.6"/>
         <x:n v="54.6"/>
         <x:n v="10.2"/>
         <x:n v="3.4"/>
         <x:n v="1.2"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="59.4"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="57.1"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="26.4"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="75.5"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="50.2"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="72.6"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="52.6"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="HFC18C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="Thousand"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="Thousand"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="Thousand"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="Thousand"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="Thousand"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="Thousand"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="Thousand"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="Thousand"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="Thousand"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="Thousand"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="Thousand"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="Thousand"/>
+    <n v="131.2"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="Thousand"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="Thousand"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="Thousand"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="Thousand"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="Thousand"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="Thousand"/>
+    <n v="48.5"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="Thousand"/>
+    <n v="95.4"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="Thousand"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="Thousand"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="Thousand"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="Thousand"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="Thousand"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="Thousand"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="Thousand"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="HFC18C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="Thousand"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="85.1"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="70.2"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="35.7"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="%"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="%"/>
+    <n v="54.6"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="HFC18C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+</pivotCacheRecords>
 </file>