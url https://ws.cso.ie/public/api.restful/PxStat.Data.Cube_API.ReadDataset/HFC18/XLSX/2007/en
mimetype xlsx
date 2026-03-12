--- v1 (2026-01-21)
+++ v2 (2026-03-12)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2960b642c01a4c84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/703616f711d74e50ae061f4a1db4eaa9.psmdcp" Id="Rdc7251016e994abe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re60421c230c449d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/81a7a538de0e4d9ba611274b7d3adcaf.psmdcp" Id="R4c25fb9813454a73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>