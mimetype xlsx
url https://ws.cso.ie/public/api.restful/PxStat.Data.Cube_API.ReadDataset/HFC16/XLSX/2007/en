--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c69cde360634e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d6d58c2e0c234d6d94b545731f8554a2.psmdcp" Id="R8ddd24fb605f4f77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50597b781d224e62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a169ea0e1ebc41c88ed81fa2e90b3c84.psmdcp" Id="R37f3891b7b874625" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>