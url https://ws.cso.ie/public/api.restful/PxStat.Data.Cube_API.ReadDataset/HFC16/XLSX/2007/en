--- v1 (2025-11-26)
+++ v2 (2026-02-08)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50597b781d224e62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a169ea0e1ebc41c88ed81fa2e90b3c84.psmdcp" Id="R37f3891b7b874625" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6efa0152c2cb41e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8b1a57d86984a0aba469b681367b9e5.psmdcp" Id="Ra697a4f83c4c4c02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>HFC16</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Household Debt</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/16/2023 11:00:00 AM</x:t>
+    <x:t>16/05/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Data relating to 2013 are no longer comparable with latter years due to methodological changes 16/05/2023.&lt;br&gt;&lt;br&gt;Please see Household Finance and Consumption Survey 2018 onwards(product/HFCS2020) for later years.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/HFC16/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>HFCS</x:t>
   </x:si>
   <x:si>
     <x:t>Household Finance and Consumption 2013 Survey</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -270,50 +270,53 @@
     <x:t>40</x:t>
   </x:si>
   <x:si>
     <x:t>Overdraft</x:t>
   </x:si>
   <x:si>
     <x:t>50</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Card</x:t>
   </x:si>
   <x:si>
     <x:t>60</x:t>
   </x:si>
   <x:si>
     <x:t>Any Debt</x:t>
   </x:si>
   <x:si>
     <x:t>HFC16C02</x:t>
   </x:si>
   <x:si>
     <x:t>Median values of debt</x:t>
   </x:si>
   <x:si>
     <x:t>Thousand</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>HFC16C03</x:t>
   </x:si>
   <x:si>
     <x:t>Distribution of total debt</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -457,283 +460,144 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...231 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03590V04330" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Debt" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01781V03128" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Household Composition" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J145" totalsRowShown="0">
   <x:autoFilter ref="A1:J145"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03590V04330"/>
     <x:tableColumn id="6" name="Type of Debt"/>
     <x:tableColumn id="7" name="C01781V03128"/>
     <x:tableColumn id="8" name="Household Composition"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1004,51 +868,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/HFC16/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1237,51 +1101,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J145"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="43.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="43.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.853482" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -3271,50 +3135,53 @@
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I63" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
+      <x:c r="J63" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
     </x:row>
     <x:row r="64" spans="1:10">
       <x:c r="A64" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
         <x:v>67</x:v>
@@ -4362,1597 +4229,1597 @@
       </x:c>
       <x:c r="D97" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J97" s="0">
         <x:v>80.2</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:10">
       <x:c r="A98" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J98" s="0">
         <x:v>55.4</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:10">
       <x:c r="A99" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J99" s="0">
         <x:v>77.3</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:10">
       <x:c r="A100" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H100" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J100" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:10">
       <x:c r="A101" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I101" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J101" s="0">
         <x:v>77.3</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:10">
       <x:c r="A102" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I102" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J102" s="0">
         <x:v>37.3</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:10">
       <x:c r="A103" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I103" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J103" s="0">
         <x:v>85.1</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:10">
       <x:c r="A104" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H104" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I104" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J104" s="0">
         <x:v>78.7</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:10">
       <x:c r="A105" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J105" s="0">
         <x:v>72.5</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:10">
       <x:c r="A106" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J106" s="0">
         <x:v>27.1</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:10">
       <x:c r="A107" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J107" s="0">
         <x:v>14.9</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:10">
       <x:c r="A108" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H108" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J108" s="0">
         <x:v>53.5</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:10">
       <x:c r="A109" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I109" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J109" s="0">
         <x:v>16.3</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:10">
       <x:c r="A110" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H110" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I110" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J110" s="0">
         <x:v>57.1</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:10">
       <x:c r="A111" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J111" s="0">
         <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:10">
       <x:c r="A112" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H112" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I112" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J112" s="0">
         <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:10">
       <x:c r="A113" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J113" s="0">
         <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:10">
       <x:c r="A114" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H114" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J114" s="0">
         <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:10">
       <x:c r="A115" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J115" s="0">
         <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:10">
       <x:c r="A116" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H116" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J116" s="0">
         <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:10">
       <x:c r="A117" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J117" s="0">
         <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:10">
       <x:c r="A118" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H118" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J118" s="0">
         <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:10">
       <x:c r="A119" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J119" s="0">
         <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:10">
       <x:c r="A120" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J120" s="0">
         <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:10">
       <x:c r="A121" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J121" s="0">
         <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:10">
       <x:c r="A122" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I122" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J122" s="0">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:10">
       <x:c r="A123" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J123" s="0">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:10">
       <x:c r="A124" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H124" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I124" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J124" s="0">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:10">
       <x:c r="A125" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I125" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J125" s="0">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:10">
       <x:c r="A126" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H126" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I126" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J126" s="0">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:10">
       <x:c r="A127" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I127" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J127" s="0">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:10">
       <x:c r="A128" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H128" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I128" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J128" s="0">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:10">
       <x:c r="A129" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I129" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J129" s="0">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:10">
       <x:c r="A130" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H130" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I130" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J130" s="0">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:10">
       <x:c r="A131" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I131" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J131" s="0">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:10">
       <x:c r="A132" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H132" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I132" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J132" s="0">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:10">
       <x:c r="A133" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I133" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J133" s="0">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:10">
       <x:c r="A134" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H134" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I134" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J134" s="0">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:10">
       <x:c r="A135" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I135" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J135" s="0">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:10">
       <x:c r="A136" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J136" s="0">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:10">
       <x:c r="A137" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I137" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J137" s="0">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:10">
       <x:c r="A138" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H138" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I138" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J138" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:10">
       <x:c r="A139" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I139" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J139" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:10">
       <x:c r="A140" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H140" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I140" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J140" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:10">
       <x:c r="A141" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I141" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J141" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:10">
       <x:c r="A142" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H142" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I142" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J142" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:10">
       <x:c r="A143" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I143" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J143" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:10">
       <x:c r="A144" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H144" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I144" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J144" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:10">
       <x:c r="A145" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I145" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J145" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -5969,51 +5836,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J145" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="3">
         <x:s v="HFC16C01"/>
         <x:s v="HFC16C02"/>
         <x:s v="HFC16C03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="3">
         <x:s v="Participation in debt"/>
         <x:s v="Median values of debt"/>
         <x:s v="Distribution of total debt"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="1">
         <x:s v="2013"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="1">
         <x:s v="2013"/>
       </x:sharedItems>
@@ -6160,27 +6027,1756 @@
         <x:n v="14.9"/>
         <x:n v="53.5"/>
         <x:n v="16.3"/>
         <x:n v="57.1"/>
         <x:n v="8.4"/>
         <x:n v="16.7"/>
         <x:n v="20.9"/>
         <x:n v="16.6"/>
         <x:n v="10.4"/>
         <x:n v="5.2"/>
         <x:n v="4.3"/>
         <x:n v="5.6"/>
         <x:n v="3.9"/>
         <x:n v="0.1"/>
         <x:n v="2.9"/>
         <x:n v="0.2"/>
         <x:n v="2.2"/>
         <x:n v="0.6"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="36.8"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="60.7"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="56.7"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="24.6"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="34.7"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="39.8"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="47.7"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="62.5"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="61.6"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="79.8"/>
+  </r>
+  <r>
+    <s v="HFC16C01"/>
+    <s v="Participation in debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="77.1"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Thousand"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Thousand"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Thousand"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Thousand"/>
+    <n v="141.7"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Thousand"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Thousand"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Thousand"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Thousand"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Thousand"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Thousand"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Thousand"/>
+    <n v="139.7"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Thousand"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Thousand"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Thousand"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Thousand"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Thousand"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Thousand"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Thousand"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Thousand"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Thousand"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Thousand"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Thousand"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Thousand"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Thousand"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Thousand"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Thousand"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Thousand"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Thousand"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Thousand"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Thousand"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Thousand"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Thousand"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Thousand"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Thousand"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Thousand"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Thousand"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Thousand"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Thousand"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Thousand"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Thousand"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Thousand"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Thousand"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Thousand"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Thousand"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Thousand"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="HFC16C02"/>
+    <s v="Median values of debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Thousand"/>
+    <n v="80.2"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="55.4"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="77.3"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="77.3"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="85.1"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="78.7"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Mortgage on Household Main Residence (HMR)"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="72.5"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="53.5"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="57.1"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Mortgage on Other Property"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Non-mortgage loans"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Overdraft"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Credit Card"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="HFC16C03"/>
+    <s v="Distribution of total debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Any Debt"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+</pivotCacheRecords>
 </file>