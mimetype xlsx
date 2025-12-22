--- v0 (2025-10-26)
+++ v1 (2025-12-22)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R479d61213b4f48b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/80a22acb562343b0bc744a3a7129b6f0.psmdcp" Id="R68d1ce7e4f704a13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d6abd799cf44158" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/feaec63736774af19dd568ccd1ac13b2.psmdcp" Id="R24ff86c5e70e45bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>HBS01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Average Weekly Household Expenditure</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>8/1/2024 11:00:00 AM</x:t>
+    <x:t>01/08/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>All figures are mean values. &lt;br&gt;&lt;br&gt;</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:b/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Other transport expenditure</x:t>
@@ -1045,971 +1045,316 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...919 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C04299V05078" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Urban and Rural" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C04296V05073" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="99">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+      </items>
+    </pivotField>
+    <pivotField name="Expenditure" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="99">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J298" totalsRowShown="0">
   <x:autoFilter ref="A1:J298"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C04299V05078"/>
     <x:tableColumn id="6" name="Urban and Rural"/>
     <x:tableColumn id="7" name="C04296V05073"/>
     <x:tableColumn id="8" name="Expenditure"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -2280,51 +1625,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/HBS01/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2513,51 +1858,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J298"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="36.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="27.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="75.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -12083,51 +11428,51 @@
       <x:c r="G298" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H298" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I298" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J298" s="0">
         <x:v>4.64</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12144,51 +11489,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J298" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="HBS01C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Average weekly household expenditure"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="1">
         <x:s v="2023"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="1">
         <x:s v="2023"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C04299V05078">
       <x:sharedItems count="3">
         <x:s v="10"/>
@@ -12688,27 +12033,3592 @@
         <x:n v="2.73"/>
         <x:n v="7.43"/>
         <x:n v="13.5"/>
         <x:n v="3.51"/>
         <x:n v="52.49"/>
         <x:n v="92.65"/>
         <x:n v="26.75"/>
         <x:n v="11.76"/>
         <x:n v="54.14"/>
         <x:n v="8.79"/>
         <x:n v="7.46"/>
         <x:n v="3.94"/>
         <x:n v="7.94"/>
         <x:n v="5.36"/>
         <x:n v="0.26"/>
         <x:n v="5.69"/>
         <x:n v="16.15"/>
         <x:n v="4.64"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="999"/>
+    <s v="Total average weekly household expenditure (00.00.00.00)"/>
+    <s v="Euro"/>
+    <n v="1030.26"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="1"/>
+    <s v="Total food (01)"/>
+    <s v="Euro"/>
+    <n v="159.32"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="101"/>
+    <s v="Total food consumed at home (01.01)"/>
+    <s v="Euro"/>
+    <n v="127.16"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="1011"/>
+    <s v="Bread (including retail sandwiches) (01.01.01)"/>
+    <s v="Euro"/>
+    <n v="6.15"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="1012"/>
+    <s v="Flour (01.01.02)"/>
+    <s v="Euro"/>
+    <n v="0.24"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="1013"/>
+    <s v="Pastries and biscuits (01.01.03)"/>
+    <s v="Euro"/>
+    <n v="8.39"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="1014"/>
+    <s v="Breakfast cereals (01.01.04)"/>
+    <s v="Euro"/>
+    <n v="1.61"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="1015"/>
+    <s v="Milk, cream yoghurts and cheese (01.01.05)"/>
+    <s v="Euro"/>
+    <n v="11.16"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="1016"/>
+    <s v="Butter, fats and cooking oil (01.01.06)"/>
+    <s v="Euro"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="1017"/>
+    <s v="Eggs (01.01.07)"/>
+    <s v="Euro"/>
+    <n v="1.94"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="1018"/>
+    <s v="Pasta, pizza, quiche and grains (01.01.08)"/>
+    <s v="Euro"/>
+    <n v="3.18"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="1019"/>
+    <s v="Total meat (01.01.09)"/>
+    <s v="Euro"/>
+    <n v="23.86"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="10191"/>
+    <s v="Uncooked meat (01.01.09.01)"/>
+    <s v="Euro"/>
+    <n v="15.83"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="10192"/>
+    <s v="Cooked meat and convenience meat products (01.01.09.02)"/>
+    <s v="Euro"/>
+    <n v="8.03"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="1020"/>
+    <s v="Fish and fish products (01.01.10)"/>
+    <s v="Euro"/>
+    <n v="3.59"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="1021"/>
+    <s v="Fruit and nuts (01.01.11)"/>
+    <s v="Euro"/>
+    <n v="9.19"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="10211"/>
+    <s v="Fresh fruit (01.01.11.01)"/>
+    <s v="Euro"/>
+    <n v="7.47"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="10212"/>
+    <s v="Other fruit and nuts (01.01.11.02)"/>
+    <s v="Euro"/>
+    <n v="1.71"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="1022"/>
+    <s v="Vegetables (01.01.12)"/>
+    <s v="Euro"/>
+    <n v="11.54"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="10221"/>
+    <s v="Fresh vegetables (01.01.12.01)"/>
+    <s v="Euro"/>
+    <n v="7.62"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="10222"/>
+    <s v="Other vegetables and vegetable products (01.01.12.02)"/>
+    <s v="Euro"/>
+    <n v="3.91"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="1023"/>
+    <s v="Sugars, confectionary and snacks (01.01.13)"/>
+    <s v="Euro"/>
+    <n v="13.01"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="1024"/>
+    <s v="Other food items (01.01.14)"/>
+    <s v="Euro"/>
+    <n v="8.04"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="1025"/>
+    <s v="Non-alcoholic beverages (01.01.15)"/>
+    <s v="Euro"/>
+    <n v="10.64"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="10251"/>
+    <s v="Tea, coffee and cocoa (01.01.15.01)"/>
+    <s v="Euro"/>
+    <n v="2.54"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="10252"/>
+    <s v="Water - still/sparkling/flavoured (01.01.15.02)"/>
+    <s v="Euro"/>
+    <n v="1.78"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="10253"/>
+    <s v="Soft drinks, including juices (01.01.15.03)"/>
+    <s v="Euro"/>
+    <n v="6.32"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="1026"/>
+    <s v="Takeaway food brought/delivered to home (01.01.16)"/>
+    <s v="Euro"/>
+    <n v="12.14"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="102"/>
+    <s v="Meals away from home (including takeout tea/coffee) (01.02)"/>
+    <s v="Euro"/>
+    <n v="32.16"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="2"/>
+    <s v="Total alcohol and tobacco (02)"/>
+    <s v="Euro"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="201"/>
+    <s v="Alcohol (02.01)"/>
+    <s v="Euro"/>
+    <n v="22.85"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="202"/>
+    <s v="Tobacco (02.02)"/>
+    <s v="Euro"/>
+    <n v="7.25"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="3"/>
+    <s v="Total clothing and footwear (03)"/>
+    <s v="Euro"/>
+    <n v="40.01"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="4"/>
+    <s v="Total fuel and light (04)"/>
+    <s v="Euro"/>
+    <n v="60.63"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="401"/>
+    <s v="Electricity (04.01)"/>
+    <s v="Euro"/>
+    <n v="32.68"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="402"/>
+    <s v="Gas (04.02)"/>
+    <s v="Euro"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="403"/>
+    <s v="Liquid Fuels (e.g. heating oil) (04.03)"/>
+    <s v="Euro"/>
+    <n v="5.55"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="404"/>
+    <s v="Solid Fuels (04.04)"/>
+    <s v="Euro"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="5"/>
+    <s v="Total housing (05)"/>
+    <s v="Euro"/>
+    <n v="208.44"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="501"/>
+    <s v="Rent paid for primary dwelling (05.01)"/>
+    <s v="Euro"/>
+    <n v="72.91"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="502"/>
+    <s v="Mortgage payment (primary dwelling) (05.02)"/>
+    <s v="Euro"/>
+    <n v="67.55"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="503"/>
+    <s v="Primary dwelling insurance (05.03)"/>
+    <s v="Euro"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="504"/>
+    <s v="Local property tax (05.04)"/>
+    <s v="Euro"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="505"/>
+    <s v="Refuse/sewage collection and skip hire (05.05)"/>
+    <s v="Euro"/>
+    <n v="4.77"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="506"/>
+    <s v="Services for maintenance and repair of the dwelling (e.g. electrician, painter) (05.06)"/>
+    <s v="Euro"/>
+    <n v="8.64"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="507"/>
+    <s v="Capital improvements (05.07)"/>
+    <s v="Euro"/>
+    <n v="33.72"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="508"/>
+    <s v="Other housing costs (05.08)"/>
+    <s v="Euro"/>
+    <n v="11.14"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="6"/>
+    <s v="Total household non-durable goods (06)"/>
+    <s v="Euro"/>
+    <n v="20.44"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="601"/>
+    <s v="Household cleaning products and non-durable small household articles (06.01)"/>
+    <s v="Euro"/>
+    <n v="6.67"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="602"/>
+    <s v="Toiletries and related produtcs (06.02)"/>
+    <s v="Euro"/>
+    <n v="6.38"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="603"/>
+    <s v="Hair and cosmetic products (06.03)"/>
+    <s v="Euro"/>
+    <n v="7.39"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="7"/>
+    <s v="Total household durable goods (07)"/>
+    <s v="Euro"/>
+    <n v="33.44"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="701"/>
+    <s v="Household furniture, including repairs (07.01)"/>
+    <s v="Euro"/>
+    <n v="9.48"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="702"/>
+    <s v="Household textiles (07.02)"/>
+    <s v="Euro"/>
+    <n v="2.43"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="703"/>
+    <s v="Major household appliances (e.g. fridges, washing machine, cookers) (07.03)"/>
+    <s v="Euro"/>
+    <n v="3.42"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="704"/>
+    <s v="Other household appliances (07.04)"/>
+    <s v="Euro"/>
+    <n v="1.48"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="705"/>
+    <s v="Delph, cutlery and kitchen utensils (07.05)"/>
+    <s v="Euro"/>
+    <n v="2.94"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="706"/>
+    <s v="Garden furniture and accessories (07.06)"/>
+    <s v="Euro"/>
+    <n v="1.17"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="707"/>
+    <s v="Computers (including laptops, tablets, game consoles) and accessories (07.07)"/>
+    <s v="Euro"/>
+    <n v="3.93"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="708"/>
+    <s v="Televisions and other media players (07.08)"/>
+    <s v="Euro"/>
+    <n v="1.24"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="709"/>
+    <s v="Fancy and decorative goods (e.g. mirrors) (07.09)"/>
+    <s v="Euro"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="710"/>
+    <s v="Other household durable items (07.10)"/>
+    <s v="Euro"/>
+    <n v="3.77"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="8"/>
+    <s v="Total transport (08)"/>
+    <s v="Euro"/>
+    <n v="132.46"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="801"/>
+    <s v="Vehicles (net of trade in) (08.01)"/>
+    <s v="Euro"/>
+    <n v="43.67"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="802"/>
+    <s v="Motor Fuel (08.02)"/>
+    <s v="Euro"/>
+    <n v="30.55"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="803"/>
+    <s v="Insurance, tax and fines (08.03)"/>
+    <s v="Euro"/>
+    <n v="25.17"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="804"/>
+    <s v="Vehicle maintenance and other costs (08.04)"/>
+    <s v="Euro"/>
+    <n v="11.09"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="805"/>
+    <s v="Bus, Luas, rail and taxi (08.05)"/>
+    <s v="Euro"/>
+    <n v="6.18"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="806"/>
+    <s v="Other transport expenditure (08.06)"/>
+    <s v="Euro"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="9"/>
+    <s v="Total miscellaneous goods, services and other expenditure (09)"/>
+    <s v="Euro"/>
+    <n v="345.43"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="901"/>
+    <s v="Medical expenses/services and therapeutic equipment (09.01)"/>
+    <s v="Euro"/>
+    <n v="26.88"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="902"/>
+    <s v="Telephone, mobile and car phone (09.02)"/>
+    <s v="Euro"/>
+    <n v="16.74"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="903"/>
+    <s v="Internet, telephone and television subscriptions (09.03)"/>
+    <s v="Euro"/>
+    <n v="23.66"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="9031"/>
+    <s v="Internet subscription fees (not bundled) (09.03.01)"/>
+    <s v="Euro"/>
+    <n v="3.99"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="9032"/>
+    <s v="TV licences (09.03.02)"/>
+    <s v="Euro"/>
+    <n v="2.02"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="9033"/>
+    <s v="Satellite and cable TV subscription (09.03.03)"/>
+    <s v="Euro"/>
+    <n v="2.41"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="9034"/>
+    <s v="Bundled subscription fees (09.03.04)"/>
+    <s v="Euro"/>
+    <n v="11.16"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="9035"/>
+    <s v="Downloads, streaming, apps and other internet services n.e.c (09.03.05)"/>
+    <s v="Euro"/>
+    <n v="4.09"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="904"/>
+    <s v="Admission and subscription charges - sports and leisure (09.04)"/>
+    <s v="Euro"/>
+    <n v="26.47"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="905"/>
+    <s v="Betting and lotteries (09.05)"/>
+    <s v="Euro"/>
+    <n v="2.56"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="906"/>
+    <s v="Reading materials (09.06)"/>
+    <s v="Euro"/>
+    <n v="6.96"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="907"/>
+    <s v="Education and training (09.07)"/>
+    <s v="Euro"/>
+    <n v="14.65"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="908"/>
+    <s v="Games and items for sports and open-air recreation (09.08)"/>
+    <s v="Euro"/>
+    <n v="3.48"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="909"/>
+    <s v="Holiday expenditure (09.09)"/>
+    <s v="Euro"/>
+    <n v="58.71"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="910"/>
+    <s v="Insurance/pension premiums (09.10)"/>
+    <s v="Euro"/>
+    <n v="95.57"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="9101"/>
+    <s v="Medical/dental insurance (09.10.01)"/>
+    <s v="Euro"/>
+    <n v="24.47"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="9102"/>
+    <s v="Other insurance premiums (09.10.02)"/>
+    <s v="Euro"/>
+    <n v="12.47"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="9103"/>
+    <s v="Pension contributions (09.10.03)"/>
+    <s v="Euro"/>
+    <n v="58.64"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="911"/>
+    <s v="Pet costs (09.11)"/>
+    <s v="Euro"/>
+    <n v="7.78"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="912"/>
+    <s v="Legal/Professional/Banking fees (09.12)"/>
+    <s v="Euro"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="913"/>
+    <s v="Plants, flowers, seeds, fertilisers and insecticides (09.13)"/>
+    <s v="Euro"/>
+    <n v="3.39"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="914"/>
+    <s v="Hairdressing and personal grooming (09.14)"/>
+    <s v="Euro"/>
+    <n v="8.06"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="915"/>
+    <s v="Personal goods (09.15)"/>
+    <s v="Euro"/>
+    <n v="5.88"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="916"/>
+    <s v="Baby equipment (09.16)"/>
+    <s v="Euro"/>
+    <n v="0.24"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="917"/>
+    <s v="Childcare (09.17)"/>
+    <s v="Euro"/>
+    <n v="7.16"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="918"/>
+    <s v="Other care, domestic and household services (09.18)"/>
+    <s v="Euro"/>
+    <n v="6.12"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="919"/>
+    <s v="Charitable donations and subscriptions (09.19)"/>
+    <s v="Euro"/>
+    <n v="2.75"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="920"/>
+    <s v="Other money given to other persons (09.20)"/>
+    <s v="Euro"/>
+    <n v="16.01"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Urban (Population over 1,500)"/>
+    <s v="921"/>
+    <s v="Other Miscellaneous (09.21)"/>
+    <s v="Euro"/>
+    <n v="4.25"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="999"/>
+    <s v="Total average weekly household expenditure (00.00.00.00)"/>
+    <s v="Euro"/>
+    <n v="967.52"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="1"/>
+    <s v="Total food (01)"/>
+    <s v="Euro"/>
+    <n v="163.75"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="101"/>
+    <s v="Total food consumed at home (01.01)"/>
+    <s v="Euro"/>
+    <n v="135.67"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="1011"/>
+    <s v="Bread (including retail sandwiches) (01.01.01)"/>
+    <s v="Euro"/>
+    <n v="7.52"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="1012"/>
+    <s v="Flour (01.01.02)"/>
+    <s v="Euro"/>
+    <n v="0.27"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="1013"/>
+    <s v="Pastries and biscuits (01.01.03)"/>
+    <s v="Euro"/>
+    <n v="9.93"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="1014"/>
+    <s v="Breakfast cereals (01.01.04)"/>
+    <s v="Euro"/>
+    <n v="2.36"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="1015"/>
+    <s v="Milk, cream yoghurts and cheese (01.01.05)"/>
+    <s v="Euro"/>
+    <n v="12.69"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="1016"/>
+    <s v="Butter, fats and cooking oil (01.01.06)"/>
+    <s v="Euro"/>
+    <n v="3.28"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="1017"/>
+    <s v="Eggs (01.01.07)"/>
+    <s v="Euro"/>
+    <n v="1.62"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="1018"/>
+    <s v="Pasta, pizza, quiche and grains (01.01.08)"/>
+    <s v="Euro"/>
+    <n v="2.83"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="1019"/>
+    <s v="Total meat (01.01.09)"/>
+    <s v="Euro"/>
+    <n v="29.19"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="10191"/>
+    <s v="Uncooked meat (01.01.09.01)"/>
+    <s v="Euro"/>
+    <n v="19.48"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="10192"/>
+    <s v="Cooked meat and convenience meat products (01.01.09.02)"/>
+    <s v="Euro"/>
+    <n v="9.71"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="1020"/>
+    <s v="Fish and fish products (01.01.10)"/>
+    <s v="Euro"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="1021"/>
+    <s v="Fruit and nuts (01.01.11)"/>
+    <s v="Euro"/>
+    <n v="8.52"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="10211"/>
+    <s v="Fresh fruit (01.01.11.01)"/>
+    <s v="Euro"/>
+    <n v="7.14"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="10212"/>
+    <s v="Other fruit and nuts (01.01.11.02)"/>
+    <s v="Euro"/>
+    <n v="1.38"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="1022"/>
+    <s v="Vegetables (01.01.12)"/>
+    <s v="Euro"/>
+    <n v="12.48"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="10221"/>
+    <s v="Fresh vegetables (01.01.12.01)"/>
+    <s v="Euro"/>
+    <n v="8.19"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="10222"/>
+    <s v="Other vegetables and vegetable products (01.01.12.02)"/>
+    <s v="Euro"/>
+    <n v="4.29"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="1023"/>
+    <s v="Sugars, confectionary and snacks (01.01.13)"/>
+    <s v="Euro"/>
+    <n v="13.59"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="1024"/>
+    <s v="Other food items (01.01.14)"/>
+    <s v="Euro"/>
+    <n v="8.67"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="1025"/>
+    <s v="Non-alcoholic beverages (01.01.15)"/>
+    <s v="Euro"/>
+    <n v="10.61"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="10251"/>
+    <s v="Tea, coffee and cocoa (01.01.15.01)"/>
+    <s v="Euro"/>
+    <n v="2.78"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="10252"/>
+    <s v="Water - still/sparkling/flavoured (01.01.15.02)"/>
+    <s v="Euro"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="10253"/>
+    <s v="Soft drinks, including juices (01.01.15.03)"/>
+    <s v="Euro"/>
+    <n v="6.13"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="1026"/>
+    <s v="Takeaway food brought/delivered to home (01.01.16)"/>
+    <s v="Euro"/>
+    <n v="9.02"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="102"/>
+    <s v="Meals away from home (including takeout tea/coffee) (01.02)"/>
+    <s v="Euro"/>
+    <n v="28.08"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="2"/>
+    <s v="Total alcohol and tobacco (02)"/>
+    <s v="Euro"/>
+    <n v="25.38"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="201"/>
+    <s v="Alcohol (02.01)"/>
+    <s v="Euro"/>
+    <n v="18.66"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="202"/>
+    <s v="Tobacco (02.02)"/>
+    <s v="Euro"/>
+    <n v="6.72"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="3"/>
+    <s v="Total clothing and footwear (03)"/>
+    <s v="Euro"/>
+    <n v="38.73"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="4"/>
+    <s v="Total fuel and light (04)"/>
+    <s v="Euro"/>
+    <n v="67.46"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="401"/>
+    <s v="Electricity (04.01)"/>
+    <s v="Euro"/>
+    <n v="35.54"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="402"/>
+    <s v="Gas (04.02)"/>
+    <s v="Euro"/>
+    <n v="0.69"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="403"/>
+    <s v="Liquid Fuels (e.g. heating oil) (04.03)"/>
+    <s v="Euro"/>
+    <n v="18.98"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="404"/>
+    <s v="Solid Fuels (04.04)"/>
+    <s v="Euro"/>
+    <n v="12.24"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="5"/>
+    <s v="Total housing (05)"/>
+    <s v="Euro"/>
+    <n v="142.71"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="501"/>
+    <s v="Rent paid for primary dwelling (05.01)"/>
+    <s v="Euro"/>
+    <n v="16.88"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="502"/>
+    <s v="Mortgage payment (primary dwelling) (05.02)"/>
+    <s v="Euro"/>
+    <n v="53.29"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="503"/>
+    <s v="Primary dwelling insurance (05.03)"/>
+    <s v="Euro"/>
+    <n v="7.31"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="504"/>
+    <s v="Local property tax (05.04)"/>
+    <s v="Euro"/>
+    <n v="4.88"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="505"/>
+    <s v="Refuse/sewage collection and skip hire (05.05)"/>
+    <s v="Euro"/>
+    <n v="5.07"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="506"/>
+    <s v="Services for maintenance and repair of the dwelling (e.g. electrician, painter) (05.06)"/>
+    <s v="Euro"/>
+    <n v="9.21"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="507"/>
+    <s v="Capital improvements (05.07)"/>
+    <s v="Euro"/>
+    <n v="30.32"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="508"/>
+    <s v="Other housing costs (05.08)"/>
+    <s v="Euro"/>
+    <n v="15.75"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="6"/>
+    <s v="Total household non-durable goods (06)"/>
+    <s v="Euro"/>
+    <n v="20.77"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="601"/>
+    <s v="Household cleaning products and non-durable small household articles (06.01)"/>
+    <s v="Euro"/>
+    <n v="7.19"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="602"/>
+    <s v="Toiletries and related produtcs (06.02)"/>
+    <s v="Euro"/>
+    <n v="6.36"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="603"/>
+    <s v="Hair and cosmetic products (06.03)"/>
+    <s v="Euro"/>
+    <n v="7.22"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="7"/>
+    <s v="Total household durable goods (07)"/>
+    <s v="Euro"/>
+    <n v="37.67"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="701"/>
+    <s v="Household furniture, including repairs (07.01)"/>
+    <s v="Euro"/>
+    <n v="9.99"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="702"/>
+    <s v="Household textiles (07.02)"/>
+    <s v="Euro"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="703"/>
+    <s v="Major household appliances (e.g. fridges, washing machine, cookers) (07.03)"/>
+    <s v="Euro"/>
+    <n v="3.82"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="704"/>
+    <s v="Other household appliances (07.04)"/>
+    <s v="Euro"/>
+    <n v="1.03"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="705"/>
+    <s v="Delph, cutlery and kitchen utensils (07.05)"/>
+    <s v="Euro"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="706"/>
+    <s v="Garden furniture and accessories (07.06)"/>
+    <s v="Euro"/>
+    <n v="3.49"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="707"/>
+    <s v="Computers (including laptops, tablets, game consoles) and accessories (07.07)"/>
+    <s v="Euro"/>
+    <n v="3.34"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="708"/>
+    <s v="Televisions and other media players (07.08)"/>
+    <s v="Euro"/>
+    <n v="0.92"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="709"/>
+    <s v="Fancy and decorative goods (e.g. mirrors) (07.09)"/>
+    <s v="Euro"/>
+    <n v="3.54"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="710"/>
+    <s v="Other household durable items (07.10)"/>
+    <s v="Euro"/>
+    <n v="6.05"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="8"/>
+    <s v="Total transport (08)"/>
+    <s v="Euro"/>
+    <n v="159.78"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="801"/>
+    <s v="Vehicles (net of trade in) (08.01)"/>
+    <s v="Euro"/>
+    <n v="42.05"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="802"/>
+    <s v="Motor Fuel (08.02)"/>
+    <s v="Euro"/>
+    <n v="56.29"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="803"/>
+    <s v="Insurance, tax and fines (08.03)"/>
+    <s v="Euro"/>
+    <n v="35.63"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="804"/>
+    <s v="Vehicle maintenance and other costs (08.04)"/>
+    <s v="Euro"/>
+    <n v="13.87"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="805"/>
+    <s v="Bus, Luas, rail and taxi (08.05)"/>
+    <s v="Euro"/>
+    <n v="2.29"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="806"/>
+    <s v="Other transport expenditure (08.06)"/>
+    <s v="Euro"/>
+    <n v="9.65"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="9"/>
+    <s v="Total miscellaneous goods, services and other expenditure (09)"/>
+    <s v="Euro"/>
+    <n v="311.27"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="901"/>
+    <s v="Medical expenses/services and therapeutic equipment (09.01)"/>
+    <s v="Euro"/>
+    <n v="28.55"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="902"/>
+    <s v="Telephone, mobile and car phone (09.02)"/>
+    <s v="Euro"/>
+    <n v="17.09"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="903"/>
+    <s v="Internet, telephone and television subscriptions (09.03)"/>
+    <s v="Euro"/>
+    <n v="22.65"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="9031"/>
+    <s v="Internet subscription fees (not bundled) (09.03.01)"/>
+    <s v="Euro"/>
+    <n v="3.66"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="9032"/>
+    <s v="TV licences (09.03.02)"/>
+    <s v="Euro"/>
+    <n v="1.93"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="9033"/>
+    <s v="Satellite and cable TV subscription (09.03.03)"/>
+    <s v="Euro"/>
+    <n v="3.65"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="9034"/>
+    <s v="Bundled subscription fees (09.03.04)"/>
+    <s v="Euro"/>
+    <n v="10.01"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="9035"/>
+    <s v="Downloads, streaming, apps and other internet services n.e.c (09.03.05)"/>
+    <s v="Euro"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="904"/>
+    <s v="Admission and subscription charges - sports and leisure (09.04)"/>
+    <s v="Euro"/>
+    <n v="19.52"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="905"/>
+    <s v="Betting and lotteries (09.05)"/>
+    <s v="Euro"/>
+    <n v="3.02"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="906"/>
+    <s v="Reading materials (09.06)"/>
+    <s v="Euro"/>
+    <n v="8.24"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="907"/>
+    <s v="Education and training (09.07)"/>
+    <s v="Euro"/>
+    <n v="11.48"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="908"/>
+    <s v="Games and items for sports and open-air recreation (09.08)"/>
+    <s v="Euro"/>
+    <n v="3.57"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="909"/>
+    <s v="Holiday expenditure (09.09)"/>
+    <s v="Euro"/>
+    <n v="41.6"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="910"/>
+    <s v="Insurance/pension premiums (09.10)"/>
+    <s v="Euro"/>
+    <n v="87.52"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="9101"/>
+    <s v="Medical/dental insurance (09.10.01)"/>
+    <s v="Euro"/>
+    <n v="30.75"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="9102"/>
+    <s v="Other insurance premiums (09.10.02)"/>
+    <s v="Euro"/>
+    <n v="10.51"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="9103"/>
+    <s v="Pension contributions (09.10.03)"/>
+    <s v="Euro"/>
+    <n v="46.25"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="911"/>
+    <s v="Pet costs (09.11)"/>
+    <s v="Euro"/>
+    <n v="10.55"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="912"/>
+    <s v="Legal/Professional/Banking fees (09.12)"/>
+    <s v="Euro"/>
+    <n v="6.34"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="913"/>
+    <s v="Plants, flowers, seeds, fertilisers and insecticides (09.13)"/>
+    <s v="Euro"/>
+    <n v="4.91"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="914"/>
+    <s v="Hairdressing and personal grooming (09.14)"/>
+    <s v="Euro"/>
+    <n v="7.72"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="915"/>
+    <s v="Personal goods (09.15)"/>
+    <s v="Euro"/>
+    <n v="4.44"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="916"/>
+    <s v="Baby equipment (09.16)"/>
+    <s v="Euro"/>
+    <n v="0.31"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="917"/>
+    <s v="Childcare (09.17)"/>
+    <s v="Euro"/>
+    <n v="5.01"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="918"/>
+    <s v="Other care, domestic and household services (09.18)"/>
+    <s v="Euro"/>
+    <n v="4.94"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="919"/>
+    <s v="Charitable donations and subscriptions (09.19)"/>
+    <s v="Euro"/>
+    <n v="2.07"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="920"/>
+    <s v="Other money given to other persons (09.20)"/>
+    <s v="Euro"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Rural (Population up to 1,499)"/>
+    <s v="921"/>
+    <s v="Other Miscellaneous (09.21)"/>
+    <s v="Euro"/>
+    <n v="5.34"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="999"/>
+    <s v="Total average weekly household expenditure (00.00.00.00)"/>
+    <s v="Euro"/>
+    <n v="1007.47"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="1"/>
+    <s v="Total food (01)"/>
+    <s v="Euro"/>
+    <n v="160.93"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="101"/>
+    <s v="Total food consumed at home (01.01)"/>
+    <s v="Euro"/>
+    <n v="130.25"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="1011"/>
+    <s v="Bread (including retail sandwiches) (01.01.01)"/>
+    <s v="Euro"/>
+    <n v="6.65"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="1012"/>
+    <s v="Flour (01.01.02)"/>
+    <s v="Euro"/>
+    <n v="0.25"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="1013"/>
+    <s v="Pastries and biscuits (01.01.03)"/>
+    <s v="Euro"/>
+    <n v="8.95"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="1014"/>
+    <s v="Breakfast cereals (01.01.04)"/>
+    <s v="Euro"/>
+    <n v="1.88"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="1015"/>
+    <s v="Milk, cream yoghurts and cheese (01.01.05)"/>
+    <s v="Euro"/>
+    <n v="11.72"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="1016"/>
+    <s v="Butter, fats and cooking oil (01.01.06)"/>
+    <s v="Euro"/>
+    <n v="2.78"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="1017"/>
+    <s v="Eggs (01.01.07)"/>
+    <s v="Euro"/>
+    <n v="1.83"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="1018"/>
+    <s v="Pasta, pizza, quiche and grains (01.01.08)"/>
+    <s v="Euro"/>
+    <n v="3.05"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="1019"/>
+    <s v="Total meat (01.01.09)"/>
+    <s v="Euro"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="10191"/>
+    <s v="Uncooked meat (01.01.09.01)"/>
+    <s v="Euro"/>
+    <n v="17.15"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="10192"/>
+    <s v="Cooked meat and convenience meat products (01.01.09.02)"/>
+    <s v="Euro"/>
+    <n v="8.64"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="1020"/>
+    <s v="Fish and fish products (01.01.10)"/>
+    <s v="Euro"/>
+    <n v="3.41"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="1021"/>
+    <s v="Fruit and nuts (01.01.11)"/>
+    <s v="Euro"/>
+    <n v="8.94"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="10211"/>
+    <s v="Fresh fruit (01.01.11.01)"/>
+    <s v="Euro"/>
+    <n v="7.35"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="10212"/>
+    <s v="Other fruit and nuts (01.01.11.02)"/>
+    <s v="Euro"/>
+    <n v="1.59"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="1022"/>
+    <s v="Vegetables (01.01.12)"/>
+    <s v="Euro"/>
+    <n v="11.88"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="10221"/>
+    <s v="Fresh vegetables (01.01.12.01)"/>
+    <s v="Euro"/>
+    <n v="7.83"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="10222"/>
+    <s v="Other vegetables and vegetable products (01.01.12.02)"/>
+    <s v="Euro"/>
+    <n v="4.05"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="1023"/>
+    <s v="Sugars, confectionary and snacks (01.01.13)"/>
+    <s v="Euro"/>
+    <n v="13.22"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="1024"/>
+    <s v="Other food items (01.01.14)"/>
+    <s v="Euro"/>
+    <n v="8.27"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="1025"/>
+    <s v="Non-alcoholic beverages (01.01.15)"/>
+    <s v="Euro"/>
+    <n v="10.63"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="10251"/>
+    <s v="Tea, coffee and cocoa (01.01.15.01)"/>
+    <s v="Euro"/>
+    <n v="2.63"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="10252"/>
+    <s v="Water - still/sparkling/flavoured (01.01.15.02)"/>
+    <s v="Euro"/>
+    <n v="1.75"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="10253"/>
+    <s v="Soft drinks, including juices (01.01.15.03)"/>
+    <s v="Euro"/>
+    <n v="6.25"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="1026"/>
+    <s v="Takeaway food brought/delivered to home (01.01.16)"/>
+    <s v="Euro"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="102"/>
+    <s v="Meals away from home (including takeout tea/coffee) (01.02)"/>
+    <s v="Euro"/>
+    <n v="30.68"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="2"/>
+    <s v="Total alcohol and tobacco (02)"/>
+    <s v="Euro"/>
+    <n v="28.38"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="201"/>
+    <s v="Alcohol (02.01)"/>
+    <s v="Euro"/>
+    <n v="21.33"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="202"/>
+    <s v="Tobacco (02.02)"/>
+    <s v="Euro"/>
+    <n v="7.05"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="3"/>
+    <s v="Total clothing and footwear (03)"/>
+    <s v="Euro"/>
+    <n v="39.54"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="4"/>
+    <s v="Total fuel and light (04)"/>
+    <s v="Euro"/>
+    <n v="63.11"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="401"/>
+    <s v="Electricity (04.01)"/>
+    <s v="Euro"/>
+    <n v="33.72"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="402"/>
+    <s v="Gas (04.02)"/>
+    <s v="Euro"/>
+    <n v="11.97"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="403"/>
+    <s v="Liquid Fuels (e.g. heating oil) (04.03)"/>
+    <s v="Euro"/>
+    <n v="10.43"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="404"/>
+    <s v="Solid Fuels (04.04)"/>
+    <s v="Euro"/>
+    <n v="6.99"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="5"/>
+    <s v="Total housing (05)"/>
+    <s v="Euro"/>
+    <n v="184.56"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="501"/>
+    <s v="Rent paid for primary dwelling (05.01)"/>
+    <s v="Euro"/>
+    <n v="52.55"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="502"/>
+    <s v="Mortgage payment (primary dwelling) (05.02)"/>
+    <s v="Euro"/>
+    <n v="62.37"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="503"/>
+    <s v="Primary dwelling insurance (05.03)"/>
+    <s v="Euro"/>
+    <n v="6.03"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="504"/>
+    <s v="Local property tax (05.04)"/>
+    <s v="Euro"/>
+    <n v="4.58"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="505"/>
+    <s v="Refuse/sewage collection and skip hire (05.05)"/>
+    <s v="Euro"/>
+    <n v="4.88"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="506"/>
+    <s v="Services for maintenance and repair of the dwelling (e.g. electrician, painter) (05.06)"/>
+    <s v="Euro"/>
+    <n v="8.85"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="507"/>
+    <s v="Capital improvements (05.07)"/>
+    <s v="Euro"/>
+    <n v="32.48"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="508"/>
+    <s v="Other housing costs (05.08)"/>
+    <s v="Euro"/>
+    <n v="12.82"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="6"/>
+    <s v="Total household non-durable goods (06)"/>
+    <s v="Euro"/>
+    <n v="20.56"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="601"/>
+    <s v="Household cleaning products and non-durable small household articles (06.01)"/>
+    <s v="Euro"/>
+    <n v="6.86"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="602"/>
+    <s v="Toiletries and related produtcs (06.02)"/>
+    <s v="Euro"/>
+    <n v="6.37"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="603"/>
+    <s v="Hair and cosmetic products (06.03)"/>
+    <s v="Euro"/>
+    <n v="7.33"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="7"/>
+    <s v="Total household durable goods (07)"/>
+    <s v="Euro"/>
+    <n v="34.98"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="701"/>
+    <s v="Household furniture, including repairs (07.01)"/>
+    <s v="Euro"/>
+    <n v="9.66"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="702"/>
+    <s v="Household textiles (07.02)"/>
+    <s v="Euro"/>
+    <n v="2.27"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="703"/>
+    <s v="Major household appliances (e.g. fridges, washing machine, cookers) (07.03)"/>
+    <s v="Euro"/>
+    <n v="3.56"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="704"/>
+    <s v="Other household appliances (07.04)"/>
+    <s v="Euro"/>
+    <n v="1.31"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="705"/>
+    <s v="Delph, cutlery and kitchen utensils (07.05)"/>
+    <s v="Euro"/>
+    <n v="3.14"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="706"/>
+    <s v="Garden furniture and accessories (07.06)"/>
+    <s v="Euro"/>
+    <n v="2.02"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="707"/>
+    <s v="Computers (including laptops, tablets, game consoles) and accessories (07.07)"/>
+    <s v="Euro"/>
+    <n v="3.71"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="708"/>
+    <s v="Televisions and other media players (07.08)"/>
+    <s v="Euro"/>
+    <n v="1.13"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="709"/>
+    <s v="Fancy and decorative goods (e.g. mirrors) (07.09)"/>
+    <s v="Euro"/>
+    <n v="3.58"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="710"/>
+    <s v="Other household durable items (07.10)"/>
+    <s v="Euro"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="8"/>
+    <s v="Total transport (08)"/>
+    <s v="Euro"/>
+    <n v="142.39"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="801"/>
+    <s v="Vehicles (net of trade in) (08.01)"/>
+    <s v="Euro"/>
+    <n v="43.08"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="802"/>
+    <s v="Motor Fuel (08.02)"/>
+    <s v="Euro"/>
+    <n v="39.9"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="803"/>
+    <s v="Insurance, tax and fines (08.03)"/>
+    <s v="Euro"/>
+    <n v="28.97"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="804"/>
+    <s v="Vehicle maintenance and other costs (08.04)"/>
+    <s v="Euro"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="805"/>
+    <s v="Bus, Luas, rail and taxi (08.05)"/>
+    <s v="Euro"/>
+    <n v="4.77"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="806"/>
+    <s v="Other transport expenditure (08.06)"/>
+    <s v="Euro"/>
+    <n v="13.57"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="9"/>
+    <s v="Total miscellaneous goods, services and other expenditure (09)"/>
+    <s v="Euro"/>
+    <n v="333.02"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="901"/>
+    <s v="Medical expenses/services and therapeutic equipment (09.01)"/>
+    <s v="Euro"/>
+    <n v="27.48"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="902"/>
+    <s v="Telephone, mobile and car phone (09.02)"/>
+    <s v="Euro"/>
+    <n v="16.87"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="903"/>
+    <s v="Internet, telephone and television subscriptions (09.03)"/>
+    <s v="Euro"/>
+    <n v="23.29"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="9031"/>
+    <s v="Internet subscription fees (not bundled) (09.03.01)"/>
+    <s v="Euro"/>
+    <n v="3.87"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="9032"/>
+    <s v="TV licences (09.03.02)"/>
+    <s v="Euro"/>
+    <n v="1.99"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="9033"/>
+    <s v="Satellite and cable TV subscription (09.03.03)"/>
+    <s v="Euro"/>
+    <n v="2.86"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="9034"/>
+    <s v="Bundled subscription fees (09.03.04)"/>
+    <s v="Euro"/>
+    <n v="10.74"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="9035"/>
+    <s v="Downloads, streaming, apps and other internet services n.e.c (09.03.05)"/>
+    <s v="Euro"/>
+    <n v="3.84"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="904"/>
+    <s v="Admission and subscription charges - sports and leisure (09.04)"/>
+    <s v="Euro"/>
+    <n v="23.95"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="905"/>
+    <s v="Betting and lotteries (09.05)"/>
+    <s v="Euro"/>
+    <n v="2.73"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="906"/>
+    <s v="Reading materials (09.06)"/>
+    <s v="Euro"/>
+    <n v="7.43"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="907"/>
+    <s v="Education and training (09.07)"/>
+    <s v="Euro"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="908"/>
+    <s v="Games and items for sports and open-air recreation (09.08)"/>
+    <s v="Euro"/>
+    <n v="3.51"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="909"/>
+    <s v="Holiday expenditure (09.09)"/>
+    <s v="Euro"/>
+    <n v="52.49"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="910"/>
+    <s v="Insurance/pension premiums (09.10)"/>
+    <s v="Euro"/>
+    <n v="92.65"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="9101"/>
+    <s v="Medical/dental insurance (09.10.01)"/>
+    <s v="Euro"/>
+    <n v="26.75"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="9102"/>
+    <s v="Other insurance premiums (09.10.02)"/>
+    <s v="Euro"/>
+    <n v="11.76"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="9103"/>
+    <s v="Pension contributions (09.10.03)"/>
+    <s v="Euro"/>
+    <n v="54.14"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="911"/>
+    <s v="Pet costs (09.11)"/>
+    <s v="Euro"/>
+    <n v="8.79"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="912"/>
+    <s v="Legal/Professional/Banking fees (09.12)"/>
+    <s v="Euro"/>
+    <n v="7.46"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="913"/>
+    <s v="Plants, flowers, seeds, fertilisers and insecticides (09.13)"/>
+    <s v="Euro"/>
+    <n v="3.94"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="914"/>
+    <s v="Hairdressing and personal grooming (09.14)"/>
+    <s v="Euro"/>
+    <n v="7.94"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="915"/>
+    <s v="Personal goods (09.15)"/>
+    <s v="Euro"/>
+    <n v="5.36"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="916"/>
+    <s v="Baby equipment (09.16)"/>
+    <s v="Euro"/>
+    <n v="0.26"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="917"/>
+    <s v="Childcare (09.17)"/>
+    <s v="Euro"/>
+    <n v="6.38"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="918"/>
+    <s v="Other care, domestic and household services (09.18)"/>
+    <s v="Euro"/>
+    <n v="5.69"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="919"/>
+    <s v="Charitable donations and subscriptions (09.19)"/>
+    <s v="Euro"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="920"/>
+    <s v="Other money given to other persons (09.20)"/>
+    <s v="Euro"/>
+    <n v="16.15"/>
+  </r>
+  <r>
+    <s v="HBS01C01"/>
+    <s v="Average weekly household expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="99"/>
+    <s v="All Areas"/>
+    <s v="921"/>
+    <s v="Other Miscellaneous (09.21)"/>
+    <s v="Euro"/>
+    <n v="4.64"/>
+  </r>
+</pivotCacheRecords>
 </file>