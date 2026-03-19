--- v0 (2025-11-05)
+++ v1 (2026-03-19)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14769515bc624edc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/86e701b7ab494bdb8e88cbbe65a94b43.psmdcp" Id="R1d6915a63223434c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffb378f6b6354906" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/52bb0f4b2ac74781a18fb8c70de5c8b5.psmdcp" Id="Raa6a75919d0c46a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>HAP11</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Percentage of RTB Properties which are in HAP</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/25/2020 11:00:00 AM</x:t>
+    <x:t>25/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/HAP11/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>HHWL</x:t>
   </x:si>
   <x:si>
     <x:t>Social Housing in Ireland - Analysis of Housing Assistance Payment (HAP) Scheme</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Justin Anderson</x:t>
   </x:si>
@@ -1342,1467 +1342,434 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...1415 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03689V04436" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="166">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+      </items>
+    </pivotField>
+    <pivotField name="Local Electoral Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="166">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H167" totalsRowShown="0">
   <x:autoFilter ref="A1:H167"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C03689V04436"/>
     <x:tableColumn id="4" name="Local Electoral Area"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="Year"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -3071,51 +2038,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/HAP11/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -3302,51 +2269,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H167"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="42.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="44.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="6.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -7676,51 +6643,51 @@
       <x:c r="E167" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H167" s="0">
         <x:v>6.16</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -7737,51 +6704,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H167" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="HAP11"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Percentage of RTB Properties which are in HAP"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03689V04436">
       <x:sharedItems count="166">
         <x:s v="1310400"/>
         <x:s v="1310401"/>
         <x:s v="1310402"/>
         <x:s v="1320402"/>
         <x:s v="1320400"/>
         <x:s v="1320401"/>
         <x:s v="1330400"/>
         <x:s v="1330401"/>
         <x:s v="1330402"/>
         <x:s v="1330403"/>
         <x:s v="1330404"/>
@@ -8274,27 +7241,1688 @@
         <x:n v="29.73"/>
         <x:n v="8.16"/>
         <x:n v="24.33"/>
         <x:n v="31.43"/>
         <x:n v="32.28"/>
         <x:n v="24.63"/>
         <x:n v="21.06"/>
         <x:n v="32.05"/>
         <x:n v="23"/>
         <x:n v="9.14"/>
         <x:n v="18.56"/>
         <x:n v="5.9"/>
         <x:n v="1.6"/>
         <x:n v="1.54"/>
         <x:n v="6.29"/>
         <x:n v="7.16"/>
         <x:n v="18.79"/>
         <x:n v="6.16"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1310400"/>
+    <s v="Carlow, Carlow"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="23.22"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1310401"/>
+    <s v="Tullow, Carlow"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="18.41"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1310402"/>
+    <s v="Muinebeag, Carlow"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="16.45"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1320402"/>
+    <s v="Ballyjamesduff, Cavan"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="12.06"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1320400"/>
+    <s v="Cavan-Belturbet, Cavan"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="14.95"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1320401"/>
+    <s v="Bailieborough-Cootehill, Cavan"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="10.22"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1330400"/>
+    <s v="Ennistimon, Clare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="33.04"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1330401"/>
+    <s v="Killaloe, Clare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="27.72"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1330402"/>
+    <s v="Shannon, Clare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="17.83"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1330403"/>
+    <s v="Ennis, Clare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="28.71"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1330404"/>
+    <s v="Kilrush, Clare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="42.65"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1340400"/>
+    <s v="Kanturk, Cork County"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="26.49"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1340401"/>
+    <s v="Fermoy, Cork County"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="20.83"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1340402"/>
+    <s v="Midleton, Cork County"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1340403"/>
+    <s v="Carrigaline, Cork County"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="16.52"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1340404"/>
+    <s v="Cobh, Cork County"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="21.72"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1340405"/>
+    <s v="Bandon-Kinsale, Cork County"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="19.83"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1340406"/>
+    <s v="Bantry-West Cork, Cork County"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="36.17"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1340407"/>
+    <s v="Skibbereen-West Cork, Cork County"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="30.77"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1340408"/>
+    <s v="Macroom, Cork County"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="19.59"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1340409"/>
+    <s v="Mallow, Cork County"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1340410"/>
+    <s v="Cork City North West, Cork City"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1340411"/>
+    <s v="Cork City North East, Cork City"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="21.59"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1340412"/>
+    <s v="Cork City South East, Cork City"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="11.13"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1340413"/>
+    <s v="Cork City South Central, Cork City"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="11.56"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1340414"/>
+    <s v="Cork City South West, Cork City"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="12.49"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1350400"/>
+    <s v="Glenties, Donegal"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="24.43"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1350401"/>
+    <s v="Milford, Donegal"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="23.21"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1350402"/>
+    <s v="Carndonagh, Donegal"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="35.16"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1350403"/>
+    <s v="Buncrana, Donegal"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="39.93"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1350404"/>
+    <s v="Donegal, Donegal"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="30.53"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1350405"/>
+    <s v="Letterkenny, Donegal"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="26.61"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1350406"/>
+    <s v="Lifford-Stranorlar, Donegal"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="28.04"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1360400"/>
+    <s v="Conamara North, Galway County"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="19.74"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1360401"/>
+    <s v="Tuam, Galway County"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="24.31"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1360402"/>
+    <s v="Ballinasloe, Galway County"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1360403"/>
+    <s v="Loughrea, Galway County"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="27.72"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1360404"/>
+    <s v="Athenry-Oranmore, Galway County"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="18.14"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1360405"/>
+    <s v="Gort-Kinvara, Galway County"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="19.03"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1360406"/>
+    <s v="Conamara South, Galway County"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1360420"/>
+    <s v="Galway City West, Galway City"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="13.01"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1360421"/>
+    <s v="Galway City Central, Galway City"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="7.59"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1360422"/>
+    <s v="Galway City East, Galway City"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="18.96"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1370400"/>
+    <s v="Listowel, Kerry"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="19.05"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1370401"/>
+    <s v="Castleisland, Kerry"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="18.83"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1370402"/>
+    <s v="Killarney, Kerry"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="11.07"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1370403"/>
+    <s v="Kenmare, Kerry"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="9.34"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1370404"/>
+    <s v="Corca Dhuibhne, Kerry"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="14.69"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1370405"/>
+    <s v="Tralee, Kerry"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="19.35"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1380400"/>
+    <s v="Maynooth, Kildare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="10.62"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1380401"/>
+    <s v="Celbridge, Kildare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="16.56"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1380402"/>
+    <s v="Naas, Kildare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="16.24"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1380403"/>
+    <s v="Athy, Kildare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="33.07"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1380404"/>
+    <s v="Kildare, Kildare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="30.4"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1380405"/>
+    <s v="Clane, Kildare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="21.71"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1380406"/>
+    <s v="Leixlip, Kildare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="11.35"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1380407"/>
+    <s v="Newbridge, Kildare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="21.85"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1390400"/>
+    <s v="Castlecomer, Kilkenny"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="28.08"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1390401"/>
+    <s v="Kilkenny, Kilkenny"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="18.39"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1390402"/>
+    <s v="Piltown, Kilkenny"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="24.44"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="1390403"/>
+    <s v="Callan-Thomastown, Kilkenny"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="25.47"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13100400"/>
+    <s v="Borris-In-Ossory-Mountmellick, Laois"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="23.82"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13100401"/>
+    <s v="Portlaoise, Laois"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="20.43"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13100402"/>
+    <s v="Graiguecullen -Portarlington, Laois"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="15.35"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13110400"/>
+    <s v="Manorhamilton, Leitrim"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13110401"/>
+    <s v="Ballinamore, Leitrim"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="23.83"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13110402"/>
+    <s v="Carrick-On-Shannon, Leitrim"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13120400"/>
+    <s v="Newcastle West, Limerick"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="21.44"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13120401"/>
+    <s v="Adare-Rathkeale, Limerick"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="19.59"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13120402"/>
+    <s v="Cappamore-Kilmallock, Limerick"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13120420"/>
+    <s v="Limerick City West, Limerick"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="18.88"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13120421"/>
+    <s v="Limerick City North, Limerick"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="20.86"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13120422"/>
+    <s v="Limerick City East, Limerick"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="12.84"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13130400"/>
+    <s v="Granard, Longford"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="11.84"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13130401"/>
+    <s v="Ballymahon, Longford"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="13.53"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13130402"/>
+    <s v="Longford, Longford"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="12.47"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13140400"/>
+    <s v="Dundalk-Carlingford, Louth"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="43.44"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13140401"/>
+    <s v="Dundalk South, Louth"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="49.54"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13140402"/>
+    <s v="Ardee, Louth"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="39.09"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13140403"/>
+    <s v="Drogheda Rural, Louth"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13140404"/>
+    <s v="Drogheda Urban, Louth"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="40.14"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13150400"/>
+    <s v="Ballina, Mayo"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="23.62"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13150401"/>
+    <s v="Claremorris, Mayo"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13150402"/>
+    <s v="Castlebar, Mayo"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="25.86"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13150403"/>
+    <s v="Belmullet, Mayo"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="33.02"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13150404"/>
+    <s v="Westport, Mayo"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="11.54"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13150405"/>
+    <s v="Swinford, Mayo"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="21.03"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13160400"/>
+    <s v="Kells, Meath"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="35.16"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13160401"/>
+    <s v="Laytown-Bettystown, Meath"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="29.13"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13160402"/>
+    <s v="Ashbourne, Meath"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="17.82"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13160403"/>
+    <s v="Ratoath, Meath"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="16.24"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13160404"/>
+    <s v="Trim, Meath"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="26.05"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13160405"/>
+    <s v="Navan, Meath"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13170400"/>
+    <s v="Monaghan, Monaghan"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="27.91"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13170401"/>
+    <s v="Carrickmacross-Castleblayney, Monaghan"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="22.35"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13170402"/>
+    <s v="Ballybay-Clones, Monaghan"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="32.73"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13180400"/>
+    <s v="Birr, Offaly"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="31.97"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13180401"/>
+    <s v="Tullamore, Offaly"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="25.96"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13180402"/>
+    <s v="Edenderry, Offaly"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="22.56"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13190400"/>
+    <s v="Boyle, Roscommon"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="16.07"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13190401"/>
+    <s v="Roscommon, Roscommon"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="17.17"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13190402"/>
+    <s v="Athlone, Roscommon"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="13.57"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13200400"/>
+    <s v="Ballymote-Tobercurry, Sligo"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="25.58"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13200401"/>
+    <s v="Sligo-Drumcliff, Sligo"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="20.19"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13200402"/>
+    <s v="Sligo-Strandhill, Sligo"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="13.33"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13210400"/>
+    <s v="Nenagh, Tipperary"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13210401"/>
+    <s v="Roscrea-Templemore, Tipperary"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="25.21"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13210402"/>
+    <s v="Carrick-On-Suir, Tipperary"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="29.76"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13210403"/>
+    <s v="Clonmel, Tipperary"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="21.59"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13210404"/>
+    <s v="Cashel-Tipperary, Tipperary"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13210405"/>
+    <s v="Newport, Tipperary"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="17.22"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13210406"/>
+    <s v="Thurles, Tipperary"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="33.38"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13210407"/>
+    <s v="Cahir, Tipperary"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="15.64"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13220400"/>
+    <s v="Dungarvan, Waterford"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="18.35"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13220401"/>
+    <s v="Portlaw-Kilmacthomas, Waterford"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="30.87"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13220402"/>
+    <s v="Lismore, Waterford"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="31.23"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13220420"/>
+    <s v="Tramore-Waterford City West, Waterford"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="32.63"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13220421"/>
+    <s v="Waterford City South, Waterford"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="19.64"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13220422"/>
+    <s v="Waterford City East, Waterford"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="18.92"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13230400"/>
+    <s v="Athlone, Westmeath"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13230401"/>
+    <s v="Moate, Westmeath"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="17.77"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13230402"/>
+    <s v="Kinnegad, Westmeath"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="21.63"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13230403"/>
+    <s v="Mullingar, Westmeath"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="13.69"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13240400"/>
+    <s v="Gorey, Wexford"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13240401"/>
+    <s v="Kilmuckridge, Wexford"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="15.06"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13240402"/>
+    <s v="New Ross, Wexford"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13240403"/>
+    <s v="Rosslare, Wexford"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="17.98"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13240404"/>
+    <s v="Wexford, Wexford"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="15.09"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13240405"/>
+    <s v="Enniscorthy, Wexford"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="16.48"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13250400"/>
+    <s v="Baltinglass, Wicklow"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="24.57"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13250401"/>
+    <s v="Bray West, Wicklow"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="8.48"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13250402"/>
+    <s v="Greystones, Wicklow"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="10.68"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13250403"/>
+    <s v="Wicklow, Wicklow"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="23.71"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13250404"/>
+    <s v="Arklow, Wicklow"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="39.18"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13250405"/>
+    <s v="Bray East, Wicklow"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="11.73"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260400"/>
+    <s v="Rush-Lusk, Fingal"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="15.45"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260401"/>
+    <s v="Swords, Fingal"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260402"/>
+    <s v="Blanchardstown-Mulhuddart, Fingal"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="20.34"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260403"/>
+    <s v="Castleknock, Fingal"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="14.64"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260404"/>
+    <s v="Howth-Malahide, Fingal"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="9.46"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260405"/>
+    <s v="Stillorgan, Dún Laoghaire-Rathdown"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2.19"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260406"/>
+    <s v="Dundrum, Dún Laoghaire-Rathdown"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3.36"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260407"/>
+    <s v="Glencullen-Sandyford, Dún Laoghaire-Rathdown"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.51"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260408"/>
+    <s v="Killiney-Shankill, Dún Laoghaire-Rathdown"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="8.76"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260409"/>
+    <s v="Dún Laoghaire, Dún Laoghaire-Rathdown"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.62"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260410"/>
+    <s v="Blackrock, Dún Laoghaire-Rathdown"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2.41"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260411"/>
+    <s v="Lucan, South Dublin"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="22.67"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260412"/>
+    <s v="Tallaght Central, South Dublin"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="29.73"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260413"/>
+    <s v="Rathfarnham-Templeogue, South Dublin"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="8.16"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260414"/>
+    <s v="Firhouse-Bohernabreena, South Dublin"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="24.33"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260415"/>
+    <s v="Tallaght South, South Dublin"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="31.43"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260416"/>
+    <s v="Clondalkin, South Dublin"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="32.28"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260417"/>
+    <s v="Balbriggan, Fingal"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="24.63"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260418"/>
+    <s v="Ongar, Fingal"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="21.06"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260419"/>
+    <s v="Palmerstown-Fonthill, South Dublin"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="32.05"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260420"/>
+    <s v="Ballymun-Finglas, Dublin City"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260421"/>
+    <s v="Cabra-Glasnevin, Dublin City"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="9.14"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260422"/>
+    <s v="Ballyfermot-Drimnagh, Dublin City"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="18.56"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260423"/>
+    <s v="Kimmage-Rathmines, Dublin City"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260424"/>
+    <s v="Pembroke, Dublin City"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260425"/>
+    <s v="South East Inner City, Dublin City"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="1.54"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260426"/>
+    <s v="North Inner City, Dublin City"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.29"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260427"/>
+    <s v="Clontarf, Dublin City"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="7.16"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260428"/>
+    <s v="Donaghmede, Dublin City"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="15.09"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260429"/>
+    <s v="Artane-Whitehall, Dublin City"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="18.79"/>
+  </r>
+  <r>
+    <s v="HAP11"/>
+    <s v="Percentage of RTB Properties which are in HAP"/>
+    <s v="13260430"/>
+    <s v="South West Inner City, Dublin City"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.16"/>
+  </r>
+</pivotCacheRecords>
 </file>