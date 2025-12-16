--- v0 (2025-10-28)
+++ v1 (2025-12-16)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b86610fc9234043" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d6baaa5b7f9441bb923cd09abd9bc3ff.psmdcp" Id="Rf7a5a8b78b714715" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1ab3bf8b45a4791" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4b88a41408fb4ab09d732462117a87e7.psmdcp" Id="Re4ee9aaad74c434d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>GUIPRS11</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Payment towards rent or mortgage by parent residing separately</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/30/2025 11:00:00 AM</x:t>
+    <x:t>30/05/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>This data is from the Growing Up in Ireland survey, Cohort '08 Wave 2 when the child was aged 3. &lt;br&gt;&lt;br&gt;The data presented is based on the answers provided by the parent residing separately to the child.&lt;br&gt;&lt;br&gt;Due to the small number of respondents and the nature by which the contact details for the non-resident parents were collected, particular care must be taken when interpreting these results. Given the small sample size, even weighting the results would not mitigate against bias and thus the unweighted figures are presented here (refer to release for further information).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/GUIPRS11/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>GUIFR</x:t>
   </x:si>
   <x:si>
     <x:t>Growing Up in Ireland - Frontier Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -370,163 +370,108 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...111 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C04461V05244" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Payment towards rent or mortgage" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H4" totalsRowShown="0">
   <x:autoFilter ref="A1:H4"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C04461V05244"/>
     <x:tableColumn id="6" name="Payment towards rent or mortgage"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -795,51 +740,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/GUIPRS11/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1028,51 +973,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H4"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="59.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="61.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -1164,51 +1109,51 @@
       <x:c r="E4" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H4" s="0">
         <x:v>5.1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -1225,51 +1170,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H4" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="GUIPRS11C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Payment towards rent or mortgage by parent residing separately"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="1">
         <x:s v="2010/2011"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="1">
         <x:s v="2010/2011"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C04461V05244">
       <x:sharedItems count="3">
         <x:s v="10"/>
@@ -1279,27 +1224,58 @@
     </x:cacheField>
     <x:cacheField name="Payment towards rent or mortgage">
       <x:sharedItems count="3">
         <x:s v="Pays full amount; makes a contribution; no rent or mortgage to pay"/>
         <x:s v="Pays nothing towards the rent or mortgage"/>
         <x:s v="Payment towards rent or mortgage not stated"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="%"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
       <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="5.1" maxValue="60.6" count="3">
         <x:n v="34.3"/>
         <x:n v="60.6"/>
         <x:n v="5.1"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
-</file>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="GUIPRS11C01"/>
+    <s v="Payment towards rent or mortgage by parent residing separately"/>
+    <s v="2010/2011"/>
+    <s v="2010/2011"/>
+    <s v="10"/>
+    <s v="Pays full amount; makes a contribution; no rent or mortgage to pay"/>
+    <s v="%"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="GUIPRS11C01"/>
+    <s v="Payment towards rent or mortgage by parent residing separately"/>
+    <s v="2010/2011"/>
+    <s v="2010/2011"/>
+    <s v="20"/>
+    <s v="Pays nothing towards the rent or mortgage"/>
+    <s v="%"/>
+    <n v="60.6"/>
+  </r>
+  <r>
+    <s v="GUIPRS11C01"/>
+    <s v="Payment towards rent or mortgage by parent residing separately"/>
+    <s v="2010/2011"/>
+    <s v="2010/2011"/>
+    <s v="30"/>
+    <s v="Payment towards rent or mortgage not stated"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+</pivotCacheRecords>
+</file>