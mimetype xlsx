--- v1 (2025-12-16)
+++ v2 (2026-03-29)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1ab3bf8b45a4791" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4b88a41408fb4ab09d732462117a87e7.psmdcp" Id="Re4ee9aaad74c434d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeb66563757048c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8a9f12e67f0d4051b83674a5b8c0e6bb.psmdcp" Id="Rae7e2278b2a84c74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>