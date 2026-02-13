--- v0 (2025-11-08)
+++ v1 (2026-02-13)
@@ -1,105 +1,102 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d2741afb4f74966" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6eaa695280b14060be9ce865d7fd4d0a.psmdcp" Id="Rf10b1323cdae4217" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac727c590db3406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a34832ed8f36486cac1a934d0d45d1e6.psmdcp" Id="R1250350506344a54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>GFQ13</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>General Government Gross and Net Debt ESA2010</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/21/2025 11:00:00 AM</x:t>
+    <x:t>21/01/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
-    <x:t>21 October 2025 - This release also contains a downward revision to the overall General Government Debt (GGD) levels as reported in the Government Finance Statistics April 2025 release.&lt;br&gt;&lt;br&gt;This revision is due to a review of the recording of the Capital Advance Leasing Facility (CALF). The CALF is a facility which is exclusively available to Approved Housing Bodies (AHBs) to support them in borrowing from private lenders or the Housing Finance Agency (HFA). The CSO undertook this review of the statistical recording of the CALF scheme earlier this year as part of ongoing quality assurance processes which include engagement with stakeholders and liaison groups. It has now been established that funding issued under the CALF is via a loan from central government to local authorities who then on-lend to AHBs, and is not accessed from the private sector. The impact of this finding is a downward revision of GGD as shown below (see Table 1.1). There is no impact on the General Government surplus / deficit (B.9).</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/GFQ13/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>GFS</x:t>
   </x:si>
   <x:si>
     <x:t>Government Finance Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Paul McElvaney</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>gfs@cso.ie</x:t>
@@ -789,50 +786,56 @@
     <x:t>2024Q2</x:t>
   </x:si>
   <x:si>
     <x:t>20243</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q3</x:t>
   </x:si>
   <x:si>
     <x:t>20244</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q4</x:t>
   </x:si>
   <x:si>
     <x:t>20251</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q1</x:t>
   </x:si>
   <x:si>
     <x:t>20252</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025Q3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -970,968 +973,315 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...911 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="103">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="103">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03167V03823" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Item" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H205" totalsRowShown="0">
-  <x:autoFilter ref="A1:H205"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H207" totalsRowShown="0">
+  <x:autoFilter ref="A1:H207"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C03167V03823"/>
     <x:tableColumn id="6" name="Item"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -2195,51 +1545,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/GFQ13/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2251,5590 +1601,5640 @@
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="B13" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="B13" s="4"/>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B14" s="5" t="s">
         <x:v>11</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B16" s="2"/>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="B20" s="2"/>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="s">
         <x:v>18</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="3" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
         <x:v>20</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="2"/>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="3" t="s">
-        <x:v>11</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B28" s="5" t="s">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B30" s="2"/>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B32" s="0" t="s">
         <x:v>29</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B37" s="2"/>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="3" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B38" s="0" t="s">
         <x:v>35</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H205"/>
+  <x:dimension ref="A1:H207"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="45.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="67.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="B1" s="0" t="s">
+      <x:c r="C1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="C1" s="0" t="s">
+      <x:c r="D1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="D1" s="0" t="s">
+      <x:c r="E1" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="E1" s="0" t="s">
+      <x:c r="F1" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="F1" s="0" t="s">
+      <x:c r="G1" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="G1" s="0" t="s">
+      <x:c r="H1" s="0" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:8">
       <x:c r="A2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="D2" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="D2" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E2" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G2" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H2" s="0">
         <x:v>43629</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="D3" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="D3" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E3" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H3" s="0">
         <x:v>30748</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="D4" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="D4" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E4" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H4" s="0">
         <x:v>43303</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="D5" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="D5" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E5" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H5" s="0">
         <x:v>27429</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D6" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E6" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H6" s="0">
         <x:v>41343</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="D7" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D7" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H7" s="0">
         <x:v>26282</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="D8" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="D8" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H8" s="0">
         <x:v>39506</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="D9" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="D9" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E9" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H9" s="0">
         <x:v>26648</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="D10" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E10" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H10" s="0">
         <x:v>38659</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="D11" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="D11" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E11" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H11" s="0">
         <x:v>25215</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="D12" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="D12" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E12" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H12" s="0">
         <x:v>38079</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="D13" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="D13" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E13" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H13" s="0">
         <x:v>23304</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="D14" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="D14" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E14" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H14" s="0">
         <x:v>39307</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="D15" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E15" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H15" s="0">
         <x:v>23430</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="D16" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E16" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H16" s="0">
         <x:v>40995</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="D17" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="D17" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E17" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H17" s="0">
         <x:v>25481</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="D18" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="D18" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E18" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H18" s="0">
         <x:v>40960</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="D19" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="D19" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H19" s="0">
         <x:v>27603</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="D20" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="D20" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H20" s="0">
         <x:v>41881</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="D21" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H21" s="0">
         <x:v>29502</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="D22" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E22" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H22" s="0">
         <x:v>42877</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D23" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="D23" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H23" s="0">
         <x:v>29888</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="D24" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D24" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E24" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H24" s="0">
         <x:v>42009</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="D25" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D25" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H25" s="0">
         <x:v>30843</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="D26" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="D26" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E26" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H26" s="0">
         <x:v>42210</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="D27" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="D27" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H27" s="0">
         <x:v>30793</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="D28" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="D28" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E28" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H28" s="0">
         <x:v>44164</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="D29" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="D29" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H29" s="0">
         <x:v>31086</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="D30" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D30" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E30" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H30" s="0">
         <x:v>44339</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="D31" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D31" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E31" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H31" s="0">
         <x:v>32018</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="D32" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="D32" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E32" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H32" s="0">
         <x:v>43429</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="D33" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="D33" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E33" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H33" s="0">
         <x:v>32105</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D34" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="D34" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E34" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H34" s="0">
         <x:v>45006</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D35" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="D35" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E35" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H35" s="0">
         <x:v>31556</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D36" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D36" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E36" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H36" s="0">
         <x:v>46950</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D37" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D37" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E37" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H37" s="0">
         <x:v>31493</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D38" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="D38" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E38" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H38" s="0">
         <x:v>45983</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D39" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="D39" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E39" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H39" s="0">
         <x:v>31566</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="D40" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="D40" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E40" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H40" s="0">
         <x:v>43914</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="D41" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="D41" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H41" s="0">
         <x:v>30965</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="D42" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D42" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E42" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H42" s="0">
         <x:v>45065</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="D43" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D43" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E43" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H43" s="0">
         <x:v>29590</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="D44" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="D44" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E44" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H44" s="0">
         <x:v>46368</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="D45" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="D45" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E45" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H45" s="0">
         <x:v>30413</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="D46" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="D46" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E46" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H46" s="0">
         <x:v>46181</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="D47" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="D47" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E47" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H47" s="0">
         <x:v>29922</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D48" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D48" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E48" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H48" s="0">
         <x:v>44381</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D49" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D49" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H49" s="0">
         <x:v>30015</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D50" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="D50" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H50" s="0">
         <x:v>46406</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D51" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="D51" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H51" s="0">
         <x:v>27412</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="D52" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="D52" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E52" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H52" s="0">
         <x:v>46595</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="D53" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="D53" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E53" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H53" s="0">
         <x:v>29348</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D54" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D54" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E54" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H54" s="0">
         <x:v>45532</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D55" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D55" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H55" s="0">
         <x:v>28929</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="D56" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="D56" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E56" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H56" s="0">
         <x:v>43739</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="D57" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="D57" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H57" s="0">
         <x:v>26799</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="D58" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="D58" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H58" s="0">
         <x:v>45165</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="D59" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="D59" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H59" s="0">
         <x:v>25009</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="D60" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D60" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H60" s="0">
         <x:v>45578</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="D61" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D61" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H61" s="0">
         <x:v>28240</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="D62" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="D62" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E62" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H62" s="0">
         <x:v>53525</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="D63" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="D63" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E63" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H63" s="0">
         <x:v>28455</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="D64" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="D64" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E64" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H64" s="0">
         <x:v>47195</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="D65" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="D65" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E65" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H65" s="0">
         <x:v>28331</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="D66" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D66" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E66" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H66" s="0">
         <x:v>51608</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="D67" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D67" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E67" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H67" s="0">
         <x:v>28586</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="D68" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="D68" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E68" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H68" s="0">
         <x:v>60022</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="D69" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="D69" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E69" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H69" s="0">
         <x:v>34089</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="D70" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="D70" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H70" s="0">
         <x:v>71278</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="D71" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="D71" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E71" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H71" s="0">
         <x:v>38126</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="D72" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D72" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E72" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H72" s="0">
         <x:v>79621</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="D73" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D73" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E73" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H73" s="0">
         <x:v>42645</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D74" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="D74" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E74" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H74" s="0">
         <x:v>89538</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D75" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="D75" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E75" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H75" s="0">
         <x:v>46274</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="D76" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="D76" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E76" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H76" s="0">
         <x:v>101277</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="D77" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="D77" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E77" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H77" s="0">
         <x:v>54533</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="D78" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D78" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E78" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H78" s="0">
         <x:v>103113</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="D79" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D79" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E79" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H79" s="0">
         <x:v>58763</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="D80" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="D80" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E80" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H80" s="0">
         <x:v>104703</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="D81" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="D81" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E81" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H81" s="0">
         <x:v>62652</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="D82" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="D82" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E82" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H82" s="0">
         <x:v>124312</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="D83" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="D83" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E83" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H83" s="0">
         <x:v>77015</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="D84" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D84" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E84" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H84" s="0">
         <x:v>123722</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="D85" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D85" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E85" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H85" s="0">
         <x:v>85715</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D86" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="D86" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E86" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H86" s="0">
         <x:v>139241</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D87" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="D87" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E87" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H87" s="0">
         <x:v>98753</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="D88" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="D88" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E88" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H88" s="0">
         <x:v>144227</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="D89" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="D89" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E89" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H89" s="0">
         <x:v>111483</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="D90" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D90" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E90" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H90" s="0">
         <x:v>155832</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="D91" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D91" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E91" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H91" s="0">
         <x:v>113680</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="D92" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="D92" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E92" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H92" s="0">
         <x:v>158668</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="D93" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="D93" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E93" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H93" s="0">
         <x:v>118255</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="D94" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="D94" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E94" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H94" s="0">
         <x:v>187891</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="D95" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="D95" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E95" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H95" s="0">
         <x:v>130565</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="D96" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D96" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E96" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H96" s="0">
         <x:v>189724</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="D97" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D97" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E97" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H97" s="0">
         <x:v>136058</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="D98" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="D98" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E98" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H98" s="0">
         <x:v>194270</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="D99" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="D99" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E99" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H99" s="0">
         <x:v>140030</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="D100" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="D100" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E100" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H100" s="0">
         <x:v>199753</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="D101" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="D101" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E101" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H101" s="0">
         <x:v>146460</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="D102" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D102" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E102" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H102" s="0">
         <x:v>210428</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="D103" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D103" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E103" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H103" s="0">
         <x:v>148242</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="D104" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="D104" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E104" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H104" s="0">
         <x:v>210023</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="D105" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="D105" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E105" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H105" s="0">
         <x:v>153185</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="D106" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="D106" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E106" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H106" s="0">
         <x:v>218266</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="D107" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="D107" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E107" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H107" s="0">
         <x:v>156325</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="D108" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D108" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E108" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H108" s="0">
         <x:v>218378</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="D109" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D109" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E109" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H109" s="0">
         <x:v>159437</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="D110" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="D110" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E110" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H110" s="0">
         <x:v>218444</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="D111" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="D111" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E111" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H111" s="0">
         <x:v>159785</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="D112" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="D112" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E112" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H112" s="0">
         <x:v>215239</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="D113" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="D113" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E113" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H113" s="0">
         <x:v>162684</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="D114" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D114" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E114" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H114" s="0">
         <x:v>215001</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="D115" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D115" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E115" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H115" s="0">
         <x:v>163021</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="D116" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="D116" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E116" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H116" s="0">
         <x:v>209461</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="D117" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="D117" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E117" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H117" s="0">
         <x:v>165158</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="D118" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="D118" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E118" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H118" s="0">
         <x:v>208225</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="D119" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="D119" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E119" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H119" s="0">
         <x:v>166460</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="D120" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D120" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E120" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H120" s="0">
         <x:v>203378</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="D121" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D121" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E121" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H121" s="0">
         <x:v>168512</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="D122" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="D122" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E122" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H122" s="0">
         <x:v>203593</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="D123" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="D123" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E123" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H123" s="0">
         <x:v>169109</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="D124" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="D124" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E124" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H124" s="0">
         <x:v>204115</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="D125" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="D125" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E125" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H125" s="0">
         <x:v>167766</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="D126" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D126" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E126" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H126" s="0">
         <x:v>203577</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="D127" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D127" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E127" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H127" s="0">
         <x:v>167005</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="D128" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="D128" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E128" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H128" s="0">
         <x:v>201575</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="D129" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="D129" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E129" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H129" s="0">
         <x:v>173519</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D130" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="D130" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E130" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H130" s="0">
         <x:v>207112</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D131" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="D131" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E131" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H131" s="0">
         <x:v>175103</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="D132" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="D132" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E132" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H132" s="0">
         <x:v>200298</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="D133" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="D133" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E133" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H133" s="0">
         <x:v>174378</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="D134" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="D134" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E134" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H134" s="0">
         <x:v>202371</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="D135" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="D135" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E135" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H135" s="0">
         <x:v>175314</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="D136" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="D136" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E136" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H136" s="0">
         <x:v>200557</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="D137" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="D137" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E137" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H137" s="0">
         <x:v>176862</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="D138" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="D138" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E138" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H138" s="0">
         <x:v>208527</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="D139" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="D139" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E139" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H139" s="0">
         <x:v>177820</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="D140" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="D140" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E140" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H140" s="0">
         <x:v>211162</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="D141" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="D141" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E141" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H141" s="0">
         <x:v>173536</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="D142" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="D142" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E142" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H142" s="0">
         <x:v>210832</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="D143" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="D143" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E143" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H143" s="0">
         <x:v>174073</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="D144" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="D144" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E144" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H144" s="0">
         <x:v>201122</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="D145" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="D145" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E145" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H145" s="0">
         <x:v>175497</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="D146" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="D146" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E146" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H146" s="0">
         <x:v>210084</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="D147" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="D147" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E147" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H147" s="0">
         <x:v>177388</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="D148" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="D148" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E148" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H148" s="0">
         <x:v>214367</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="D149" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="D149" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E149" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H149" s="0">
         <x:v>176771</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="D150" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="D150" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E150" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H150" s="0">
         <x:v>215561</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="D151" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="D151" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E151" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H151" s="0">
         <x:v>177740</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="D152" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="D152" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E152" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H152" s="0">
         <x:v>205566</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="D153" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="D153" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E153" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H153" s="0">
         <x:v>176646</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="D154" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="D154" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E154" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H154" s="0">
         <x:v>214717</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="D155" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="D155" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E155" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H155" s="0">
         <x:v>178025</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="D156" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="D156" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E156" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H156" s="0">
         <x:v>213451</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="D157" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="D157" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E157" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H157" s="0">
         <x:v>174931</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="D158" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="D158" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E158" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H158" s="0">
         <x:v>212721</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="D159" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="D159" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E159" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H159" s="0">
         <x:v>174753</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="D160" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="D160" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E160" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H160" s="0">
         <x:v>202936</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="D161" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="D161" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E161" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H161" s="0">
         <x:v>172788</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="D162" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="D162" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E162" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H162" s="0">
         <x:v>213158</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="D163" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="D163" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E163" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H163" s="0">
         <x:v>176483</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="D164" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="D164" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E164" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H164" s="0">
         <x:v>225314</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="D165" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="D165" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E165" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H165" s="0">
         <x:v>176570</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="D166" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="D166" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E166" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H166" s="0">
         <x:v>226669</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="D167" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="D167" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E167" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H167" s="0">
         <x:v>181099</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="D168" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="D168" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E168" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H168" s="0">
         <x:v>217193</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="D169" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="D169" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E169" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H169" s="0">
         <x:v>183931</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="D170" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="D170" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E170" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H170" s="0">
         <x:v>229707</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="D171" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="D171" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E171" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H171" s="0">
         <x:v>189600</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="D172" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="D172" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E172" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H172" s="0">
         <x:v>233792</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="D173" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="D173" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E173" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H173" s="0">
         <x:v>191785</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="D174" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="D174" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E174" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H174" s="0">
         <x:v>235558</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="D175" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="D175" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E175" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H175" s="0">
         <x:v>192034</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="D176" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="D176" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E176" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H176" s="0">
         <x:v>235182</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="D177" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="D177" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E177" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H177" s="0">
         <x:v>190439</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="D178" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="D178" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E178" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H178" s="0">
         <x:v>234228</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="D179" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="D179" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E179" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H179" s="0">
         <x:v>191746</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="D180" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="D180" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E180" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H180" s="0">
         <x:v>235646</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="D181" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="D181" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E181" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H181" s="0">
         <x:v>187758</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="D182" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="D182" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E182" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H182" s="0">
         <x:v>235141</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="D183" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="D183" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E183" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H183" s="0">
         <x:v>184774</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="D184" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="D184" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E184" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H184" s="0">
         <x:v>223610</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="D185" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="D185" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E185" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H185" s="0">
         <x:v>185334</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="D186" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="D186" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E186" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H186" s="0">
         <x:v>222458</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="D187" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="D187" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E187" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H187" s="0">
         <x:v>183826</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="D188" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="D188" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E188" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H188" s="0">
         <x:v>221909</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="D189" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="D189" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E189" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H189" s="0">
         <x:v>181171</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="D190" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="D190" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E190" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H190" s="0">
         <x:v>221415</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="D191" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="D191" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E191" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H191" s="0">
         <x:v>179451</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="D192" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="D192" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E192" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H192" s="0">
         <x:v>219079</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="D193" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="D193" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E193" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H193" s="0">
         <x:v>177653</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="D194" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="D194" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E194" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H194" s="0">
         <x:v>214144</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="D195" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="D195" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E195" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H195" s="0">
         <x:v>177756</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="D196" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="D196" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E196" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H196" s="0">
         <x:v>215161</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="D197" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="D197" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E197" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H197" s="0">
         <x:v>171390</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="D198" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="D198" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E198" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H198" s="0">
         <x:v>215943</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="D199" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="D199" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E199" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H199" s="0">
         <x:v>166860</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="D200" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="D200" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E200" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H200" s="0">
         <x:v>215380</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="D201" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="D201" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E201" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H201" s="0">
         <x:v>154969</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="D202" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="D202" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E202" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H202" s="0">
         <x:v>206218</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="D203" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="D203" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E203" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H203" s="0">
         <x:v>149463</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="D204" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="D204" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E204" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H204" s="0">
         <x:v>207243</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="D205" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="D205" s="0" t="s">
+      <x:c r="E205" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F205" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G205" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H205" s="0">
+        <x:v>144953</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="206" spans="1:8">
+      <x:c r="A206" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B206" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C206" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="E205" s="0" t="s">
-[...9 lines deleted...]
-        <x:v>144975</x:v>
+      <x:c r="D206" s="0" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="E206" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="F206" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="G206" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H206" s="0">
+        <x:v>208960</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="207" spans="1:8">
+      <x:c r="A207" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B207" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C207" s="0" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="D207" s="0" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="E207" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F207" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G207" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H207" s="0">
+        <x:v>143986</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -7851,65 +7251,65 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H205" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="GFQ13"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="General Government Gross and Net Debt ESA2010"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
-      <x:sharedItems count="102">
+      <x:sharedItems count="103">
         <x:s v="20001"/>
         <x:s v="20002"/>
         <x:s v="20003"/>
         <x:s v="20004"/>
         <x:s v="20011"/>
         <x:s v="20012"/>
         <x:s v="20013"/>
         <x:s v="20014"/>
         <x:s v="20021"/>
         <x:s v="20022"/>
         <x:s v="20023"/>
         <x:s v="20024"/>
         <x:s v="20031"/>
         <x:s v="20032"/>
         <x:s v="20033"/>
         <x:s v="20034"/>
         <x:s v="20041"/>
         <x:s v="20042"/>
         <x:s v="20043"/>
         <x:s v="20044"/>
         <x:s v="20051"/>
         <x:s v="20052"/>
         <x:s v="20053"/>
         <x:s v="20054"/>
         <x:s v="20061"/>
@@ -7968,54 +7368,55 @@
         <x:s v="20192"/>
         <x:s v="20193"/>
         <x:s v="20194"/>
         <x:s v="20201"/>
         <x:s v="20202"/>
         <x:s v="20203"/>
         <x:s v="20204"/>
         <x:s v="20211"/>
         <x:s v="20212"/>
         <x:s v="20213"/>
         <x:s v="20214"/>
         <x:s v="20221"/>
         <x:s v="20222"/>
         <x:s v="20223"/>
         <x:s v="20224"/>
         <x:s v="20231"/>
         <x:s v="20232"/>
         <x:s v="20233"/>
         <x:s v="20234"/>
         <x:s v="20241"/>
         <x:s v="20242"/>
         <x:s v="20243"/>
         <x:s v="20244"/>
         <x:s v="20251"/>
         <x:s v="20252"/>
+        <x:s v="20253"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Quarter">
-      <x:sharedItems count="102">
+      <x:sharedItems count="103">
         <x:s v="2000Q1"/>
         <x:s v="2000Q2"/>
         <x:s v="2000Q3"/>
         <x:s v="2000Q4"/>
         <x:s v="2001Q1"/>
         <x:s v="2001Q2"/>
         <x:s v="2001Q3"/>
         <x:s v="2001Q4"/>
         <x:s v="2002Q1"/>
         <x:s v="2002Q2"/>
         <x:s v="2002Q3"/>
         <x:s v="2002Q4"/>
         <x:s v="2003Q1"/>
         <x:s v="2003Q2"/>
         <x:s v="2003Q3"/>
         <x:s v="2003Q4"/>
         <x:s v="2004Q1"/>
         <x:s v="2004Q2"/>
         <x:s v="2004Q3"/>
         <x:s v="2004Q4"/>
         <x:s v="2005Q1"/>
         <x:s v="2005Q2"/>
         <x:s v="2005Q3"/>
         <x:s v="2005Q4"/>
         <x:s v="2006Q1"/>
@@ -8074,71 +7475,72 @@
         <x:s v="2019Q2"/>
         <x:s v="2019Q3"/>
         <x:s v="2019Q4"/>
         <x:s v="2020Q1"/>
         <x:s v="2020Q2"/>
         <x:s v="2020Q3"/>
         <x:s v="2020Q4"/>
         <x:s v="2021Q1"/>
         <x:s v="2021Q2"/>
         <x:s v="2021Q3"/>
         <x:s v="2021Q4"/>
         <x:s v="2022Q1"/>
         <x:s v="2022Q2"/>
         <x:s v="2022Q3"/>
         <x:s v="2022Q4"/>
         <x:s v="2023Q1"/>
         <x:s v="2023Q2"/>
         <x:s v="2023Q3"/>
         <x:s v="2023Q4"/>
         <x:s v="2024Q1"/>
         <x:s v="2024Q2"/>
         <x:s v="2024Q3"/>
         <x:s v="2024Q4"/>
         <x:s v="2025Q1"/>
         <x:s v="2025Q2"/>
+        <x:s v="2025Q3"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03167V03823">
       <x:sharedItems count="2">
         <x:s v="01"/>
         <x:s v="02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Item">
       <x:sharedItems count="2">
         <x:s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
         <x:s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Euro Million"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="23304" maxValue="235646" count="204">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="23304" maxValue="235646" count="206">
         <x:n v="43629"/>
         <x:n v="30748"/>
         <x:n v="43303"/>
         <x:n v="27429"/>
         <x:n v="41343"/>
         <x:n v="26282"/>
         <x:n v="39506"/>
         <x:n v="26648"/>
         <x:n v="38659"/>
         <x:n v="25215"/>
         <x:n v="38079"/>
         <x:n v="23304"/>
         <x:n v="39307"/>
         <x:n v="23430"/>
         <x:n v="40995"/>
         <x:n v="25481"/>
         <x:n v="40960"/>
         <x:n v="27603"/>
         <x:n v="41881"/>
         <x:n v="29502"/>
         <x:n v="42877"/>
         <x:n v="29888"/>
         <x:n v="42009"/>
         <x:n v="30843"/>
         <x:n v="42210"/>
@@ -8298,35 +7700,2098 @@
         <x:n v="235646"/>
         <x:n v="187758"/>
         <x:n v="235141"/>
         <x:n v="184774"/>
         <x:n v="223610"/>
         <x:n v="185334"/>
         <x:n v="222458"/>
         <x:n v="183826"/>
         <x:n v="221909"/>
         <x:n v="181171"/>
         <x:n v="221415"/>
         <x:n v="179451"/>
         <x:n v="219079"/>
         <x:n v="177653"/>
         <x:n v="214144"/>
         <x:n v="177756"/>
         <x:n v="215161"/>
         <x:n v="171390"/>
         <x:n v="215943"/>
         <x:n v="166860"/>
         <x:n v="215380"/>
         <x:n v="154969"/>
         <x:n v="206218"/>
         <x:n v="149463"/>
         <x:n v="207243"/>
-        <x:n v="144975"/>
+        <x:n v="144953"/>
+        <x:n v="208960"/>
+        <x:n v="143986"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="43629"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="30748"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="43303"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="27429"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="41343"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="26282"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="39506"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="26648"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="38659"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="25215"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="38079"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="23304"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="39307"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="23430"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="40995"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="25481"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="40960"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="27603"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="41881"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="29502"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="42877"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="29888"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="42009"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="30843"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="42210"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="30793"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="44164"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="31086"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="44339"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="32018"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="43429"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="32105"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="45006"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="31556"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="46950"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="31493"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="45983"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="31566"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="43914"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="30965"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="45065"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="29590"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="46368"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="30413"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="46181"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="29922"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="44381"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="30015"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="46406"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="27412"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="46595"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="29348"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="45532"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="28929"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="43739"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="26799"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="45165"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="25009"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="45578"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="28240"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="53525"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="28455"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="47195"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="28331"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="51608"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="28586"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="60022"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="34089"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="71278"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="38126"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="79621"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="42645"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="89538"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="46274"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="101277"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="54533"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="103113"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="58763"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="104703"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="62652"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="124312"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="77015"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="123722"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="85715"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="139241"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="98753"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="144227"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="111483"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="155832"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="113680"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="158668"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="118255"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="187891"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="130565"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="189724"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="136058"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="194270"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="140030"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="199753"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="146460"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="210428"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="148242"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="210023"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="153185"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="218266"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="156325"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="218378"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="159437"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="218444"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="159785"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="215239"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="162684"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="215001"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="163021"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="209461"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="165158"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="208225"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="166460"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="203378"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="168512"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="203593"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="169109"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="204115"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="167766"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="203577"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="167005"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="201575"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="173519"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="207112"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="175103"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="200298"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="174378"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="202371"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="175314"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="200557"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="176862"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="208527"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="177820"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="211162"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="173536"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="210832"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="174073"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="201122"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="175497"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="210084"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="177388"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="214367"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="176771"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="215561"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="177740"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="205566"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="176646"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="214717"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="178025"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="213451"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="174931"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="212721"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="174753"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="202936"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="172788"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="213158"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="176483"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="225314"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="176570"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="226669"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="181099"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="217193"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="183931"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="229707"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="189600"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="233792"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="191785"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="235558"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="192034"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="235182"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="190439"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="234228"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="191746"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="235646"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="187758"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="235141"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="184774"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="223610"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="185334"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="222458"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="183826"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="221909"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="181171"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="221415"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="179451"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="219079"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="177653"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="214144"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="177756"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="215161"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="171390"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="215943"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="166860"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="215380"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="154969"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="206218"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="149463"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="207243"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="144953"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="01"/>
+    <s v="General Government Gross Debt (EDP face value) - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="208960"/>
+  </r>
+  <r>
+    <s v="GFQ13"/>
+    <s v="General Government Gross and Net Debt ESA2010"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="02"/>
+    <s v="General Government Net Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="143986"/>
+  </r>
+</pivotCacheRecords>
 </file>