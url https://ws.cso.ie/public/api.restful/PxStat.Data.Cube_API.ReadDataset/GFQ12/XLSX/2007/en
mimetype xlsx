--- v0 (2025-10-01)
+++ v1 (2025-11-17)
@@ -1,102 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51515b68bed04d6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/93796c9c4b744097be2b69fbdcad96d0.psmdcp" Id="Rc5eb7daf61cd4b6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e8d616fa94842c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cdfc927462c446af93d81d72a3acb710.psmdcp" Id="Re41d164947f54e05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>GFQ12</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Gross General Government Debt ESA2010 as a Percentage of the Annualised Gross Domestic Product</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/18/2025 11:00:00 AM</x:t>
+    <x:t>10/21/2025 11:00:00 AM</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
+    <x:t>21 October 2025 - This release also contains a downward revision to the overall General Government Debt (GGD) levels as reported in the Government Finance Statistics April 2025 release.&lt;br&gt;&lt;br&gt;This revision is due to a review of the recording of the Capital Advance Leasing Facility (CALF). The CALF is a facility which is exclusively available to Approved Housing Bodies (AHBs) to support them in borrowing from private lenders or the Housing Finance Agency (HFA). The CSO undertook this review of the statistical recording of the CALF scheme earlier this year as part of ongoing quality assurance processes which include engagement with stakeholders and liaison groups. It has now been established that funding issued under the CALF is via a loan from central government to local authorities who then on-lend to AHBs, and is not accessed from the private sector. The impact of this finding is a downward revision of GGD as shown below (see Table 1.1). There is no impact on the General Government surplus / deficit (B.9).</x:t>
+  </x:si>
+  <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/GFQ12/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>GFS</x:t>
   </x:si>
   <x:si>
     <x:t>Government Finance Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Paul McElvaney</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>gfs@cso.ie</x:t>
@@ -771,50 +774,56 @@
     <x:t>2024Q1</x:t>
   </x:si>
   <x:si>
     <x:t>20242</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q2</x:t>
   </x:si>
   <x:si>
     <x:t>20243</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q3</x:t>
   </x:si>
   <x:si>
     <x:t>20244</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q4</x:t>
   </x:si>
   <x:si>
     <x:t>20251</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025Q2</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -966,51 +975,51 @@
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
   <x:location ref="A1" firstHeaderRow="1" firstDataRow="1" firstDataCol="1"/>
   <x:pivotFields count="8">
     <x:pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
       <x:items count="1">
         <x:item x="0"/>
       </x:items>
     </x:pivotField>
     <x:pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
       <x:items count="1">
         <x:item x="0"/>
       </x:items>
     </x:pivotField>
     <x:pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <x:items count="101">
+      <x:items count="102">
         <x:item x="0"/>
         <x:item x="1"/>
         <x:item x="2"/>
         <x:item x="3"/>
         <x:item x="4"/>
         <x:item x="5"/>
         <x:item x="6"/>
         <x:item x="7"/>
         <x:item x="8"/>
         <x:item x="9"/>
         <x:item x="10"/>
         <x:item x="11"/>
         <x:item x="12"/>
         <x:item x="13"/>
         <x:item x="14"/>
         <x:item x="15"/>
         <x:item x="16"/>
         <x:item x="17"/>
         <x:item x="18"/>
         <x:item x="19"/>
         <x:item x="20"/>
         <x:item x="21"/>
         <x:item x="22"/>
         <x:item x="23"/>
         <x:item x="24"/>
@@ -1068,54 +1077,55 @@
         <x:item x="76"/>
         <x:item x="77"/>
         <x:item x="78"/>
         <x:item x="79"/>
         <x:item x="80"/>
         <x:item x="81"/>
         <x:item x="82"/>
         <x:item x="83"/>
         <x:item x="84"/>
         <x:item x="85"/>
         <x:item x="86"/>
         <x:item x="87"/>
         <x:item x="88"/>
         <x:item x="89"/>
         <x:item x="90"/>
         <x:item x="91"/>
         <x:item x="92"/>
         <x:item x="93"/>
         <x:item x="94"/>
         <x:item x="95"/>
         <x:item x="96"/>
         <x:item x="97"/>
         <x:item x="98"/>
         <x:item x="99"/>
         <x:item x="100"/>
+        <x:item x="101"/>
       </x:items>
     </x:pivotField>
     <x:pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <x:items count="101">
+      <x:items count="102">
         <x:item x="0"/>
         <x:item x="1"/>
         <x:item x="2"/>
         <x:item x="3"/>
         <x:item x="4"/>
         <x:item x="5"/>
         <x:item x="6"/>
         <x:item x="7"/>
         <x:item x="8"/>
         <x:item x="9"/>
         <x:item x="10"/>
         <x:item x="11"/>
         <x:item x="12"/>
         <x:item x="13"/>
         <x:item x="14"/>
         <x:item x="15"/>
         <x:item x="16"/>
         <x:item x="17"/>
         <x:item x="18"/>
         <x:item x="19"/>
         <x:item x="20"/>
         <x:item x="21"/>
         <x:item x="22"/>
         <x:item x="23"/>
         <x:item x="24"/>
@@ -1173,74 +1183,75 @@
         <x:item x="76"/>
         <x:item x="77"/>
         <x:item x="78"/>
         <x:item x="79"/>
         <x:item x="80"/>
         <x:item x="81"/>
         <x:item x="82"/>
         <x:item x="83"/>
         <x:item x="84"/>
         <x:item x="85"/>
         <x:item x="86"/>
         <x:item x="87"/>
         <x:item x="88"/>
         <x:item x="89"/>
         <x:item x="90"/>
         <x:item x="91"/>
         <x:item x="92"/>
         <x:item x="93"/>
         <x:item x="94"/>
         <x:item x="95"/>
         <x:item x="96"/>
         <x:item x="97"/>
         <x:item x="98"/>
         <x:item x="99"/>
         <x:item x="100"/>
+        <x:item x="101"/>
       </x:items>
     </x:pivotField>
     <x:pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
       <x:items count="1">
         <x:item x="0"/>
       </x:items>
     </x:pivotField>
     <x:pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
       <x:items count="1">
         <x:item x="0"/>
       </x:items>
     </x:pivotField>
     <x:pivotField name="UNIT" defaultSubtotal="0"/>
     <x:pivotField name="VALUE" dataField="1" defaultSubtotal="0"/>
   </x:pivotFields>
   <x:rowFields count="6">
     <x:field x="0"/>
     <x:field x="1"/>
     <x:field x="2"/>
     <x:field x="3"/>
     <x:field x="4"/>
     <x:field x="5"/>
   </x:rowFields>
-  <x:rowItems count="212">
+  <x:rowItems count="214">
     <x:i>
       <x:x v="0"/>
     </x:i>
     <x:i t="grand">
       <x:x/>
     </x:i>
     <x:i>
       <x:x v="0"/>
     </x:i>
     <x:i t="grand">
       <x:x/>
     </x:i>
     <x:i>
       <x:x v="0"/>
     </x:i>
     <x:i>
       <x:x v="1"/>
     </x:i>
     <x:i>
       <x:x v="2"/>
     </x:i>
     <x:i>
       <x:x v="3"/>
     </x:i>
     <x:i>
@@ -1512,50 +1523,53 @@
     </x:i>
     <x:i>
       <x:x v="93"/>
     </x:i>
     <x:i>
       <x:x v="94"/>
     </x:i>
     <x:i>
       <x:x v="95"/>
     </x:i>
     <x:i>
       <x:x v="96"/>
     </x:i>
     <x:i>
       <x:x v="97"/>
     </x:i>
     <x:i>
       <x:x v="98"/>
     </x:i>
     <x:i>
       <x:x v="99"/>
     </x:i>
     <x:i>
       <x:x v="100"/>
     </x:i>
+    <x:i>
+      <x:x v="101"/>
+    </x:i>
     <x:i t="grand">
       <x:x/>
     </x:i>
     <x:i>
       <x:x v="0"/>
     </x:i>
     <x:i>
       <x:x v="1"/>
     </x:i>
     <x:i>
       <x:x v="2"/>
     </x:i>
     <x:i>
       <x:x v="3"/>
     </x:i>
     <x:i>
       <x:x v="4"/>
     </x:i>
     <x:i>
       <x:x v="5"/>
     </x:i>
     <x:i>
       <x:x v="6"/>
     </x:i>
     <x:i>
@@ -1817,87 +1831,90 @@
       <x:x v="92"/>
     </x:i>
     <x:i>
       <x:x v="93"/>
     </x:i>
     <x:i>
       <x:x v="94"/>
     </x:i>
     <x:i>
       <x:x v="95"/>
     </x:i>
     <x:i>
       <x:x v="96"/>
     </x:i>
     <x:i>
       <x:x v="97"/>
     </x:i>
     <x:i>
       <x:x v="98"/>
     </x:i>
     <x:i>
       <x:x v="99"/>
     </x:i>
     <x:i>
       <x:x v="100"/>
+    </x:i>
+    <x:i>
+      <x:x v="101"/>
     </x:i>
     <x:i t="grand">
       <x:x/>
     </x:i>
     <x:i>
       <x:x v="0"/>
     </x:i>
     <x:i t="grand">
       <x:x/>
     </x:i>
     <x:i>
       <x:x v="0"/>
     </x:i>
     <x:i t="grand">
       <x:x/>
     </x:i>
   </x:rowItems>
   <x:colItems count="1">
     <x:i i="0">
       <x:x v="0"/>
     </x:i>
   </x:colItems>
   <x:dataFields count="1">
     <x:dataField name="VALUE" fld="7" subtotal="sum" showDataAs="normal" baseField="0" baseItem="0" numFmtId="0"/>
   </x:dataFields>
   <x:pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1" showRowStripes="0" showColStripes="0"/>
   <x:extLst>
     <x:ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" enableEdit="0" hideValuesRow="1"/>
     </x:ext>
   </x:extLst>
 </x:pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H102" totalsRowShown="0">
-  <x:autoFilter ref="A1:H102"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H103" totalsRowShown="0">
+  <x:autoFilter ref="A1:H103"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="State"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -2217,2895 +2234,2923 @@
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="B13" s="4"/>
+      <x:c r="B13" s="4" t="s">
+        <x:v>10</x:v>
+      </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="5" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="2"/>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B20" s="2"/>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="3" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="2"/>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="3" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B28" s="5" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B30" s="2"/>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="2"/>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H102"/>
+  <x:dimension ref="A1:H103"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="91.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="7.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
-    <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
+    <x:col min="8" max="8" width="11.853482" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G1" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H1" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:8">
       <x:c r="A2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G2" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H2" s="0">
-        <x:v>45.2</x:v>
+        <x:v>45.21168007</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H3" s="0">
-        <x:v>43</x:v>
+        <x:v>42.96925777</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H4" s="0">
-        <x:v>39.5</x:v>
+        <x:v>39.53933419</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H5" s="0">
-        <x:v>36.4</x:v>
+        <x:v>36.41263723</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H6" s="0">
-        <x:v>34.3</x:v>
+        <x:v>34.29633474</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H7" s="0">
-        <x:v>32.7</x:v>
+        <x:v>32.70408382</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H8" s="0">
-        <x:v>32.9</x:v>
+        <x:v>32.93798036</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H9" s="0">
-        <x:v>33.6</x:v>
+        <x:v>33.57790861</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H10" s="0">
-        <x:v>32.8</x:v>
+        <x:v>32.75322175</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H11" s="0">
-        <x:v>32.6</x:v>
+        <x:v>32.64818985</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H12" s="0">
-        <x:v>32.5</x:v>
+        <x:v>32.4592641</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H13" s="0">
-        <x:v>30.9</x:v>
+        <x:v>30.88944756</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H14" s="0">
-        <x:v>30.5</x:v>
+        <x:v>30.51147379</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H15" s="0">
-        <x:v>31.4</x:v>
+        <x:v>31.38319417</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H16" s="0">
-        <x:v>31.2</x:v>
+        <x:v>31.17924037</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H17" s="0">
-        <x:v>29.8</x:v>
+        <x:v>29.83234291</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H18" s="0">
-        <x:v>30.3</x:v>
+        <x:v>30.31019358</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H19" s="0">
-        <x:v>30.9</x:v>
+        <x:v>30.94271479</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H20" s="0">
-        <x:v>29.8</x:v>
+        <x:v>29.76874085</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H21" s="0">
-        <x:v>28.1</x:v>
+        <x:v>28.1031614</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H22" s="0">
-        <x:v>28.3</x:v>
+        <x:v>28.27930782</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H23" s="0">
-        <x:v>28.5</x:v>
+        <x:v>28.48809955</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H24" s="0">
-        <x:v>27.7</x:v>
+        <x:v>27.73222231</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H25" s="0">
-        <x:v>26.1</x:v>
+        <x:v>26.05944096</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H26" s="0">
-        <x:v>26.6</x:v>
+        <x:v>26.60301114</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H27" s="0">
-        <x:v>26.2</x:v>
+        <x:v>26.2291889</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H28" s="0">
-        <x:v>25</x:v>
+        <x:v>25.03768135</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H29" s="0">
-        <x:v>23.7</x:v>
+        <x:v>23.65341706</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H30" s="0">
-        <x:v>23.9</x:v>
+        <x:v>23.86255927</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H31" s="0">
-        <x:v>23.6</x:v>
+        <x:v>23.64692216</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H32" s="0">
-        <x:v>27.5</x:v>
+        <x:v>27.5146402</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H33" s="0">
-        <x:v>23.9</x:v>
+        <x:v>23.94841614</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H34" s="0">
-        <x:v>26.4</x:v>
+        <x:v>26.37950855</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H35" s="0">
-        <x:v>31</x:v>
+        <x:v>31.03769594</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H36" s="0">
-        <x:v>37.1</x:v>
+        <x:v>37.09600109</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H37" s="0">
-        <x:v>42.5</x:v>
+        <x:v>42.5137359</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H38" s="0">
-        <x:v>49.1</x:v>
+        <x:v>49.07054885</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H39" s="0">
-        <x:v>56.8</x:v>
+        <x:v>56.78158625</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H40" s="0">
-        <x:v>59.4</x:v>
+        <x:v>59.37776949</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H41" s="0">
-        <x:v>61.8</x:v>
+        <x:v>61.76450289</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H42" s="0">
-        <x:v>74.1</x:v>
+        <x:v>74.10812064</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H43" s="0">
-        <x:v>74.4</x:v>
+        <x:v>74.39562052</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H44" s="0">
-        <x:v>83.6</x:v>
+        <x:v>83.61979092</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H45" s="0">
-        <x:v>86.2</x:v>
+        <x:v>86.23175018</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H46" s="0">
-        <x:v>92.6</x:v>
+        <x:v>92.58657414</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H47" s="0">
-        <x:v>93.1</x:v>
+        <x:v>93.14574408</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H48" s="0">
-        <x:v>109.4</x:v>
+        <x:v>109.4257407</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H49" s="0">
-        <x:v>109.6</x:v>
+        <x:v>109.5907819</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H50" s="0">
-        <x:v>111.7</x:v>
+        <x:v>111.6547513</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H51" s="0">
-        <x:v>114.2</x:v>
+        <x:v>114.2129687</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H52" s="0">
-        <x:v>119.7</x:v>
+        <x:v>119.6521905</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H53" s="0">
-        <x:v>118.9</x:v>
+        <x:v>118.911075</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H54" s="0">
-        <x:v>123.4</x:v>
+        <x:v>123.355173</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H55" s="0">
-        <x:v>122.9</x:v>
+        <x:v>122.9379501</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H56" s="0">
-        <x:v>121.1</x:v>
+        <x:v>121.1385171</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H57" s="0">
-        <x:v>117.7</x:v>
+        <x:v>117.6757134</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H58" s="0">
-        <x:v>115</x:v>
+        <x:v>114.999318</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H59" s="0">
-        <x:v>109.5</x:v>
+        <x:v>109.4722923</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H60" s="0">
-        <x:v>106.6</x:v>
+        <x:v>106.6370795</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H61" s="0">
-        <x:v>101.4</x:v>
+        <x:v>101.3874231</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H62" s="0">
-        <x:v>93.3</x:v>
+        <x:v>93.30551181</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H63" s="0">
-        <x:v>87.2</x:v>
+        <x:v>87.15905423</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H64" s="0">
-        <x:v>80.7</x:v>
+        <x:v>80.71562726</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H65" s="0">
-        <x:v>74</x:v>
+        <x:v>74.03145772</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H66" s="0">
-        <x:v>76</x:v>
+        <x:v>75.98558155</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H67" s="0">
-        <x:v>73.6</x:v>
+        <x:v>73.62397512</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H68" s="0">
-        <x:v>74.4</x:v>
+        <x:v>74.39429258</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H69" s="0">
-        <x:v>72.7</x:v>
+        <x:v>72.68319749</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H70" s="0">
-        <x:v>73.8</x:v>
+        <x:v>73.74216922</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H71" s="0">
-        <x:v>72.7</x:v>
+        <x:v>72.70975564</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H72" s="0">
-        <x:v>70.2</x:v>
+        <x:v>70.17396708</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H73" s="0">
-        <x:v>65.3</x:v>
+        <x:v>65.22184677</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H74" s="0">
-        <x:v>66.3</x:v>
+        <x:v>66.25364052</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H75" s="0">
-        <x:v>66</x:v>
+        <x:v>65.95879279</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H76" s="0">
-        <x:v>65.1</x:v>
+        <x:v>65.03424117</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H77" s="0">
-        <x:v>61.4</x:v>
+        <x:v>61.33808364</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H78" s="0">
-        <x:v>63.1</x:v>
+        <x:v>62.97142344</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H79" s="0">
-        <x:v>61.6</x:v>
+        <x:v>61.49470174</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H80" s="0">
-        <x:v>60</x:v>
+        <x:v>59.92059826</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H81" s="0">
-        <x:v>55.9</x:v>
+        <x:v>55.78956686</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H82" s="0">
-        <x:v>57.4</x:v>
+        <x:v>57.29271379</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H83" s="0">
-        <x:v>60.7</x:v>
+        <x:v>60.57278996</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H84" s="0">
-        <x:v>59.8</x:v>
+        <x:v>59.66287838</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H85" s="0">
-        <x:v>57.1</x:v>
+        <x:v>56.89721522</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H86" s="0">
-        <x:v>58.6</x:v>
+        <x:v>58.41093037</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H87" s="0">
-        <x:v>56.8</x:v>
+        <x:v>56.58333852</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H88" s="0">
-        <x:v>54.9</x:v>
+        <x:v>54.77247234</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H89" s="0">
-        <x:v>52.7</x:v>
+        <x:v>52.44387775</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H90" s="0">
-        <x:v>50.7</x:v>
+        <x:v>50.48396959</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H91" s="0">
-        <x:v>49</x:v>
+        <x:v>48.77739804</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H92" s="0">
-        <x:v>47</x:v>
+        <x:v>46.79866192</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H93" s="0">
-        <x:v>43.2</x:v>
+        <x:v>42.94259623</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H94" s="0">
-        <x:v>42.2</x:v>
+        <x:v>41.96184618</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H95" s="0">
-        <x:v>41.8</x:v>
+        <x:v>41.54744183</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H96" s="0">
-        <x:v>42</x:v>
+        <x:v>41.75213583</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H97" s="0">
-        <x:v>42.1</x:v>
+        <x:v>41.75090066</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H98" s="0">
-        <x:v>41.1</x:v>
+        <x:v>40.73581036</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H99" s="0">
-        <x:v>40.8</x:v>
+        <x:v>40.50880906</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H100" s="0">
-        <x:v>40.3</x:v>
+        <x:v>39.95259188</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H101" s="0">
-        <x:v>38.7</x:v>
+        <x:v>38.26976184</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H102" s="0">
-        <x:v>34.9</x:v>
+        <x:v>34.54048664</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:8">
+      <x:c r="A103" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B103" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C103" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="D103" s="0" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="E103" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F103" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="G103" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H103" s="0">
+        <x:v>33.34454241</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -5137,65 +5182,65 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H102" sheet="Unpivoted"/>
+    <x:worksheetSource ref="A1:H103" sheet="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="GFQ12"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Gross General Government Debt ESA2010 as a Percentage of the Annualised Gross Domestic Product"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
-      <x:sharedItems count="101">
+      <x:sharedItems count="102">
         <x:s v="20001"/>
         <x:s v="20002"/>
         <x:s v="20003"/>
         <x:s v="20004"/>
         <x:s v="20011"/>
         <x:s v="20012"/>
         <x:s v="20013"/>
         <x:s v="20014"/>
         <x:s v="20021"/>
         <x:s v="20022"/>
         <x:s v="20023"/>
         <x:s v="20024"/>
         <x:s v="20031"/>
         <x:s v="20032"/>
         <x:s v="20033"/>
         <x:s v="20034"/>
         <x:s v="20041"/>
         <x:s v="20042"/>
         <x:s v="20043"/>
         <x:s v="20044"/>
         <x:s v="20051"/>
         <x:s v="20052"/>
         <x:s v="20053"/>
         <x:s v="20054"/>
         <x:s v="20061"/>
@@ -5253,54 +5298,55 @@
         <x:s v="20191"/>
         <x:s v="20192"/>
         <x:s v="20193"/>
         <x:s v="20194"/>
         <x:s v="20201"/>
         <x:s v="20202"/>
         <x:s v="20203"/>
         <x:s v="20204"/>
         <x:s v="20211"/>
         <x:s v="20212"/>
         <x:s v="20213"/>
         <x:s v="20214"/>
         <x:s v="20221"/>
         <x:s v="20222"/>
         <x:s v="20223"/>
         <x:s v="20224"/>
         <x:s v="20231"/>
         <x:s v="20232"/>
         <x:s v="20233"/>
         <x:s v="20234"/>
         <x:s v="20241"/>
         <x:s v="20242"/>
         <x:s v="20243"/>
         <x:s v="20244"/>
         <x:s v="20251"/>
+        <x:s v="20252"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Quarter">
-      <x:sharedItems count="101">
+      <x:sharedItems count="102">
         <x:s v="2000Q1"/>
         <x:s v="2000Q2"/>
         <x:s v="2000Q3"/>
         <x:s v="2000Q4"/>
         <x:s v="2001Q1"/>
         <x:s v="2001Q2"/>
         <x:s v="2001Q3"/>
         <x:s v="2001Q4"/>
         <x:s v="2002Q1"/>
         <x:s v="2002Q2"/>
         <x:s v="2002Q3"/>
         <x:s v="2002Q4"/>
         <x:s v="2003Q1"/>
         <x:s v="2003Q2"/>
         <x:s v="2003Q3"/>
         <x:s v="2003Q4"/>
         <x:s v="2004Q1"/>
         <x:s v="2004Q2"/>
         <x:s v="2004Q3"/>
         <x:s v="2004Q4"/>
         <x:s v="2005Q1"/>
         <x:s v="2005Q2"/>
         <x:s v="2005Q3"/>
         <x:s v="2005Q4"/>
         <x:s v="2006Q1"/>
@@ -5358,148 +5404,156 @@
         <x:s v="2019Q1"/>
         <x:s v="2019Q2"/>
         <x:s v="2019Q3"/>
         <x:s v="2019Q4"/>
         <x:s v="2020Q1"/>
         <x:s v="2020Q2"/>
         <x:s v="2020Q3"/>
         <x:s v="2020Q4"/>
         <x:s v="2021Q1"/>
         <x:s v="2021Q2"/>
         <x:s v="2021Q3"/>
         <x:s v="2021Q4"/>
         <x:s v="2022Q1"/>
         <x:s v="2022Q2"/>
         <x:s v="2022Q3"/>
         <x:s v="2022Q4"/>
         <x:s v="2023Q1"/>
         <x:s v="2023Q2"/>
         <x:s v="2023Q3"/>
         <x:s v="2023Q4"/>
         <x:s v="2024Q1"/>
         <x:s v="2024Q2"/>
         <x:s v="2024Q3"/>
         <x:s v="2024Q4"/>
         <x:s v="2025Q1"/>
+        <x:s v="2025Q2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="1">
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="State">
       <x:sharedItems count="1">
         <x:s v="State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="%"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="23.6" maxValue="123.4" count="95">
-[...94 lines deleted...]
-        <x:n v="34.9"/>
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="23.64692216" maxValue="123.355173" count="102">
+        <x:n v="45.21168007"/>
+        <x:n v="42.96925777"/>
+        <x:n v="39.53933419"/>
+        <x:n v="36.41263723"/>
+        <x:n v="34.29633474"/>
+        <x:n v="32.70408382"/>
+        <x:n v="32.93798036"/>
+        <x:n v="33.57790861"/>
+        <x:n v="32.75322175"/>
+        <x:n v="32.64818985"/>
+        <x:n v="32.4592641"/>
+        <x:n v="30.88944756"/>
+        <x:n v="30.51147379"/>
+        <x:n v="31.38319417"/>
+        <x:n v="31.17924037"/>
+        <x:n v="29.83234291"/>
+        <x:n v="30.31019358"/>
+        <x:n v="30.94271479"/>
+        <x:n v="29.76874085"/>
+        <x:n v="28.1031614"/>
+        <x:n v="28.27930782"/>
+        <x:n v="28.48809955"/>
+        <x:n v="27.73222231"/>
+        <x:n v="26.05944096"/>
+        <x:n v="26.60301114"/>
+        <x:n v="26.2291889"/>
+        <x:n v="25.03768135"/>
+        <x:n v="23.65341706"/>
+        <x:n v="23.86255927"/>
+        <x:n v="23.64692216"/>
+        <x:n v="27.5146402"/>
+        <x:n v="23.94841614"/>
+        <x:n v="26.37950855"/>
+        <x:n v="31.03769594"/>
+        <x:n v="37.09600109"/>
+        <x:n v="42.5137359"/>
+        <x:n v="49.07054885"/>
+        <x:n v="56.78158625"/>
+        <x:n v="59.37776949"/>
+        <x:n v="61.76450289"/>
+        <x:n v="74.10812064"/>
+        <x:n v="74.39562052"/>
+        <x:n v="83.61979092"/>
+        <x:n v="86.23175018"/>
+        <x:n v="92.58657414"/>
+        <x:n v="93.14574408"/>
+        <x:n v="109.4257407"/>
+        <x:n v="109.5907819"/>
+        <x:n v="111.6547513"/>
+        <x:n v="114.2129687"/>
+        <x:n v="119.6521905"/>
+        <x:n v="118.911075"/>
+        <x:n v="123.355173"/>
+        <x:n v="122.9379501"/>
+        <x:n v="121.1385171"/>
+        <x:n v="117.6757134"/>
+        <x:n v="114.999318"/>
+        <x:n v="109.4722923"/>
+        <x:n v="106.6370795"/>
+        <x:n v="101.3874231"/>
+        <x:n v="93.30551181"/>
+        <x:n v="87.15905423"/>
+        <x:n v="80.71562726"/>
+        <x:n v="74.03145772"/>
+        <x:n v="75.98558155"/>
+        <x:n v="73.62397512"/>
+        <x:n v="74.39429258"/>
+        <x:n v="72.68319749"/>
+        <x:n v="73.74216922"/>
+        <x:n v="72.70975564"/>
+        <x:n v="70.17396708"/>
+        <x:n v="65.22184677"/>
+        <x:n v="66.25364052"/>
+        <x:n v="65.95879279"/>
+        <x:n v="65.03424117"/>
+        <x:n v="61.33808364"/>
+        <x:n v="62.97142344"/>
+        <x:n v="61.49470174"/>
+        <x:n v="59.92059826"/>
+        <x:n v="55.78956686"/>
+        <x:n v="57.29271379"/>
+        <x:n v="60.57278996"/>
+        <x:n v="59.66287838"/>
+        <x:n v="56.89721522"/>
+        <x:n v="58.41093037"/>
+        <x:n v="56.58333852"/>
+        <x:n v="54.77247234"/>
+        <x:n v="52.44387775"/>
+        <x:n v="50.48396959"/>
+        <x:n v="48.77739804"/>
+        <x:n v="46.79866192"/>
+        <x:n v="42.94259623"/>
+        <x:n v="41.96184618"/>
+        <x:n v="41.54744183"/>
+        <x:n v="41.75213583"/>
+        <x:n v="41.75090066"/>
+        <x:n v="40.73581036"/>
+        <x:n v="40.50880906"/>
+        <x:n v="39.95259188"/>
+        <x:n v="38.26976184"/>
+        <x:n v="34.54048664"/>
+        <x:n v="33.34454241"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>