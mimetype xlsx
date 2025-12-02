--- v0 (2025-10-04)
+++ v1 (2025-12-02)
@@ -1,102 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aa13cb82eeb421c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/35209182459648cd9f641880e4ba3e95.psmdcp" Id="R2ae38081273648b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bec0f9a97e34758" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/14e6cc914c714e8fb6bb15fab1fb3104.psmdcp" Id="R0c41a3bcf68b419b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>GFQ10</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>General Government Surplus/Deficit ESA2010</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/18/2025 11:00:00 AM</x:t>
+    <x:t>21/10/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
+    <x:t>21 October 2025 - This release contains a downward revision to the overall General Government Balance (GGB) levels. As part of our ongoing quality and assurance processes, two areas have been identified for revision. A review of capital expenditure data sources identified that the level of Gross Fixed Capital Formation (P.51g) expenditure was underreported for the years 2022 to 2024. On the revenue side, a review of the compilation of current transfer receipts established an overstatement in the recording of Miscellaneous Current Transfers (D.75r) across the same period. The overall impact of these changes is a downward revision to the General Government surplus / deficit (B.9) for these years.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/GFQ10/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>GFS</x:t>
   </x:si>
   <x:si>
     <x:t>Government Finance Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Paul McElvaney</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>gfs@cso.ie</x:t>
@@ -777,50 +780,56 @@
     <x:t>2024Q1</x:t>
   </x:si>
   <x:si>
     <x:t>20242</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q2</x:t>
   </x:si>
   <x:si>
     <x:t>20243</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q3</x:t>
   </x:si>
   <x:si>
     <x:t>20244</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q4</x:t>
   </x:si>
   <x:si>
     <x:t>20251</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025Q2</x:t>
   </x:si>
   <x:si>
     <x:t>GFQ10C02</x:t>
   </x:si>
   <x:si>
     <x:t>General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)</x:t>
   </x:si>
   <x:si>
     <x:t>%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -967,960 +976,313 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...903 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="102">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="102">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H203" totalsRowShown="0">
-  <x:autoFilter ref="A1:H203"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H205" totalsRowShown="0">
+  <x:autoFilter ref="A1:H205"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="State"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -2184,51 +1546,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/GFQ10/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2240,5536 +1602,5590 @@
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="B13" s="4"/>
+      <x:c r="B13" s="4" t="s">
+        <x:v>10</x:v>
+      </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="5" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="2"/>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B20" s="2"/>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="3" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="2"/>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="3" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B28" s="5" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B30" s="2"/>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="2"/>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H203"/>
+  <x:dimension ref="A1:H205"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="71.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="7.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
-    <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
+    <x:col min="8" max="8" width="12.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G1" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H1" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:8">
       <x:c r="A2" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G2" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H2" s="0">
         <x:v>1184</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H3" s="0">
         <x:v>2953</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H4" s="0">
         <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H5" s="0">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H6" s="0">
         <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H7" s="0">
         <x:v>1940</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H8" s="0">
         <x:v>-441</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H9" s="0">
         <x:v>-1115</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H10" s="0">
         <x:v>-551</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H11" s="0">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H12" s="0">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H13" s="0">
         <x:v>-569</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H14" s="0">
         <x:v>-287</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H15" s="0">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H16" s="0">
         <x:v>-359</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H17" s="0">
         <x:v>845</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H18" s="0">
         <x:v>799</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H19" s="0">
         <x:v>714</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H20" s="0">
         <x:v>-521</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H21" s="0">
         <x:v>1037</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H22" s="0">
         <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H23" s="0">
         <x:v>-255</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H24" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H25" s="0">
         <x:v>2064</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H26" s="0">
         <x:v>1928</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H27" s="0">
         <x:v>-424</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H28" s="0">
         <x:v>-543</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H29" s="0">
         <x:v>4171</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H30" s="0">
         <x:v>1433</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H31" s="0">
         <x:v>-1593</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H32" s="0">
         <x:v>-2150</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H33" s="0">
         <x:v>2838</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H34" s="0">
         <x:v>-1817</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H35" s="0">
         <x:v>-4565</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H36" s="0">
         <x:v>-4276</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H37" s="0">
         <x:v>-2509</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H38" s="0">
         <x:v>-4916</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H39" s="0">
         <x:v>-8038</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H40" s="0">
         <x:v>-6619</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H41" s="0">
         <x:v>-3943</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H42" s="0">
         <x:v>-16526</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H43" s="0">
         <x:v>-6318</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H44" s="0">
         <x:v>-13611</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H45" s="0">
         <x:v>-17309</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H46" s="0">
         <x:v>-4429</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H47" s="0">
         <x:v>-3938</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H48" s="0">
         <x:v>-11392</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H49" s="0">
         <x:v>-3561</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H50" s="0">
         <x:v>-4728</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H51" s="0">
         <x:v>-4023</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H52" s="0">
         <x:v>-3428</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H53" s="0">
         <x:v>-2686</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H54" s="0">
         <x:v>-4057</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H55" s="0">
         <x:v>-1892</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H56" s="0">
         <x:v>-3027</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H57" s="0">
         <x:v>-2505</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H58" s="0">
         <x:v>-2770</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H59" s="0">
         <x:v>-1416</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H60" s="0">
         <x:v>-2056</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H61" s="0">
         <x:v>-814</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H62" s="0">
         <x:v>-2253</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H63" s="0">
         <x:v>-540</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H64" s="0">
         <x:v>-1391</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H65" s="0">
         <x:v>-1189</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H66" s="0">
         <x:v>-1765</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H67" s="0">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H68" s="0">
         <x:v>-1747</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H69" s="0">
         <x:v>1213</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H70" s="0">
         <x:v>-1079</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H71" s="0">
         <x:v>-112</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H72" s="0">
         <x:v>-1896</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H73" s="0">
         <x:v>2170</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H74" s="0">
         <x:v>-1709</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H75" s="0">
         <x:v>-178</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H76" s="0">
         <x:v>-1594</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H77" s="0">
         <x:v>3784</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H78" s="0">
         <x:v>-1988</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H79" s="0">
         <x:v>844</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H80" s="0">
         <x:v>-1098</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H81" s="0">
         <x:v>3720</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H82" s="0">
         <x:v>-3612</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H83" s="0">
         <x:v>-6397</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H84" s="0">
         <x:v>-6703</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H85" s="0">
-        <x:v>-1870</x:v>
+        <x:v>-1871</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H86" s="0">
-        <x:v>-5993</x:v>
+        <x:v>-5989</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H87" s="0">
-        <x:v>-2430</x:v>
+        <x:v>-2200</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H88" s="0">
-        <x:v>-2550</x:v>
+        <x:v>-2549</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H89" s="0">
-        <x:v>4842</x:v>
+        <x:v>4875</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H90" s="0">
-        <x:v>-248</x:v>
+        <x:v>-350</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H91" s="0">
-        <x:v>1667</x:v>
+        <x:v>1537</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H92" s="0">
-        <x:v>1934</x:v>
+        <x:v>1820</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H93" s="0">
-        <x:v>5332</x:v>
+        <x:v>5228</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H94" s="0">
-        <x:v>630</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H95" s="0">
-        <x:v>1567</x:v>
+        <x:v>1318</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H96" s="0">
-        <x:v>-134</x:v>
+        <x:v>-338</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H97" s="0">
-        <x:v>5937</x:v>
+        <x:v>5772</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H98" s="0">
-        <x:v>-664</x:v>
+        <x:v>-797</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H99" s="0">
-        <x:v>3055</x:v>
+        <x:v>2930</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H100" s="0">
-        <x:v>15463</x:v>
+        <x:v>15406</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H101" s="0">
-        <x:v>5140</x:v>
+        <x:v>5066</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H102" s="0">
-        <x:v>838</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C103" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="C103" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H103" s="0">
-        <x:v>4.6</x:v>
+        <x:v>2010</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H104" s="0">
-        <x:v>11</x:v>
+        <x:v>4.628050074</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="D105" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="D105" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E105" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H105" s="0">
-        <x:v>2.8</x:v>
+        <x:v>11.03025008</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="D106" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D106" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E106" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H106" s="0">
-        <x:v>1.3</x:v>
+        <x:v>2.797267997</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="D107" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="D107" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E107" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H107" s="0">
-        <x:v>2.6</x:v>
+        <x:v>1.265387801</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="D108" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="D108" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E108" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H108" s="0">
-        <x:v>6.4</x:v>
+        <x:v>2.64031337</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="D109" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="D109" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E109" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H109" s="0">
-        <x:v>-1.5</x:v>
+        <x:v>6.363346618</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="D110" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="D110" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E110" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H110" s="0">
-        <x:v>-3.5</x:v>
+        <x:v>-1.455765993</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="D111" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="D111" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E111" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H111" s="0">
-        <x:v>-1.7</x:v>
+        <x:v>-3.541936879</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="D112" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="D112" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E112" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H112" s="0">
-        <x:v>0.8</x:v>
+        <x:v>-1.68128162</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="D113" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="D113" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E113" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H113" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.763578129</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D114" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="D114" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E114" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H114" s="0">
-        <x:v>-1.6</x:v>
+        <x:v>0.45792032</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="D115" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D115" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E115" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H115" s="0">
-        <x:v>-0.8</x:v>
+        <x:v>-1.6083415</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="D116" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="D116" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E116" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H116" s="0">
-        <x:v>0.8</x:v>
+        <x:v>-0.818256928</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="D117" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="D117" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E117" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H117" s="0">
-        <x:v>-1</x:v>
+        <x:v>0.846703225</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="D118" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D118" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E118" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H118" s="0">
-        <x:v>2.2</x:v>
+        <x:v>-1.007819175</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="D119" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="D119" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E119" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H119" s="0">
-        <x:v>2.1</x:v>
+        <x:v>2.179968231</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D120" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="D120" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E120" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H120" s="0">
-        <x:v>1.8</x:v>
+        <x:v>2.101878229</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D121" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D121" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E121" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H121" s="0">
-        <x:v>-1.4</x:v>
+        <x:v>1.813879132</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D122" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="D122" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E122" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H122" s="0">
-        <x:v>2.6</x:v>
+        <x:v>-1.358729552</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="D123" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="D123" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E123" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H123" s="0">
-        <x:v>2</x:v>
+        <x:v>2.557627905</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="D124" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D124" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E124" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H124" s="0">
-        <x:v>-0.6</x:v>
+        <x:v>1.965530712</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="D125" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="D125" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E125" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H125" s="0">
-        <x:v>0.1</x:v>
+        <x:v>-0.596050606</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="D126" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="D126" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E126" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H126" s="0">
-        <x:v>4.7</x:v>
+        <x:v>0.134936505</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D127" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D127" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E127" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H127" s="0">
-        <x:v>4.3</x:v>
+        <x:v>4.657807497</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D128" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="D128" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E128" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H128" s="0">
-        <x:v>-0.9</x:v>
+        <x:v>4.25955629</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="D129" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="D129" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E129" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H129" s="0">
-        <x:v>-1.2</x:v>
+        <x:v>-0.922431972</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D130" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D130" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E130" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H130" s="0">
-        <x:v>8.8</x:v>
+        <x:v>-1.172852405</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="D131" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="D131" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E131" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H131" s="0">
-        <x:v>2.9</x:v>
+        <x:v>8.804720516</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="D132" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="D132" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E132" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H132" s="0">
-        <x:v>-3.2</x:v>
+        <x:v>2.887485025</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="D133" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D133" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E133" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H133" s="0">
-        <x:v>-4.5</x:v>
+        <x:v>-3.222404003</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="D134" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="D134" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E134" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H134" s="0">
-        <x:v>5.7</x:v>
+        <x:v>-4.46882915</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="D135" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="D135" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E135" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H135" s="0">
-        <x:v>-3.8</x:v>
+        <x:v>5.685816284</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="D136" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D136" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E136" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H136" s="0">
-        <x:v>-9.7</x:v>
+        <x:v>-3.770902331</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="D137" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="D137" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E137" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H137" s="0">
-        <x:v>-9.1</x:v>
+        <x:v>-9.676601645</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="D138" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="D138" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E138" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H138" s="0">
-        <x:v>-5.6</x:v>
+        <x:v>-9.122884551</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="D139" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D139" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E139" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H139" s="0">
-        <x:v>-11.3</x:v>
+        <x:v>-5.569041211</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D140" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="D140" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E140" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H140" s="0">
-        <x:v>-18.7</x:v>
+        <x:v>-11.33621033</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="D141" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="D141" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E141" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H141" s="0">
-        <x:v>-15.7</x:v>
+        <x:v>-18.66350232</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="D142" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D142" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E142" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H142" s="0">
-        <x:v>-9.6</x:v>
+        <x:v>-15.6973628</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="D143" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="D143" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E143" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H143" s="0">
-        <x:v>-39.7</x:v>
+        <x:v>-9.637096919</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="D144" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="D144" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E144" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H144" s="0">
-        <x:v>-15.2</x:v>
+        <x:v>-39.73348169</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="D145" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D145" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E145" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H145" s="0">
-        <x:v>-32.1</x:v>
+        <x:v>-15.17638807</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D146" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="D146" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E146" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H146" s="0">
-        <x:v>-41.6</x:v>
+        <x:v>-32.1168838</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="D147" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="D147" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E147" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H147" s="0">
-        <x:v>-10.4</x:v>
+        <x:v>-41.5543671</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="D148" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D148" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E148" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H148" s="0">
-        <x:v>-9</x:v>
+        <x:v>-10.38674529</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="D149" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="D149" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E149" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H149" s="0">
-        <x:v>-26</x:v>
+        <x:v>-9.01856353</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="D150" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="D150" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E150" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H150" s="0">
-        <x:v>-8.3</x:v>
+        <x:v>-26.04185201</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="D151" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D151" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E151" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H151" s="0">
-        <x:v>-10.9</x:v>
+        <x:v>-8.268822991</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="D152" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="D152" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E152" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H152" s="0">
-        <x:v>-9</x:v>
+        <x:v>-10.86360945</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="D153" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="D153" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E153" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H153" s="0">
-        <x:v>-7.7</x:v>
+        <x:v>-9.026664521</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="D154" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D154" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E154" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H154" s="0">
-        <x:v>-6.1</x:v>
+        <x:v>-7.665743449</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="D155" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="D155" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E155" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H155" s="0">
-        <x:v>-9.3</x:v>
+        <x:v>-6.130106447</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="D156" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="D156" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E156" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H156" s="0">
-        <x:v>-4.2</x:v>
+        <x:v>-9.256039197</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="D157" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D157" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E157" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H157" s="0">
-        <x:v>-6.4</x:v>
+        <x:v>-4.179520153</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="D158" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="D158" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E158" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H158" s="0">
-        <x:v>-5.4</x:v>
+        <x:v>-6.384399542</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="D159" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="D159" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E159" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H159" s="0">
-        <x:v>-5.8</x:v>
+        <x:v>-5.397172632</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="D160" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D160" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E160" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H160" s="0">
-        <x:v>-2.9</x:v>
+        <x:v>-5.784511541</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="D161" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="D161" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E161" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H161" s="0">
-        <x:v>-4</x:v>
+        <x:v>-2.851767068</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="D162" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="D162" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E162" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H162" s="0">
-        <x:v>-1.6</x:v>
+        <x:v>-4.005653047</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="D163" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D163" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E163" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H163" s="0">
-        <x:v>-3.4</x:v>
+        <x:v>-1.572668396</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="D164" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="D164" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E164" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H164" s="0">
-        <x:v>-0.8</x:v>
+        <x:v>-3.439745609</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="D165" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="D165" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E165" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H165" s="0">
-        <x:v>-2</x:v>
+        <x:v>-0.822510286</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="D166" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D166" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E166" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H166" s="0">
-        <x:v>-1.7</x:v>
+        <x:v>-2.004812805</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="D167" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="D167" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E167" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H167" s="0">
-        <x:v>-2.7</x:v>
+        <x:v>-1.655410952</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D168" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="D168" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E168" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H168" s="0">
-        <x:v>0.3</x:v>
+        <x:v>-2.683778181</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="D169" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="D169" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E169" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H169" s="0">
-        <x:v>-2.5</x:v>
+        <x:v>0.302822389</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="D170" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="D170" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E170" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H170" s="0">
-        <x:v>1.6</x:v>
+        <x:v>-2.519727864</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="D171" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="D171" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E171" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H171" s="0">
-        <x:v>-1.5</x:v>
+        <x:v>1.602033816</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="D172" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="D172" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E172" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H172" s="0">
-        <x:v>-0.2</x:v>
+        <x:v>-1.485276926</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="D173" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="D173" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E173" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H173" s="0">
-        <x:v>-2.4</x:v>
+        <x:v>-0.154251356</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="D174" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="D174" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E174" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H174" s="0">
-        <x:v>2.6</x:v>
+        <x:v>-2.389477088</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="D175" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="D175" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E175" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H175" s="0">
-        <x:v>-2.1</x:v>
+        <x:v>2.593996655</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="D176" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="D176" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E176" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H176" s="0">
-        <x:v>-0.2</x:v>
+        <x:v>-2.100311043</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="D177" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="D177" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E177" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H177" s="0">
-        <x:v>-1.9</x:v>
+        <x:v>-0.220971954</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="D178" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="D178" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E178" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H178" s="0">
-        <x:v>4.3</x:v>
+        <x:v>-1.857407402</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="D179" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="D179" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E179" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H179" s="0">
-        <x:v>-2.3</x:v>
+        <x:v>4.333443475</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="D180" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="D180" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E180" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H180" s="0">
-        <x:v>1</x:v>
+        <x:v>-2.280204282</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="D181" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="D181" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E181" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H181" s="0">
-        <x:v>-1.2</x:v>
+        <x:v>0.97219295</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="D182" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="D182" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E182" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H182" s="0">
-        <x:v>3.9</x:v>
+        <x:v>-1.171619594</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="D183" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="D183" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E183" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H183" s="0">
-        <x:v>-3.8</x:v>
+        <x:v>3.872336446</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="D184" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="D184" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E184" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H184" s="0">
-        <x:v>-7.4</x:v>
+        <x:v>-3.78290827</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="D185" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="D185" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E185" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H185" s="0">
-        <x:v>-6.6</x:v>
+        <x:v>-7.377342856</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="D186" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="D186" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E186" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H186" s="0">
-        <x:v>-1.9</x:v>
+        <x:v>-6.59370037</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="D187" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="D187" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E187" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H187" s="0">
-        <x:v>-5.6</x:v>
+        <x:v>-1.911755035</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="D188" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="D188" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E188" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H188" s="0">
-        <x:v>-2.3</x:v>
+        <x:v>-5.596857361</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="D189" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="D189" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E189" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H189" s="0">
-        <x:v>-2.2</x:v>
+        <x:v>-2.063482085</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="D190" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="D190" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E190" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H190" s="0">
-        <x:v>4.2</x:v>
+        <x:v>-2.149950202</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="D191" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="D191" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E191" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H191" s="0">
-        <x:v>-0.2</x:v>
+        <x:v>4.193113363</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="D192" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="D192" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E192" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H192" s="0">
-        <x:v>1.3</x:v>
+        <x:v>-0.285563734</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="D193" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="D193" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E193" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H193" s="0">
-        <x:v>1.4</x:v>
+        <x:v>1.221755832</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="D194" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="D194" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E194" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H194" s="0">
-        <x:v>4</x:v>
+        <x:v>1.320005717</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="D195" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="D195" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E195" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H195" s="0">
-        <x:v>0.5</x:v>
+        <x:v>3.886458676</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="D196" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="D196" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E196" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H196" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.308373256</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="D197" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="D197" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E197" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H197" s="0">
-        <x:v>-0.1</x:v>
+        <x:v>1.016188571</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="D198" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="D198" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E198" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H198" s="0">
-        <x:v>4.6</x:v>
+        <x:v>-0.252267783</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="D199" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="D199" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E199" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H199" s="0">
-        <x:v>-0.5</x:v>
+        <x:v>4.476227899</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="D200" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="D200" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E200" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H200" s="0">
-        <x:v>2.3</x:v>
+        <x:v>-0.599344329</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="D201" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="D201" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E201" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H201" s="0">
-        <x:v>10.8</x:v>
+        <x:v>2.167342955</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="D202" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="D202" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E202" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H202" s="0">
-        <x:v>3.4</x:v>
+        <x:v>10.74015466</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="0" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="B203" s="0" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="C203" s="0" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="D203" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="E203" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F203" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="G203" s="0" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="H203" s="0">
+        <x:v>3.349700462</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="204" spans="1:8">
+      <x:c r="A204" s="0" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="B204" s="0" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="C204" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="D204" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="B203" s="0" t="s">
+      <x:c r="E204" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F204" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="G204" s="0" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="H204" s="0">
+        <x:v>0.31144479</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="205" spans="1:8">
+      <x:c r="A205" s="0" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="B205" s="0" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="C205" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="C203" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="G203" s="0" t="s">
+      <x:c r="D205" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="H203" s="0">
-        <x:v>0.5</x:v>
+      <x:c r="E205" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F205" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="G205" s="0" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="H205" s="0">
+        <x:v>1.258881656</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -7786,67 +7202,67 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H203" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="GFQ10C01"/>
         <x:s v="GFQ10C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
         <x:s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
-      <x:sharedItems count="101">
+      <x:sharedItems count="102">
         <x:s v="20001"/>
         <x:s v="20002"/>
         <x:s v="20003"/>
         <x:s v="20004"/>
         <x:s v="20011"/>
         <x:s v="20012"/>
         <x:s v="20013"/>
         <x:s v="20014"/>
         <x:s v="20021"/>
         <x:s v="20022"/>
         <x:s v="20023"/>
         <x:s v="20024"/>
         <x:s v="20031"/>
         <x:s v="20032"/>
         <x:s v="20033"/>
         <x:s v="20034"/>
         <x:s v="20041"/>
         <x:s v="20042"/>
         <x:s v="20043"/>
         <x:s v="20044"/>
         <x:s v="20051"/>
         <x:s v="20052"/>
         <x:s v="20053"/>
         <x:s v="20054"/>
         <x:s v="20061"/>
@@ -7904,54 +7320,55 @@
         <x:s v="20191"/>
         <x:s v="20192"/>
         <x:s v="20193"/>
         <x:s v="20194"/>
         <x:s v="20201"/>
         <x:s v="20202"/>
         <x:s v="20203"/>
         <x:s v="20204"/>
         <x:s v="20211"/>
         <x:s v="20212"/>
         <x:s v="20213"/>
         <x:s v="20214"/>
         <x:s v="20221"/>
         <x:s v="20222"/>
         <x:s v="20223"/>
         <x:s v="20224"/>
         <x:s v="20231"/>
         <x:s v="20232"/>
         <x:s v="20233"/>
         <x:s v="20234"/>
         <x:s v="20241"/>
         <x:s v="20242"/>
         <x:s v="20243"/>
         <x:s v="20244"/>
         <x:s v="20251"/>
+        <x:s v="20252"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Quarter">
-      <x:sharedItems count="101">
+      <x:sharedItems count="102">
         <x:s v="2000Q1"/>
         <x:s v="2000Q2"/>
         <x:s v="2000Q3"/>
         <x:s v="2000Q4"/>
         <x:s v="2001Q1"/>
         <x:s v="2001Q2"/>
         <x:s v="2001Q3"/>
         <x:s v="2001Q4"/>
         <x:s v="2002Q1"/>
         <x:s v="2002Q2"/>
         <x:s v="2002Q3"/>
         <x:s v="2002Q4"/>
         <x:s v="2003Q1"/>
         <x:s v="2003Q2"/>
         <x:s v="2003Q3"/>
         <x:s v="2003Q4"/>
         <x:s v="2004Q1"/>
         <x:s v="2004Q2"/>
         <x:s v="2004Q3"/>
         <x:s v="2004Q4"/>
         <x:s v="2005Q1"/>
         <x:s v="2005Q2"/>
         <x:s v="2005Q3"/>
         <x:s v="2005Q4"/>
         <x:s v="2006Q1"/>
@@ -8009,70 +7426,71 @@
         <x:s v="2019Q1"/>
         <x:s v="2019Q2"/>
         <x:s v="2019Q3"/>
         <x:s v="2019Q4"/>
         <x:s v="2020Q1"/>
         <x:s v="2020Q2"/>
         <x:s v="2020Q3"/>
         <x:s v="2020Q4"/>
         <x:s v="2021Q1"/>
         <x:s v="2021Q2"/>
         <x:s v="2021Q3"/>
         <x:s v="2021Q4"/>
         <x:s v="2022Q1"/>
         <x:s v="2022Q2"/>
         <x:s v="2022Q3"/>
         <x:s v="2022Q4"/>
         <x:s v="2023Q1"/>
         <x:s v="2023Q2"/>
         <x:s v="2023Q3"/>
         <x:s v="2023Q4"/>
         <x:s v="2024Q1"/>
         <x:s v="2024Q2"/>
         <x:s v="2024Q3"/>
         <x:s v="2024Q4"/>
         <x:s v="2025Q1"/>
+        <x:s v="2025Q2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="1">
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="State">
       <x:sharedItems count="1">
         <x:s v="State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="2">
         <x:s v="Euro Million"/>
         <x:s v="%"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="-17309" maxValue="15463" count="182">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="-17309" maxValue="15406" count="204">
         <x:n v="1184"/>
         <x:n v="2953"/>
         <x:n v="767"/>
         <x:n v="363"/>
         <x:n v="787"/>
         <x:n v="1940"/>
         <x:n v="-441"/>
         <x:n v="-1115"/>
         <x:n v="-551"/>
         <x:n v="257"/>
         <x:n v="156"/>
         <x:n v="-569"/>
         <x:n v="-287"/>
         <x:n v="306"/>
         <x:n v="-359"/>
         <x:n v="845"/>
         <x:n v="799"/>
         <x:n v="714"/>
         <x:n v="-521"/>
         <x:n v="1037"/>
         <x:n v="808"/>
         <x:n v="-255"/>
         <x:n v="57"/>
         <x:n v="2064"/>
         <x:n v="1928"/>
@@ -8112,133 +7530,2196 @@
         <x:n v="-2056"/>
         <x:n v="-814"/>
         <x:n v="-2253"/>
         <x:n v="-540"/>
         <x:n v="-1391"/>
         <x:n v="-1189"/>
         <x:n v="-1765"/>
         <x:n v="197"/>
         <x:n v="-1747"/>
         <x:n v="1213"/>
         <x:n v="-1079"/>
         <x:n v="-112"/>
         <x:n v="-1896"/>
         <x:n v="2170"/>
         <x:n v="-1709"/>
         <x:n v="-178"/>
         <x:n v="-1594"/>
         <x:n v="3784"/>
         <x:n v="-1988"/>
         <x:n v="844"/>
         <x:n v="-1098"/>
         <x:n v="3720"/>
         <x:n v="-3612"/>
         <x:n v="-6397"/>
         <x:n v="-6703"/>
-        <x:n v="-1870"/>
-[...97 lines deleted...]
-        <x:n v="3.4"/>
+        <x:n v="-1871"/>
+        <x:n v="-5989"/>
+        <x:n v="-2200"/>
+        <x:n v="-2549"/>
+        <x:n v="4875"/>
+        <x:n v="-350"/>
+        <x:n v="1537"/>
+        <x:n v="1820"/>
+        <x:n v="5228"/>
+        <x:n v="407"/>
+        <x:n v="1318"/>
+        <x:n v="-338"/>
+        <x:n v="5772"/>
+        <x:n v="-797"/>
+        <x:n v="2930"/>
+        <x:n v="15406"/>
+        <x:n v="5066"/>
+        <x:n v="521"/>
+        <x:n v="2010"/>
+        <x:n v="4.628050074"/>
+        <x:n v="11.03025008"/>
+        <x:n v="2.797267997"/>
+        <x:n v="1.265387801"/>
+        <x:n v="2.64031337"/>
+        <x:n v="6.363346618"/>
+        <x:n v="-1.455765993"/>
+        <x:n v="-3.541936879"/>
+        <x:n v="-1.68128162"/>
+        <x:n v="0.763578129"/>
+        <x:n v="0.45792032"/>
+        <x:n v="-1.6083415"/>
+        <x:n v="-0.818256928"/>
+        <x:n v="0.846703225"/>
+        <x:n v="-1.007819175"/>
+        <x:n v="2.179968231"/>
+        <x:n v="2.101878229"/>
+        <x:n v="1.813879132"/>
+        <x:n v="-1.358729552"/>
+        <x:n v="2.557627905"/>
+        <x:n v="1.965530712"/>
+        <x:n v="-0.596050606"/>
+        <x:n v="0.134936505"/>
+        <x:n v="4.657807497"/>
+        <x:n v="4.25955629"/>
+        <x:n v="-0.922431972"/>
+        <x:n v="-1.172852405"/>
+        <x:n v="8.804720516"/>
+        <x:n v="2.887485025"/>
+        <x:n v="-3.222404003"/>
+        <x:n v="-4.46882915"/>
+        <x:n v="5.685816284"/>
+        <x:n v="-3.770902331"/>
+        <x:n v="-9.676601645"/>
+        <x:n v="-9.122884551"/>
+        <x:n v="-5.569041211"/>
+        <x:n v="-11.33621033"/>
+        <x:n v="-18.66350232"/>
+        <x:n v="-15.6973628"/>
+        <x:n v="-9.637096919"/>
+        <x:n v="-39.73348169"/>
+        <x:n v="-15.17638807"/>
+        <x:n v="-32.1168838"/>
+        <x:n v="-41.5543671"/>
+        <x:n v="-10.38674529"/>
+        <x:n v="-9.01856353"/>
+        <x:n v="-26.04185201"/>
+        <x:n v="-8.268822991"/>
+        <x:n v="-10.86360945"/>
+        <x:n v="-9.026664521"/>
+        <x:n v="-7.665743449"/>
+        <x:n v="-6.130106447"/>
+        <x:n v="-9.256039197"/>
+        <x:n v="-4.179520153"/>
+        <x:n v="-6.384399542"/>
+        <x:n v="-5.397172632"/>
+        <x:n v="-5.784511541"/>
+        <x:n v="-2.851767068"/>
+        <x:n v="-4.005653047"/>
+        <x:n v="-1.572668396"/>
+        <x:n v="-3.439745609"/>
+        <x:n v="-0.822510286"/>
+        <x:n v="-2.004812805"/>
+        <x:n v="-1.655410952"/>
+        <x:n v="-2.683778181"/>
+        <x:n v="0.302822389"/>
+        <x:n v="-2.519727864"/>
+        <x:n v="1.602033816"/>
+        <x:n v="-1.485276926"/>
+        <x:n v="-0.154251356"/>
+        <x:n v="-2.389477088"/>
+        <x:n v="2.593996655"/>
+        <x:n v="-2.100311043"/>
+        <x:n v="-0.220971954"/>
+        <x:n v="-1.857407402"/>
+        <x:n v="4.333443475"/>
+        <x:n v="-2.280204282"/>
+        <x:n v="0.97219295"/>
+        <x:n v="-1.171619594"/>
+        <x:n v="3.872336446"/>
+        <x:n v="-3.78290827"/>
+        <x:n v="-7.377342856"/>
+        <x:n v="-6.59370037"/>
+        <x:n v="-1.911755035"/>
+        <x:n v="-5.596857361"/>
+        <x:n v="-2.063482085"/>
+        <x:n v="-2.149950202"/>
+        <x:n v="4.193113363"/>
+        <x:n v="-0.285563734"/>
+        <x:n v="1.221755832"/>
+        <x:n v="1.320005717"/>
+        <x:n v="3.886458676"/>
+        <x:n v="0.308373256"/>
+        <x:n v="1.016188571"/>
+        <x:n v="-0.252267783"/>
+        <x:n v="4.476227899"/>
+        <x:n v="-0.599344329"/>
+        <x:n v="2.167342955"/>
+        <x:n v="10.74015466"/>
+        <x:n v="3.349700462"/>
+        <x:n v="0.31144479"/>
+        <x:n v="1.258881656"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="2953"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-441"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1115"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-551"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-569"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-287"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-359"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-521"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-255"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-424"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-543"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="4171"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1593"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-2150"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="2838"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1817"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-4565"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-4276"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-2509"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-4916"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-8038"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-6619"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-3943"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-16526"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-6318"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-13611"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-17309"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-4429"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-3938"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-11392"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-3561"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-4728"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-4023"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-3428"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-2686"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-4057"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1892"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-3027"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-2505"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-2770"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1416"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-2056"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-814"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-2253"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-540"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1391"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1189"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1765"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1747"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1079"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-112"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1896"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="2170"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1709"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-178"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1594"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="3784"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1988"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1098"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="3720"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-3612"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-6397"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-6703"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-1871"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-5989"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-2200"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-2549"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="4875"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-350"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1820"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="5228"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-338"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="5772"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="-797"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="2930"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="15406"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="5066"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.628050074"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="11.03025008"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="2.797267997"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="1.265387801"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="2.64031337"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="6.363346618"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-1.455765993"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-3.541936879"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-1.68128162"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="0.763578129"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="0.45792032"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-1.6083415"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-0.818256928"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="0.846703225"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-1.007819175"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="2.179968231"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="2.101878229"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="1.813879132"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-1.358729552"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="2.557627905"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="1.965530712"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-0.596050606"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="0.134936505"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.657807497"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.25955629"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-0.922431972"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-1.172852405"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="8.804720516"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="2.887485025"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-3.222404003"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-4.46882915"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="5.685816284"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-3.770902331"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-9.676601645"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-9.122884551"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-5.569041211"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-11.33621033"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-18.66350232"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-15.6973628"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-9.637096919"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-39.73348169"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-15.17638807"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-32.1168838"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-41.5543671"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-10.38674529"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-9.01856353"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-26.04185201"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-8.268822991"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-10.86360945"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-9.026664521"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-7.665743449"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-6.130106447"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-9.256039197"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-4.179520153"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-6.384399542"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-5.397172632"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-5.784511541"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-2.851767068"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-4.005653047"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-1.572668396"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-3.439745609"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-0.822510286"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-2.004812805"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-1.655410952"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-2.683778181"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="0.302822389"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-2.519727864"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="1.602033816"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-1.485276926"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-0.154251356"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-2.389477088"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="2.593996655"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-2.100311043"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-0.220971954"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-1.857407402"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.333443475"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-2.280204282"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="0.97219295"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-1.171619594"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="3.872336446"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-3.78290827"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-7.377342856"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-6.59370037"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-1.911755035"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-5.596857361"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-2.063482085"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-2.149950202"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.193113363"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-0.285563734"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="1.221755832"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="1.320005717"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="3.886458676"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="0.308373256"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="1.016188571"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-0.252267783"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="4.476227899"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="-0.599344329"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="2.167342955"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="10.74015466"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="3.349700462"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="0.31144479"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="1.258881656"/>
+  </r>
+</pivotCacheRecords>
 </file>