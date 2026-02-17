--- v1 (2025-12-02)
+++ v2 (2026-02-17)
@@ -1,105 +1,102 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bec0f9a97e34758" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/14e6cc914c714e8fb6bb15fab1fb3104.psmdcp" Id="R0c41a3bcf68b419b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c4a8b03a7fc4bf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1dd77f4ac4e649a6bb730422066d8410.psmdcp" Id="Rba848bdec525490f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>GFQ10</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>General Government Surplus/Deficit ESA2010</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>21/10/2025 11:00:00</x:t>
+    <x:t>21/01/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
-    <x:t>21 October 2025 - This release contains a downward revision to the overall General Government Balance (GGB) levels. As part of our ongoing quality and assurance processes, two areas have been identified for revision. A review of capital expenditure data sources identified that the level of Gross Fixed Capital Formation (P.51g) expenditure was underreported for the years 2022 to 2024. On the revenue side, a review of the compilation of current transfer receipts established an overstatement in the recording of Miscellaneous Current Transfers (D.75r) across the same period. The overall impact of these changes is a downward revision to the General Government surplus / deficit (B.9) for these years.</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/GFQ10/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>GFS</x:t>
   </x:si>
   <x:si>
     <x:t>Government Finance Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Paul McElvaney</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>gfs@cso.ie</x:t>
@@ -786,50 +783,56 @@
     <x:t>2024Q2</x:t>
   </x:si>
   <x:si>
     <x:t>20243</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q3</x:t>
   </x:si>
   <x:si>
     <x:t>20244</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q4</x:t>
   </x:si>
   <x:si>
     <x:t>20251</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q1</x:t>
   </x:si>
   <x:si>
     <x:t>20252</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025Q3</x:t>
   </x:si>
   <x:si>
     <x:t>GFQ10C02</x:t>
   </x:si>
   <x:si>
     <x:t>General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)</x:t>
   </x:si>
   <x:si>
     <x:t>%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -992,51 +995,51 @@
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
   <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
   <pivotFields count="8">
     <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="2">
         <item x="0"/>
         <item x="1"/>
       </items>
     </pivotField>
     <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="2">
         <item x="0"/>
         <item x="1"/>
       </items>
     </pivotField>
     <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="102">
+      <items count="103">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
@@ -1095,54 +1098,55 @@
         <item x="77"/>
         <item x="78"/>
         <item x="79"/>
         <item x="80"/>
         <item x="81"/>
         <item x="82"/>
         <item x="83"/>
         <item x="84"/>
         <item x="85"/>
         <item x="86"/>
         <item x="87"/>
         <item x="88"/>
         <item x="89"/>
         <item x="90"/>
         <item x="91"/>
         <item x="92"/>
         <item x="93"/>
         <item x="94"/>
         <item x="95"/>
         <item x="96"/>
         <item x="97"/>
         <item x="98"/>
         <item x="99"/>
         <item x="100"/>
         <item x="101"/>
+        <item x="102"/>
       </items>
     </pivotField>
     <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="102">
+      <items count="103">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
@@ -1201,88 +1205,89 @@
         <item x="77"/>
         <item x="78"/>
         <item x="79"/>
         <item x="80"/>
         <item x="81"/>
         <item x="82"/>
         <item x="83"/>
         <item x="84"/>
         <item x="85"/>
         <item x="86"/>
         <item x="87"/>
         <item x="88"/>
         <item x="89"/>
         <item x="90"/>
         <item x="91"/>
         <item x="92"/>
         <item x="93"/>
         <item x="94"/>
         <item x="95"/>
         <item x="96"/>
         <item x="97"/>
         <item x="98"/>
         <item x="99"/>
         <item x="100"/>
         <item x="101"/>
+        <item x="102"/>
       </items>
     </pivotField>
     <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
   </pivotFields>
   <rowFields count="6">
     <field x="0"/>
     <field x="1"/>
     <field x="2"/>
     <field x="3"/>
     <field x="4"/>
     <field x="5"/>
   </rowFields>
   <dataFields count="1">
     <dataField name="VALUE" fld="7"/>
   </dataFields>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H205" totalsRowShown="0">
-  <x:autoFilter ref="A1:H205"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H207" totalsRowShown="0">
+  <x:autoFilter ref="A1:H207"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="State"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1602,5575 +1607,5625 @@
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="B13" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="B13" s="4"/>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B14" s="5" t="s">
         <x:v>11</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B16" s="2"/>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="B20" s="2"/>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="s">
         <x:v>18</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="3" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
         <x:v>20</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="2"/>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="3" t="s">
-        <x:v>11</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B28" s="5" t="s">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B30" s="2"/>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B32" s="0" t="s">
         <x:v>29</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B37" s="2"/>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="3" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B38" s="0" t="s">
         <x:v>35</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H205"/>
+  <x:dimension ref="A1:H207"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="71.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="7.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="12.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="B1" s="0" t="s">
+      <x:c r="C1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="C1" s="0" t="s">
+      <x:c r="D1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="D1" s="0" t="s">
+      <x:c r="E1" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="E1" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F1" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="G1" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="G1" s="0" t="s">
+      <x:c r="H1" s="0" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:8">
       <x:c r="A2" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C2" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="C2" s="0" t="s">
+      <x:c r="D2" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="D2" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E2" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G2" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H2" s="0">
         <x:v>1184</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="D3" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="D3" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E3" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H3" s="0">
         <x:v>2953</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="D4" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="D4" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E4" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H4" s="0">
         <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D5" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="D5" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E5" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H5" s="0">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="D6" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E6" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H6" s="0">
         <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="D7" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="D7" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H7" s="0">
         <x:v>1940</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D8" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="D8" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H8" s="0">
         <x:v>-441</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="D9" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="D9" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E9" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H9" s="0">
         <x:v>-1115</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="D10" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E10" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H10" s="0">
         <x:v>-551</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="D11" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="D11" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E11" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H11" s="0">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D12" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="D12" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E12" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H12" s="0">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="D13" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="D13" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E13" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H13" s="0">
         <x:v>-569</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D14" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="D14" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E14" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H14" s="0">
         <x:v>-287</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="D15" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E15" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H15" s="0">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="D16" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E16" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H16" s="0">
         <x:v>-359</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="D17" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="D17" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E17" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H17" s="0">
         <x:v>845</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="D18" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="D18" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E18" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H18" s="0">
         <x:v>799</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D19" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="D19" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H19" s="0">
         <x:v>714</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D20" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="D20" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H20" s="0">
         <x:v>-521</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="D21" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H21" s="0">
         <x:v>1037</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="D22" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E22" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H22" s="0">
         <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="D23" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="D23" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H23" s="0">
         <x:v>-255</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="D24" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="D24" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E24" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H24" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="D25" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="D25" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H25" s="0">
         <x:v>2064</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D26" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="D26" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E26" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H26" s="0">
         <x:v>1928</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="D27" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="D27" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H27" s="0">
         <x:v>-424</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D28" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="D28" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E28" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H28" s="0">
         <x:v>-543</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D29" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="D29" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H29" s="0">
         <x:v>4171</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="D30" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="D30" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E30" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H30" s="0">
         <x:v>1433</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="D31" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="D31" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E31" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H31" s="0">
         <x:v>-1593</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D32" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="D32" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E32" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H32" s="0">
         <x:v>-2150</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="D33" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="D33" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E33" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H33" s="0">
         <x:v>2838</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D34" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="D34" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E34" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H34" s="0">
         <x:v>-1817</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="D35" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="D35" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E35" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H35" s="0">
         <x:v>-4565</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="D36" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="D36" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E36" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H36" s="0">
         <x:v>-4276</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D37" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="D37" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E37" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H37" s="0">
         <x:v>-2509</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="D38" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="D38" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E38" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H38" s="0">
         <x:v>-4916</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="D39" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="D39" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E39" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H39" s="0">
         <x:v>-8038</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="D40" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="D40" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E40" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H40" s="0">
         <x:v>-6619</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="D41" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="D41" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H41" s="0">
         <x:v>-3943</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="D42" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="D42" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E42" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H42" s="0">
         <x:v>-16526</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D43" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="D43" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E43" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H43" s="0">
         <x:v>-6318</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="D44" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="D44" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E44" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H44" s="0">
         <x:v>-13611</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="D45" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="D45" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E45" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H45" s="0">
         <x:v>-17309</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="D46" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="D46" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E46" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H46" s="0">
         <x:v>-4429</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="D47" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="D47" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E47" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H47" s="0">
         <x:v>-3938</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="D48" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="D48" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E48" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H48" s="0">
         <x:v>-11392</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D49" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="D49" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H49" s="0">
         <x:v>-3561</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="D50" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="D50" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H50" s="0">
         <x:v>-4728</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="D51" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="D51" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H51" s="0">
         <x:v>-4023</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D52" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="D52" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E52" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H52" s="0">
         <x:v>-3428</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D53" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="D53" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E53" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H53" s="0">
         <x:v>-2686</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="D54" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="D54" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E54" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H54" s="0">
         <x:v>-4057</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="D55" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="D55" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H55" s="0">
         <x:v>-1892</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="D56" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="D56" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E56" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H56" s="0">
         <x:v>-3027</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="D57" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="D57" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H57" s="0">
         <x:v>-2505</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D58" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D58" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H58" s="0">
         <x:v>-2770</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="D59" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="D59" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H59" s="0">
         <x:v>-1416</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D60" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="D60" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H60" s="0">
         <x:v>-2056</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="D61" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="D61" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H61" s="0">
         <x:v>-814</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="D62" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="D62" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E62" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H62" s="0">
         <x:v>-2253</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="D63" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="D63" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E63" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H63" s="0">
         <x:v>-540</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D64" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="D64" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E64" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H64" s="0">
         <x:v>-1391</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="D65" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="D65" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E65" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H65" s="0">
         <x:v>-1189</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="D66" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="D66" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E66" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H66" s="0">
         <x:v>-1765</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="D67" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D67" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E67" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H67" s="0">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="D68" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="D68" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E68" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H68" s="0">
         <x:v>-1747</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D69" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="D69" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E69" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H69" s="0">
         <x:v>1213</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D70" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="D70" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H70" s="0">
         <x:v>-1079</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="D71" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="D71" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E71" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H71" s="0">
         <x:v>-112</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="D72" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="D72" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E72" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H72" s="0">
         <x:v>-1896</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="D73" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="D73" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E73" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H73" s="0">
         <x:v>2170</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="D74" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="D74" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E74" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H74" s="0">
         <x:v>-1709</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="D75" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="D75" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E75" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H75" s="0">
         <x:v>-178</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="D76" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="D76" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E76" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H76" s="0">
         <x:v>-1594</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D77" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="D77" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E77" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H77" s="0">
         <x:v>3784</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="D78" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="D78" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E78" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H78" s="0">
         <x:v>-1988</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="D79" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="D79" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E79" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H79" s="0">
         <x:v>844</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="D80" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="D80" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E80" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H80" s="0">
         <x:v>-1098</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="D81" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="D81" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E81" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H81" s="0">
         <x:v>3720</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="D82" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="D82" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E82" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H82" s="0">
         <x:v>-3612</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="D83" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="D83" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E83" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H83" s="0">
         <x:v>-6397</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="D84" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="D84" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E84" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H84" s="0">
         <x:v>-6703</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D85" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="D85" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E85" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H85" s="0">
         <x:v>-1871</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="D86" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="D86" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E86" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H86" s="0">
         <x:v>-5989</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="D87" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="D87" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E87" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H87" s="0">
         <x:v>-2200</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="D88" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="D88" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E88" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H88" s="0">
         <x:v>-2549</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="D89" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="D89" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E89" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H89" s="0">
-        <x:v>4875</x:v>
+        <x:v>4863</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="D90" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="D90" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E90" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H90" s="0">
         <x:v>-350</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="D91" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="D91" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E91" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H91" s="0">
-        <x:v>1537</x:v>
+        <x:v>1507</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="D92" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="D92" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E92" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H92" s="0">
-        <x:v>1820</x:v>
+        <x:v>1819</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="D93" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="D93" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E93" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H93" s="0">
-        <x:v>5228</x:v>
+        <x:v>5213</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="D94" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="D94" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E94" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H94" s="0">
-        <x:v>407</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D95" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="D95" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E95" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H95" s="0">
-        <x:v>1318</x:v>
+        <x:v>1323</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D96" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="D96" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E96" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H96" s="0">
-        <x:v>-338</x:v>
+        <x:v>-337</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="D97" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="D97" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E97" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H97" s="0">
-        <x:v>5772</x:v>
+        <x:v>5773</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D98" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="D98" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E98" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H98" s="0">
-        <x:v>-797</x:v>
+        <x:v>-714</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="D99" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="D99" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E99" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H99" s="0">
-        <x:v>2930</x:v>
+        <x:v>3000</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="D100" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="D100" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E100" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H100" s="0">
-        <x:v>15406</x:v>
+        <x:v>15473</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="D101" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="D101" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E101" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H101" s="0">
-        <x:v>5066</x:v>
+        <x:v>5053</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="D102" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="D102" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E102" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H102" s="0">
-        <x:v>521</x:v>
+        <x:v>908</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="D103" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="D103" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E103" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H103" s="0">
-        <x:v>2010</x:v>
+        <x:v>2454</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C104" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="D104" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="B104" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E104" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H104" s="0">
-        <x:v>4.628050074</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H105" s="0">
-        <x:v>11.03025008</x:v>
+        <x:v>4.628050074</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H106" s="0">
-        <x:v>2.797267997</x:v>
+        <x:v>11.03025008</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H107" s="0">
-        <x:v>1.265387801</x:v>
+        <x:v>2.797267997</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H108" s="0">
-        <x:v>2.64031337</x:v>
+        <x:v>1.265387801</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H109" s="0">
-        <x:v>6.363346618</x:v>
+        <x:v>2.64031337</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H110" s="0">
-        <x:v>-1.455765993</x:v>
+        <x:v>6.363346618</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H111" s="0">
-        <x:v>-3.541936879</x:v>
+        <x:v>-1.455765993</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H112" s="0">
-        <x:v>-1.68128162</x:v>
+        <x:v>-3.541936879</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H113" s="0">
-        <x:v>0.763578129</x:v>
+        <x:v>-1.68128162</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H114" s="0">
-        <x:v>0.45792032</x:v>
+        <x:v>0.763578129</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H115" s="0">
-        <x:v>-1.6083415</x:v>
+        <x:v>0.45792032</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H116" s="0">
-        <x:v>-0.818256928</x:v>
+        <x:v>-1.6083415</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H117" s="0">
-        <x:v>0.846703225</x:v>
+        <x:v>-0.818256928</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H118" s="0">
-        <x:v>-1.007819175</x:v>
+        <x:v>0.846703225</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H119" s="0">
-        <x:v>2.179968231</x:v>
+        <x:v>-1.007819175</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H120" s="0">
-        <x:v>2.101878229</x:v>
+        <x:v>2.179968231</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H121" s="0">
-        <x:v>1.813879132</x:v>
+        <x:v>2.101878229</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H122" s="0">
-        <x:v>-1.358729552</x:v>
+        <x:v>1.813879132</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H123" s="0">
-        <x:v>2.557627905</x:v>
+        <x:v>-1.358729552</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H124" s="0">
-        <x:v>1.965530712</x:v>
+        <x:v>2.557627905</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H125" s="0">
-        <x:v>-0.596050606</x:v>
+        <x:v>1.965530712</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H126" s="0">
-        <x:v>0.134936505</x:v>
+        <x:v>-0.596050606</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H127" s="0">
-        <x:v>4.657807497</x:v>
+        <x:v>0.134936505</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H128" s="0">
-        <x:v>4.25955629</x:v>
+        <x:v>4.657807497</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H129" s="0">
-        <x:v>-0.922431972</x:v>
+        <x:v>4.25955629</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H130" s="0">
-        <x:v>-1.172852405</x:v>
+        <x:v>-0.922431972</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H131" s="0">
-        <x:v>8.804720516</x:v>
+        <x:v>-1.172852405</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H132" s="0">
-        <x:v>2.887485025</x:v>
+        <x:v>8.804720516</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H133" s="0">
-        <x:v>-3.222404003</x:v>
+        <x:v>2.887485025</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H134" s="0">
-        <x:v>-4.46882915</x:v>
+        <x:v>-3.222404003</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H135" s="0">
-        <x:v>5.685816284</x:v>
+        <x:v>-4.46882915</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H136" s="0">
-        <x:v>-3.770902331</x:v>
+        <x:v>5.685816284</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H137" s="0">
-        <x:v>-9.676601645</x:v>
+        <x:v>-3.770902331</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H138" s="0">
-        <x:v>-9.122884551</x:v>
+        <x:v>-9.676601645</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H139" s="0">
-        <x:v>-5.569041211</x:v>
+        <x:v>-9.122884551</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H140" s="0">
-        <x:v>-11.33621033</x:v>
+        <x:v>-5.569041211</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H141" s="0">
-        <x:v>-18.66350232</x:v>
+        <x:v>-11.33621033</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H142" s="0">
-        <x:v>-15.6973628</x:v>
+        <x:v>-18.66350232</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H143" s="0">
-        <x:v>-9.637096919</x:v>
+        <x:v>-15.6973628</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H144" s="0">
-        <x:v>-39.73348169</x:v>
+        <x:v>-9.637096919</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H145" s="0">
-        <x:v>-15.17638807</x:v>
+        <x:v>-39.73348169</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H146" s="0">
-        <x:v>-32.1168838</x:v>
+        <x:v>-15.17638807</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H147" s="0">
-        <x:v>-41.5543671</x:v>
+        <x:v>-32.1168838</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H148" s="0">
-        <x:v>-10.38674529</x:v>
+        <x:v>-41.5543671</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H149" s="0">
-        <x:v>-9.01856353</x:v>
+        <x:v>-10.38674529</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H150" s="0">
-        <x:v>-26.04185201</x:v>
+        <x:v>-9.01856353</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H151" s="0">
-        <x:v>-8.268822991</x:v>
+        <x:v>-26.04185201</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H152" s="0">
-        <x:v>-10.86360945</x:v>
+        <x:v>-8.268822991</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H153" s="0">
-        <x:v>-9.026664521</x:v>
+        <x:v>-10.86360945</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H154" s="0">
-        <x:v>-7.665743449</x:v>
+        <x:v>-9.026664521</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H155" s="0">
-        <x:v>-6.130106447</x:v>
+        <x:v>-7.665743449</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H156" s="0">
-        <x:v>-9.256039197</x:v>
+        <x:v>-6.130106447</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H157" s="0">
-        <x:v>-4.179520153</x:v>
+        <x:v>-9.256039197</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H158" s="0">
-        <x:v>-6.384399542</x:v>
+        <x:v>-4.179520153</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H159" s="0">
-        <x:v>-5.397172632</x:v>
+        <x:v>-6.384399542</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H160" s="0">
-        <x:v>-5.784511541</x:v>
+        <x:v>-5.397172632</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H161" s="0">
-        <x:v>-2.851767068</x:v>
+        <x:v>-5.784511541</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H162" s="0">
-        <x:v>-4.005653047</x:v>
+        <x:v>-2.851767068</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H163" s="0">
-        <x:v>-1.572668396</x:v>
+        <x:v>-4.005653047</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H164" s="0">
-        <x:v>-3.439745609</x:v>
+        <x:v>-1.572668396</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H165" s="0">
-        <x:v>-0.822510286</x:v>
+        <x:v>-3.439745609</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H166" s="0">
-        <x:v>-2.004812805</x:v>
+        <x:v>-0.822510286</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H167" s="0">
-        <x:v>-1.655410952</x:v>
+        <x:v>-2.004812805</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H168" s="0">
-        <x:v>-2.683778181</x:v>
+        <x:v>-1.655410952</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H169" s="0">
-        <x:v>0.302822389</x:v>
+        <x:v>-2.683778181</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H170" s="0">
-        <x:v>-2.519727864</x:v>
+        <x:v>0.302822389</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H171" s="0">
-        <x:v>1.602033816</x:v>
+        <x:v>-2.519727864</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H172" s="0">
-        <x:v>-1.485276926</x:v>
+        <x:v>1.602033816</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H173" s="0">
-        <x:v>-0.154251356</x:v>
+        <x:v>-1.485276926</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H174" s="0">
-        <x:v>-2.389477088</x:v>
+        <x:v>-0.154251356</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H175" s="0">
-        <x:v>2.593996655</x:v>
+        <x:v>-2.389477088</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H176" s="0">
-        <x:v>-2.100311043</x:v>
+        <x:v>2.593996655</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H177" s="0">
-        <x:v>-0.220971954</x:v>
+        <x:v>-2.100311043</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H178" s="0">
-        <x:v>-1.857407402</x:v>
+        <x:v>-0.220971954</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H179" s="0">
-        <x:v>4.333443475</x:v>
+        <x:v>-1.857407402</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H180" s="0">
-        <x:v>-2.280204282</x:v>
+        <x:v>4.333443475</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H181" s="0">
-        <x:v>0.97219295</x:v>
+        <x:v>-2.280204282</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H182" s="0">
-        <x:v>-1.171619594</x:v>
+        <x:v>0.97219295</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H183" s="0">
-        <x:v>3.872336446</x:v>
+        <x:v>-1.171619594</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H184" s="0">
-        <x:v>-3.78290827</x:v>
+        <x:v>3.872336446</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H185" s="0">
-        <x:v>-7.377342856</x:v>
+        <x:v>-3.783013647</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H186" s="0">
-        <x:v>-6.59370037</x:v>
+        <x:v>-7.377460147</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H187" s="0">
-        <x:v>-1.911755035</x:v>
+        <x:v>-6.593791932</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H188" s="0">
-        <x:v>-5.596857361</x:v>
+        <x:v>-1.911127963</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H189" s="0">
-        <x:v>-2.063482085</x:v>
+        <x:v>-5.596317375</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H190" s="0">
-        <x:v>-2.149950202</x:v>
+        <x:v>-2.063484176</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H191" s="0">
-        <x:v>4.193113363</x:v>
+        <x:v>-2.149930926</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H192" s="0">
-        <x:v>-0.285563734</x:v>
+        <x:v>4.183209959</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H193" s="0">
-        <x:v>1.221755832</x:v>
+        <x:v>-0.28581288</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H194" s="0">
-        <x:v>1.320005717</x:v>
+        <x:v>1.198239</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H195" s="0">
-        <x:v>3.886458676</x:v>
+        <x:v>1.319362565</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H196" s="0">
-        <x:v>0.308373256</x:v>
+        <x:v>3.875608879</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H197" s="0">
-        <x:v>1.016188571</x:v>
+        <x:v>0.295181196</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H198" s="0">
-        <x:v>-0.252267783</x:v>
+        <x:v>1.019652393</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H199" s="0">
-        <x:v>4.476227899</x:v>
+        <x:v>-0.251470627</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H200" s="0">
-        <x:v>-0.599344329</x:v>
+        <x:v>4.476966716</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H201" s="0">
-        <x:v>2.167342955</x:v>
+        <x:v>-0.537187063</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H202" s="0">
-        <x:v>10.74015466</x:v>
+        <x:v>2.218736769</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H203" s="0">
-        <x:v>3.349700462</x:v>
+        <x:v>10.78718432</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H204" s="0">
-        <x:v>0.31144479</x:v>
+        <x:v>3.340847609</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="0" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="B205" s="0" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="C205" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="D205" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="E205" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F205" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="G205" s="0" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="H205" s="0">
+        <x:v>0.543260928</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="206" spans="1:8">
+      <x:c r="A206" s="0" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="B206" s="0" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="C206" s="0" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="D206" s="0" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="E206" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F206" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="G206" s="0" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="H206" s="0">
+        <x:v>1.538891474</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="207" spans="1:8">
+      <x:c r="A207" s="0" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="B207" s="0" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="C207" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="D207" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="B205" s="0" t="s">
-[...18 lines deleted...]
-        <x:v>1.258881656</x:v>
+      <x:c r="E207" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F207" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="G207" s="0" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="H207" s="0">
+        <x:v>0.14007664</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -7218,51 +7273,51 @@
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
     <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="GFQ10C01"/>
         <x:s v="GFQ10C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
         <x:s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
-      <x:sharedItems count="102">
+      <x:sharedItems count="103">
         <x:s v="20001"/>
         <x:s v="20002"/>
         <x:s v="20003"/>
         <x:s v="20004"/>
         <x:s v="20011"/>
         <x:s v="20012"/>
         <x:s v="20013"/>
         <x:s v="20014"/>
         <x:s v="20021"/>
         <x:s v="20022"/>
         <x:s v="20023"/>
         <x:s v="20024"/>
         <x:s v="20031"/>
         <x:s v="20032"/>
         <x:s v="20033"/>
         <x:s v="20034"/>
         <x:s v="20041"/>
         <x:s v="20042"/>
         <x:s v="20043"/>
         <x:s v="20044"/>
         <x:s v="20051"/>
         <x:s v="20052"/>
         <x:s v="20053"/>
         <x:s v="20054"/>
         <x:s v="20061"/>
@@ -7321,54 +7376,55 @@
         <x:s v="20192"/>
         <x:s v="20193"/>
         <x:s v="20194"/>
         <x:s v="20201"/>
         <x:s v="20202"/>
         <x:s v="20203"/>
         <x:s v="20204"/>
         <x:s v="20211"/>
         <x:s v="20212"/>
         <x:s v="20213"/>
         <x:s v="20214"/>
         <x:s v="20221"/>
         <x:s v="20222"/>
         <x:s v="20223"/>
         <x:s v="20224"/>
         <x:s v="20231"/>
         <x:s v="20232"/>
         <x:s v="20233"/>
         <x:s v="20234"/>
         <x:s v="20241"/>
         <x:s v="20242"/>
         <x:s v="20243"/>
         <x:s v="20244"/>
         <x:s v="20251"/>
         <x:s v="20252"/>
+        <x:s v="20253"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Quarter">
-      <x:sharedItems count="102">
+      <x:sharedItems count="103">
         <x:s v="2000Q1"/>
         <x:s v="2000Q2"/>
         <x:s v="2000Q3"/>
         <x:s v="2000Q4"/>
         <x:s v="2001Q1"/>
         <x:s v="2001Q2"/>
         <x:s v="2001Q3"/>
         <x:s v="2001Q4"/>
         <x:s v="2002Q1"/>
         <x:s v="2002Q2"/>
         <x:s v="2002Q3"/>
         <x:s v="2002Q4"/>
         <x:s v="2003Q1"/>
         <x:s v="2003Q2"/>
         <x:s v="2003Q3"/>
         <x:s v="2003Q4"/>
         <x:s v="2004Q1"/>
         <x:s v="2004Q2"/>
         <x:s v="2004Q3"/>
         <x:s v="2004Q4"/>
         <x:s v="2005Q1"/>
         <x:s v="2005Q2"/>
         <x:s v="2005Q3"/>
         <x:s v="2005Q4"/>
         <x:s v="2006Q1"/>
@@ -7427,70 +7483,71 @@
         <x:s v="2019Q2"/>
         <x:s v="2019Q3"/>
         <x:s v="2019Q4"/>
         <x:s v="2020Q1"/>
         <x:s v="2020Q2"/>
         <x:s v="2020Q3"/>
         <x:s v="2020Q4"/>
         <x:s v="2021Q1"/>
         <x:s v="2021Q2"/>
         <x:s v="2021Q3"/>
         <x:s v="2021Q4"/>
         <x:s v="2022Q1"/>
         <x:s v="2022Q2"/>
         <x:s v="2022Q3"/>
         <x:s v="2022Q4"/>
         <x:s v="2023Q1"/>
         <x:s v="2023Q2"/>
         <x:s v="2023Q3"/>
         <x:s v="2023Q4"/>
         <x:s v="2024Q1"/>
         <x:s v="2024Q2"/>
         <x:s v="2024Q3"/>
         <x:s v="2024Q4"/>
         <x:s v="2025Q1"/>
         <x:s v="2025Q2"/>
+        <x:s v="2025Q3"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="1">
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="State">
       <x:sharedItems count="1">
         <x:s v="State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="2">
         <x:s v="Euro Million"/>
         <x:s v="%"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="-17309" maxValue="15406" count="204">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="-17309" maxValue="15473" count="206">
         <x:n v="1184"/>
         <x:n v="2953"/>
         <x:n v="767"/>
         <x:n v="363"/>
         <x:n v="787"/>
         <x:n v="1940"/>
         <x:n v="-441"/>
         <x:n v="-1115"/>
         <x:n v="-551"/>
         <x:n v="257"/>
         <x:n v="156"/>
         <x:n v="-569"/>
         <x:n v="-287"/>
         <x:n v="306"/>
         <x:n v="-359"/>
         <x:n v="845"/>
         <x:n v="799"/>
         <x:n v="714"/>
         <x:n v="-521"/>
         <x:n v="1037"/>
         <x:n v="808"/>
         <x:n v="-255"/>
         <x:n v="57"/>
         <x:n v="2064"/>
         <x:n v="1928"/>
@@ -7534,65 +7591,66 @@
         <x:n v="-1391"/>
         <x:n v="-1189"/>
         <x:n v="-1765"/>
         <x:n v="197"/>
         <x:n v="-1747"/>
         <x:n v="1213"/>
         <x:n v="-1079"/>
         <x:n v="-112"/>
         <x:n v="-1896"/>
         <x:n v="2170"/>
         <x:n v="-1709"/>
         <x:n v="-178"/>
         <x:n v="-1594"/>
         <x:n v="3784"/>
         <x:n v="-1988"/>
         <x:n v="844"/>
         <x:n v="-1098"/>
         <x:n v="3720"/>
         <x:n v="-3612"/>
         <x:n v="-6397"/>
         <x:n v="-6703"/>
         <x:n v="-1871"/>
         <x:n v="-5989"/>
         <x:n v="-2200"/>
         <x:n v="-2549"/>
-        <x:n v="4875"/>
+        <x:n v="4863"/>
         <x:n v="-350"/>
-        <x:n v="1537"/>
-[...11 lines deleted...]
-        <x:n v="2010"/>
+        <x:n v="1507"/>
+        <x:n v="1819"/>
+        <x:n v="5213"/>
+        <x:n v="390"/>
+        <x:n v="1323"/>
+        <x:n v="-337"/>
+        <x:n v="5773"/>
+        <x:n v="-714"/>
+        <x:n v="3000"/>
+        <x:n v="15473"/>
+        <x:n v="5053"/>
+        <x:n v="908"/>
+        <x:n v="2454"/>
+        <x:n v="223"/>
         <x:n v="4.628050074"/>
         <x:n v="11.03025008"/>
         <x:n v="2.797267997"/>
         <x:n v="1.265387801"/>
         <x:n v="2.64031337"/>
         <x:n v="6.363346618"/>
         <x:n v="-1.455765993"/>
         <x:n v="-3.541936879"/>
         <x:n v="-1.68128162"/>
         <x:n v="0.763578129"/>
         <x:n v="0.45792032"/>
         <x:n v="-1.6083415"/>
         <x:n v="-0.818256928"/>
         <x:n v="0.846703225"/>
         <x:n v="-1.007819175"/>
         <x:n v="2.179968231"/>
         <x:n v="2.101878229"/>
         <x:n v="1.813879132"/>
         <x:n v="-1.358729552"/>
         <x:n v="2.557627905"/>
         <x:n v="1.965530712"/>
         <x:n v="-0.596050606"/>
         <x:n v="0.134936505"/>
         <x:n v="4.657807497"/>
         <x:n v="4.25955629"/>
@@ -7629,72 +7687,73 @@
         <x:n v="-5.397172632"/>
         <x:n v="-5.784511541"/>
         <x:n v="-2.851767068"/>
         <x:n v="-4.005653047"/>
         <x:n v="-1.572668396"/>
         <x:n v="-3.439745609"/>
         <x:n v="-0.822510286"/>
         <x:n v="-2.004812805"/>
         <x:n v="-1.655410952"/>
         <x:n v="-2.683778181"/>
         <x:n v="0.302822389"/>
         <x:n v="-2.519727864"/>
         <x:n v="1.602033816"/>
         <x:n v="-1.485276926"/>
         <x:n v="-0.154251356"/>
         <x:n v="-2.389477088"/>
         <x:n v="2.593996655"/>
         <x:n v="-2.100311043"/>
         <x:n v="-0.220971954"/>
         <x:n v="-1.857407402"/>
         <x:n v="4.333443475"/>
         <x:n v="-2.280204282"/>
         <x:n v="0.97219295"/>
         <x:n v="-1.171619594"/>
         <x:n v="3.872336446"/>
-        <x:n v="-3.78290827"/>
-[...20 lines deleted...]
-        <x:n v="1.258881656"/>
+        <x:n v="-3.783013647"/>
+        <x:n v="-7.377460147"/>
+        <x:n v="-6.593791932"/>
+        <x:n v="-1.911127963"/>
+        <x:n v="-5.596317375"/>
+        <x:n v="-2.063484176"/>
+        <x:n v="-2.149930926"/>
+        <x:n v="4.183209959"/>
+        <x:n v="-0.28581288"/>
+        <x:n v="1.198239"/>
+        <x:n v="1.319362565"/>
+        <x:n v="3.875608879"/>
+        <x:n v="0.295181196"/>
+        <x:n v="1.019652393"/>
+        <x:n v="-0.251470627"/>
+        <x:n v="4.476966716"/>
+        <x:n v="-0.537187063"/>
+        <x:n v="2.218736769"/>
+        <x:n v="10.78718432"/>
+        <x:n v="3.340847609"/>
+        <x:n v="0.543260928"/>
+        <x:n v="1.538891474"/>
+        <x:n v="0.14007664"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
   <r>
     <s v="GFQ10C01"/>
     <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
     <s v="20001"/>
     <s v="2000Q1"/>
     <s v="-"/>
     <s v="State"/>
     <s v="Euro Million"/>
     <n v="1184"/>
   </r>
   <r>
     <s v="GFQ10C01"/>
     <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
     <s v="20002"/>
     <s v="2000Q2"/>
     <s v="-"/>
     <s v="State"/>
@@ -8537,191 +8596,201 @@
     <s v="20212"/>
     <s v="2021Q2"/>
     <s v="-"/>
     <s v="State"/>
     <s v="Euro Million"/>
     <n v="-2200"/>
   </r>
   <r>
     <s v="GFQ10C01"/>
     <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
     <s v="20213"/>
     <s v="2021Q3"/>
     <s v="-"/>
     <s v="State"/>
     <s v="Euro Million"/>
     <n v="-2549"/>
   </r>
   <r>
     <s v="GFQ10C01"/>
     <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
     <s v="20214"/>
     <s v="2021Q4"/>
     <s v="-"/>
     <s v="State"/>
     <s v="Euro Million"/>
-    <n v="4875"/>
+    <n v="4863"/>
   </r>
   <r>
     <s v="GFQ10C01"/>
     <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
     <s v="20221"/>
     <s v="2022Q1"/>
     <s v="-"/>
     <s v="State"/>
     <s v="Euro Million"/>
     <n v="-350"/>
   </r>
   <r>
     <s v="GFQ10C01"/>
     <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
     <s v="20222"/>
     <s v="2022Q2"/>
     <s v="-"/>
     <s v="State"/>
     <s v="Euro Million"/>
-    <n v="1537"/>
+    <n v="1507"/>
   </r>
   <r>
     <s v="GFQ10C01"/>
     <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
     <s v="20223"/>
     <s v="2022Q3"/>
     <s v="-"/>
     <s v="State"/>
     <s v="Euro Million"/>
-    <n v="1820"/>
+    <n v="1819"/>
   </r>
   <r>
     <s v="GFQ10C01"/>
     <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
     <s v="20224"/>
     <s v="2022Q4"/>
     <s v="-"/>
     <s v="State"/>
     <s v="Euro Million"/>
-    <n v="5228"/>
+    <n v="5213"/>
   </r>
   <r>
     <s v="GFQ10C01"/>
     <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
     <s v="20231"/>
     <s v="2023Q1"/>
     <s v="-"/>
     <s v="State"/>
     <s v="Euro Million"/>
-    <n v="407"/>
+    <n v="390"/>
   </r>
   <r>
     <s v="GFQ10C01"/>
     <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
     <s v="20232"/>
     <s v="2023Q2"/>
     <s v="-"/>
     <s v="State"/>
     <s v="Euro Million"/>
-    <n v="1318"/>
+    <n v="1323"/>
   </r>
   <r>
     <s v="GFQ10C01"/>
     <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
     <s v="20233"/>
     <s v="2023Q3"/>
     <s v="-"/>
     <s v="State"/>
     <s v="Euro Million"/>
-    <n v="-338"/>
+    <n v="-337"/>
   </r>
   <r>
     <s v="GFQ10C01"/>
     <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
     <s v="20234"/>
     <s v="2023Q4"/>
     <s v="-"/>
     <s v="State"/>
     <s v="Euro Million"/>
-    <n v="5772"/>
+    <n v="5773"/>
   </r>
   <r>
     <s v="GFQ10C01"/>
     <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
     <s v="20241"/>
     <s v="2024Q1"/>
     <s v="-"/>
     <s v="State"/>
     <s v="Euro Million"/>
-    <n v="-797"/>
+    <n v="-714"/>
   </r>
   <r>
     <s v="GFQ10C01"/>
     <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
     <s v="20242"/>
     <s v="2024Q2"/>
     <s v="-"/>
     <s v="State"/>
     <s v="Euro Million"/>
-    <n v="2930"/>
+    <n v="3000"/>
   </r>
   <r>
     <s v="GFQ10C01"/>
     <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
     <s v="20243"/>
     <s v="2024Q3"/>
     <s v="-"/>
     <s v="State"/>
     <s v="Euro Million"/>
-    <n v="15406"/>
+    <n v="15473"/>
   </r>
   <r>
     <s v="GFQ10C01"/>
     <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
     <s v="20244"/>
     <s v="2024Q4"/>
     <s v="-"/>
     <s v="State"/>
     <s v="Euro Million"/>
-    <n v="5066"/>
+    <n v="5053"/>
   </r>
   <r>
     <s v="GFQ10C01"/>
     <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
     <s v="20251"/>
     <s v="2025Q1"/>
     <s v="-"/>
     <s v="State"/>
     <s v="Euro Million"/>
-    <n v="521"/>
+    <n v="908"/>
   </r>
   <r>
     <s v="GFQ10C01"/>
     <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
     <s v="20252"/>
     <s v="2025Q2"/>
     <s v="-"/>
     <s v="State"/>
     <s v="Euro Million"/>
-    <n v="2010"/>
+    <n v="2454"/>
+  </r>
+  <r>
+    <s v="GFQ10C01"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="223"/>
   </r>
   <r>
     <s v="GFQ10C02"/>
     <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
     <s v="20001"/>
     <s v="2000Q1"/>
     <s v="-"/>
     <s v="State"/>
     <s v="%"/>
     <n v="4.628050074"/>
   </r>
   <r>
     <s v="GFQ10C02"/>
     <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
     <s v="20002"/>
     <s v="2000Q2"/>
     <s v="-"/>
     <s v="State"/>
     <s v="%"/>
     <n v="11.03025008"/>
   </r>
   <r>
     <s v="GFQ10C02"/>
     <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
     <s v="20003"/>
@@ -9487,239 +9556,249 @@
     <s v="20193"/>
     <s v="2019Q3"/>
     <s v="-"/>
     <s v="State"/>
     <s v="%"/>
     <n v="-1.171619594"/>
   </r>
   <r>
     <s v="GFQ10C02"/>
     <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
     <s v="20194"/>
     <s v="2019Q4"/>
     <s v="-"/>
     <s v="State"/>
     <s v="%"/>
     <n v="3.872336446"/>
   </r>
   <r>
     <s v="GFQ10C02"/>
     <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
     <s v="20201"/>
     <s v="2020Q1"/>
     <s v="-"/>
     <s v="State"/>
     <s v="%"/>
-    <n v="-3.78290827"/>
+    <n v="-3.783013647"/>
   </r>
   <r>
     <s v="GFQ10C02"/>
     <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
     <s v="20202"/>
     <s v="2020Q2"/>
     <s v="-"/>
     <s v="State"/>
     <s v="%"/>
-    <n v="-7.377342856"/>
+    <n v="-7.377460147"/>
   </r>
   <r>
     <s v="GFQ10C02"/>
     <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
     <s v="20203"/>
     <s v="2020Q3"/>
     <s v="-"/>
     <s v="State"/>
     <s v="%"/>
-    <n v="-6.59370037"/>
+    <n v="-6.593791932"/>
   </r>
   <r>
     <s v="GFQ10C02"/>
     <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
     <s v="20204"/>
     <s v="2020Q4"/>
     <s v="-"/>
     <s v="State"/>
     <s v="%"/>
-    <n v="-1.911755035"/>
+    <n v="-1.911127963"/>
   </r>
   <r>
     <s v="GFQ10C02"/>
     <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
     <s v="20211"/>
     <s v="2021Q1"/>
     <s v="-"/>
     <s v="State"/>
     <s v="%"/>
-    <n v="-5.596857361"/>
+    <n v="-5.596317375"/>
   </r>
   <r>
     <s v="GFQ10C02"/>
     <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
     <s v="20212"/>
     <s v="2021Q2"/>
     <s v="-"/>
     <s v="State"/>
     <s v="%"/>
-    <n v="-2.063482085"/>
+    <n v="-2.063484176"/>
   </r>
   <r>
     <s v="GFQ10C02"/>
     <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
     <s v="20213"/>
     <s v="2021Q3"/>
     <s v="-"/>
     <s v="State"/>
     <s v="%"/>
-    <n v="-2.149950202"/>
+    <n v="-2.149930926"/>
   </r>
   <r>
     <s v="GFQ10C02"/>
     <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
     <s v="20214"/>
     <s v="2021Q4"/>
     <s v="-"/>
     <s v="State"/>
     <s v="%"/>
-    <n v="4.193113363"/>
+    <n v="4.183209959"/>
   </r>
   <r>
     <s v="GFQ10C02"/>
     <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
     <s v="20221"/>
     <s v="2022Q1"/>
     <s v="-"/>
     <s v="State"/>
     <s v="%"/>
-    <n v="-0.285563734"/>
+    <n v="-0.28581288"/>
   </r>
   <r>
     <s v="GFQ10C02"/>
     <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
     <s v="20222"/>
     <s v="2022Q2"/>
     <s v="-"/>
     <s v="State"/>
     <s v="%"/>
-    <n v="1.221755832"/>
+    <n v="1.198239"/>
   </r>
   <r>
     <s v="GFQ10C02"/>
     <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
     <s v="20223"/>
     <s v="2022Q3"/>
     <s v="-"/>
     <s v="State"/>
     <s v="%"/>
-    <n v="1.320005717"/>
+    <n v="1.319362565"/>
   </r>
   <r>
     <s v="GFQ10C02"/>
     <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
     <s v="20224"/>
     <s v="2022Q4"/>
     <s v="-"/>
     <s v="State"/>
     <s v="%"/>
-    <n v="3.886458676"/>
+    <n v="3.875608879"/>
   </r>
   <r>
     <s v="GFQ10C02"/>
     <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
     <s v="20231"/>
     <s v="2023Q1"/>
     <s v="-"/>
     <s v="State"/>
     <s v="%"/>
-    <n v="0.308373256"/>
+    <n v="0.295181196"/>
   </r>
   <r>
     <s v="GFQ10C02"/>
     <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
     <s v="20232"/>
     <s v="2023Q2"/>
     <s v="-"/>
     <s v="State"/>
     <s v="%"/>
-    <n v="1.016188571"/>
+    <n v="1.019652393"/>
   </r>
   <r>
     <s v="GFQ10C02"/>
     <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
     <s v="20233"/>
     <s v="2023Q3"/>
     <s v="-"/>
     <s v="State"/>
     <s v="%"/>
-    <n v="-0.252267783"/>
+    <n v="-0.251470627"/>
   </r>
   <r>
     <s v="GFQ10C02"/>
     <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
     <s v="20234"/>
     <s v="2023Q4"/>
     <s v="-"/>
     <s v="State"/>
     <s v="%"/>
-    <n v="4.476227899"/>
+    <n v="4.476966716"/>
   </r>
   <r>
     <s v="GFQ10C02"/>
     <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
     <s v="20241"/>
     <s v="2024Q1"/>
     <s v="-"/>
     <s v="State"/>
     <s v="%"/>
-    <n v="-0.599344329"/>
+    <n v="-0.537187063"/>
   </r>
   <r>
     <s v="GFQ10C02"/>
     <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
     <s v="20242"/>
     <s v="2024Q2"/>
     <s v="-"/>
     <s v="State"/>
     <s v="%"/>
-    <n v="2.167342955"/>
+    <n v="2.218736769"/>
   </r>
   <r>
     <s v="GFQ10C02"/>
     <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
     <s v="20243"/>
     <s v="2024Q3"/>
     <s v="-"/>
     <s v="State"/>
     <s v="%"/>
-    <n v="10.74015466"/>
+    <n v="10.78718432"/>
   </r>
   <r>
     <s v="GFQ10C02"/>
     <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
     <s v="20244"/>
     <s v="2024Q4"/>
     <s v="-"/>
     <s v="State"/>
     <s v="%"/>
-    <n v="3.349700462"/>
+    <n v="3.340847609"/>
   </r>
   <r>
     <s v="GFQ10C02"/>
     <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
     <s v="20251"/>
     <s v="2025Q1"/>
     <s v="-"/>
     <s v="State"/>
     <s v="%"/>
-    <n v="0.31144479"/>
+    <n v="0.543260928"/>
   </r>
   <r>
     <s v="GFQ10C02"/>
     <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
     <s v="20252"/>
     <s v="2025Q2"/>
     <s v="-"/>
     <s v="State"/>
     <s v="%"/>
-    <n v="1.258881656"/>
+    <n v="1.538891474"/>
+  </r>
+  <r>
+    <s v="GFQ10C02"/>
+    <s v="General Government Surplus/Deficit ESA2010 (as percentage of quarterly GDP)"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="0.14007664"/>
   </r>
 </pivotCacheRecords>
 </file>