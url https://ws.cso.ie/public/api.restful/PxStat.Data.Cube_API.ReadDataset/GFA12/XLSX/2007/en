--- v0 (2025-10-01)
+++ v1 (2025-11-16)
@@ -1,100 +1,103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5c4b8c99217484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cb2ff88ab9ca4cda943b492e4b729b16.psmdcp" Id="R0b3062c017d94dda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bf67850dbfd4080" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/173f3a0cc60a4a8a8a023467cc0138f7.psmdcp" Id="R80e3cd1f15d44f45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>GFA12</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Gross General Government Debt ESA2010 as a Percentage of Gross Domestic Product</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>4/22/2025 11:00:00 AM</x:t>
+    <x:t>10/20/2025 11:00:00 AM</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20 October 2025 - This release also contains a downward revision to the overall General Government Debt (GGD) levels as reported in the Government Finance Statistics April 2025 release.&lt;br&gt;&lt;br&gt;This revision is due to a review of the recording of the Capital Advance Leasing Facility (CALF). The CALF is a facility which is exclusively available to Approved Housing Bodies (AHBs) to support them in borrowing from private lenders or the Housing Finance Agency (HFA). The CSO undertook this review of the statistical recording of the CALF scheme earlier this year as part of ongoing quality assurance processes which include engagement with stakeholders and liaison groups. It has now been established that funding issued under the CALF is via a loan from central government to local authorities who then on-lend to AHBs, and is not accessed from the private sector. The impact of this finding is a downward revision of GGD as shown below (see Table 1.1). There is no impact on the General Government surplus / deficit (B.9).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/GFA12/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>GFS</x:t>
   </x:si>
   <x:si>
     <x:t>Government Finance Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Paul McElvaney</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
@@ -1078,919 +1081,921 @@
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="B13" s="4"/>
+      <x:c r="B13" s="4" t="s">
+        <x:v>10</x:v>
+      </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="5" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="2"/>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B20" s="2"/>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="3" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="2"/>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="3" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="B28" s="5" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B30" s="2"/>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="2"/>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H26"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="77.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="7.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G1" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H1" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:8">
       <x:c r="A2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G2" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H2" s="0">
         <x:v>36.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H3" s="0">
         <x:v>33.58</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H4" s="0">
         <x:v>30.89</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H5" s="0">
         <x:v>29.83</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H6" s="0">
         <x:v>28.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H7" s="0">
         <x:v>26.06</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H8" s="0">
         <x:v>23.65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H9" s="0">
         <x:v>23.95</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H10" s="0">
         <x:v>42.51</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H11" s="0">
         <x:v>61.76</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H12" s="0">
-        <x:v>86.13</x:v>
+        <x:v>86.23</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H13" s="0">
-        <x:v>109.43</x:v>
+        <x:v>109.59</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H14" s="0">
-        <x:v>118.73</x:v>
+        <x:v>118.91</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H15" s="0">
-        <x:v>117.49</x:v>
+        <x:v>117.68</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H16" s="0">
-        <x:v>101.27</x:v>
+        <x:v>101.39</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H17" s="0">
-        <x:v>73.96</x:v>
+        <x:v>74.03</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H18" s="0">
-        <x:v>72.64</x:v>
+        <x:v>72.66</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H19" s="0">
-        <x:v>65.23</x:v>
+        <x:v>65.22</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H20" s="0">
-        <x:v>61.47</x:v>
+        <x:v>61.34</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H21" s="0">
-        <x:v>55.92</x:v>
+        <x:v>55.79</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H22" s="0">
-        <x:v>57.01</x:v>
+        <x:v>56.9</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H23" s="0">
-        <x:v>52.56</x:v>
+        <x:v>52.44</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H24" s="0">
-        <x:v>43.15</x:v>
+        <x:v>42.94</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H25" s="0">
-        <x:v>43.28</x:v>
+        <x:v>41.75</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H26" s="0">
-        <x:v>40.9</x:v>
+        <x:v>38.27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -2109,60 +2114,60 @@
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="1">
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="State">
       <x:sharedItems count="1">
         <x:s v="State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="%"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="23.65" maxValue="118.73" count="25">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="23.65" maxValue="118.91" count="25">
         <x:n v="36.41"/>
         <x:n v="33.58"/>
         <x:n v="30.89"/>
         <x:n v="29.83"/>
         <x:n v="28.1"/>
         <x:n v="26.06"/>
         <x:n v="23.65"/>
         <x:n v="23.95"/>
         <x:n v="42.51"/>
         <x:n v="61.76"/>
-        <x:n v="86.13"/>
-[...13 lines deleted...]
-        <x:n v="40.9"/>
+        <x:n v="86.23"/>
+        <x:n v="109.59"/>
+        <x:n v="118.91"/>
+        <x:n v="117.68"/>
+        <x:n v="101.39"/>
+        <x:n v="74.03"/>
+        <x:n v="72.66"/>
+        <x:n v="65.22"/>
+        <x:n v="61.34"/>
+        <x:n v="55.79"/>
+        <x:n v="56.9"/>
+        <x:n v="52.44"/>
+        <x:n v="42.94"/>
+        <x:n v="41.75"/>
+        <x:n v="38.27"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>