--- v1 (2025-11-16)
+++ v2 (2026-03-13)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bf67850dbfd4080" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/173f3a0cc60a4a8a8a023467cc0138f7.psmdcp" Id="R80e3cd1f15d44f45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7776ba26bd024b6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1598246f86384d2aadbc79968b7e7994.psmdcp" Id="Rfd94d3ad57124a71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>GFA12</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Gross General Government Debt ESA2010 as a Percentage of Gross Domestic Product</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/20/2025 11:00:00 AM</x:t>
+    <x:t>20/10/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>20 October 2025 - This release also contains a downward revision to the overall General Government Debt (GGD) levels as reported in the Government Finance Statistics April 2025 release.&lt;br&gt;&lt;br&gt;This revision is due to a review of the recording of the Capital Advance Leasing Facility (CALF). The CALF is a facility which is exclusively available to Approved Housing Bodies (AHBs) to support them in borrowing from private lenders or the Housing Finance Agency (HFA). The CSO undertook this review of the statistical recording of the CALF scheme earlier this year as part of ongoing quality assurance processes which include engagement with stakeholders and liaison groups. It has now been established that funding issued under the CALF is via a loan from central government to local authorities who then on-lend to AHBs, and is not accessed from the private sector. The impact of this finding is a downward revision of GGD as shown below (see Table 1.1). There is no impact on the General Government surplus / deficit (B.9).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/GFA12/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>GFS</x:t>
   </x:si>
   <x:si>
     <x:t>Government Finance Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -424,339 +424,152 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H26" totalsRowShown="0">
   <x:autoFilter ref="A1:H26"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="State"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1025,51 +838,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/GFA12/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1258,51 +1071,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H26"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="77.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="7.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -1966,51 +1779,51 @@
       <x:c r="E26" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H26" s="0">
         <x:v>38.27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -2027,51 +1840,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H26" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="GFA12"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Gross General Government Debt ESA2010 as a Percentage of Gross Domestic Product"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="25">
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
         <x:s v="2005"/>
         <x:s v="2006"/>
         <x:s v="2007"/>
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
@@ -2147,27 +1960,278 @@
         <x:n v="23.95"/>
         <x:n v="42.51"/>
         <x:n v="61.76"/>
         <x:n v="86.23"/>
         <x:n v="109.59"/>
         <x:n v="118.91"/>
         <x:n v="117.68"/>
         <x:n v="101.39"/>
         <x:n v="74.03"/>
         <x:n v="72.66"/>
         <x:n v="65.22"/>
         <x:n v="61.34"/>
         <x:n v="55.79"/>
         <x:n v="56.9"/>
         <x:n v="52.44"/>
         <x:n v="42.94"/>
         <x:n v="41.75"/>
         <x:n v="38.27"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="GFA12"/>
+    <s v="Gross General Government Debt ESA2010 as a Percentage of Gross Domestic Product"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="36.41"/>
+  </r>
+  <r>
+    <s v="GFA12"/>
+    <s v="Gross General Government Debt ESA2010 as a Percentage of Gross Domestic Product"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="33.58"/>
+  </r>
+  <r>
+    <s v="GFA12"/>
+    <s v="Gross General Government Debt ESA2010 as a Percentage of Gross Domestic Product"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="30.89"/>
+  </r>
+  <r>
+    <s v="GFA12"/>
+    <s v="Gross General Government Debt ESA2010 as a Percentage of Gross Domestic Product"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="29.83"/>
+  </r>
+  <r>
+    <s v="GFA12"/>
+    <s v="Gross General Government Debt ESA2010 as a Percentage of Gross Domestic Product"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="GFA12"/>
+    <s v="Gross General Government Debt ESA2010 as a Percentage of Gross Domestic Product"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="26.06"/>
+  </r>
+  <r>
+    <s v="GFA12"/>
+    <s v="Gross General Government Debt ESA2010 as a Percentage of Gross Domestic Product"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="23.65"/>
+  </r>
+  <r>
+    <s v="GFA12"/>
+    <s v="Gross General Government Debt ESA2010 as a Percentage of Gross Domestic Product"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="23.95"/>
+  </r>
+  <r>
+    <s v="GFA12"/>
+    <s v="Gross General Government Debt ESA2010 as a Percentage of Gross Domestic Product"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="42.51"/>
+  </r>
+  <r>
+    <s v="GFA12"/>
+    <s v="Gross General Government Debt ESA2010 as a Percentage of Gross Domestic Product"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="61.76"/>
+  </r>
+  <r>
+    <s v="GFA12"/>
+    <s v="Gross General Government Debt ESA2010 as a Percentage of Gross Domestic Product"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="86.23"/>
+  </r>
+  <r>
+    <s v="GFA12"/>
+    <s v="Gross General Government Debt ESA2010 as a Percentage of Gross Domestic Product"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="109.59"/>
+  </r>
+  <r>
+    <s v="GFA12"/>
+    <s v="Gross General Government Debt ESA2010 as a Percentage of Gross Domestic Product"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="118.91"/>
+  </r>
+  <r>
+    <s v="GFA12"/>
+    <s v="Gross General Government Debt ESA2010 as a Percentage of Gross Domestic Product"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="117.68"/>
+  </r>
+  <r>
+    <s v="GFA12"/>
+    <s v="Gross General Government Debt ESA2010 as a Percentage of Gross Domestic Product"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="101.39"/>
+  </r>
+  <r>
+    <s v="GFA12"/>
+    <s v="Gross General Government Debt ESA2010 as a Percentage of Gross Domestic Product"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="74.03"/>
+  </r>
+  <r>
+    <s v="GFA12"/>
+    <s v="Gross General Government Debt ESA2010 as a Percentage of Gross Domestic Product"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="72.66"/>
+  </r>
+  <r>
+    <s v="GFA12"/>
+    <s v="Gross General Government Debt ESA2010 as a Percentage of Gross Domestic Product"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="65.22"/>
+  </r>
+  <r>
+    <s v="GFA12"/>
+    <s v="Gross General Government Debt ESA2010 as a Percentage of Gross Domestic Product"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="61.34"/>
+  </r>
+  <r>
+    <s v="GFA12"/>
+    <s v="Gross General Government Debt ESA2010 as a Percentage of Gross Domestic Product"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="55.79"/>
+  </r>
+  <r>
+    <s v="GFA12"/>
+    <s v="Gross General Government Debt ESA2010 as a Percentage of Gross Domestic Product"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="GFA12"/>
+    <s v="Gross General Government Debt ESA2010 as a Percentage of Gross Domestic Product"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="52.44"/>
+  </r>
+  <r>
+    <s v="GFA12"/>
+    <s v="Gross General Government Debt ESA2010 as a Percentage of Gross Domestic Product"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="42.94"/>
+  </r>
+  <r>
+    <s v="GFA12"/>
+    <s v="Gross General Government Debt ESA2010 as a Percentage of Gross Domestic Product"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="41.75"/>
+  </r>
+  <r>
+    <s v="GFA12"/>
+    <s v="Gross General Government Debt ESA2010 as a Percentage of Gross Domestic Product"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="38.27"/>
+  </r>
+</pivotCacheRecords>
 </file>