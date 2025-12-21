--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84c0309b0a0b484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4bd3c63a70114502bedc96680a75ef36.psmdcp" Id="Rc00a15a35d064733" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb183f6c2a364f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4115a8dc48314e41941067191cb1afee.psmdcp" Id="Rb7a3a4120d084968" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>GFA04</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>General Government: Detailed classification of expenditure and consumption</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/20/2025 11:00:00 AM</x:t>
+    <x:t>20/10/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:b/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Methodology(https://www.cso.ie/en/methods/governmentaccounts/governmentfinancestatisticsannual/)&lt;br&gt;&lt;br&gt;&lt;br&gt;</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>20 October 2025 - This release contains a downward revision to the overall General Government Balance (GGB) levels. As part of our ongoing quality and assurance processes, two areas have been identified for revision. A review of capital expenditure data sources identified that the level of Gross Fixed Capital Formation (P.51g) expenditure was underreported for the years 2022 to 2024. On the revenue side, a review of the compilation of current transfer receipts established an overstatement in the recording of Miscellaneous Current Transfers (D.75r) across the same period. The overall impact of these changes is a downward revision to the General Government surplus / deficit (B.9) for these years.</x:t>
@@ -669,635 +669,226 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...583 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03180V03844" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="38">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+      </items>
+    </pivotField>
+    <pivotField name="Item" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="38">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H951" totalsRowShown="0">
   <x:autoFilter ref="A1:H951"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03180V03844"/>
     <x:tableColumn id="6" name="Item"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1566,51 +1157,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/GFA04/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1799,51 +1390,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H951"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="70.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="109.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -26557,51 +26148,51 @@
       <x:c r="E951" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F951" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G951" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H951" s="0">
         <x:v>22133</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26618,51 +26209,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H951" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="GFA04"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="General Government: Detailed classification of expenditure and consumption"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="25">
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
         <x:s v="2005"/>
         <x:s v="2006"/>
         <x:s v="2007"/>
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
@@ -27525,27 +27116,9528 @@
         <x:n v="5478"/>
         <x:n v="628"/>
         <x:n v="1803"/>
         <x:n v="2963"/>
         <x:n v="2246"/>
         <x:n v="217"/>
         <x:n v="2844"/>
         <x:n v="2773"/>
         <x:n v="70"/>
         <x:n v="6821"/>
         <x:n v="14582"/>
         <x:n v="14613"/>
         <x:n v="-31"/>
         <x:n v="-7760"/>
         <x:n v="57298"/>
         <x:n v="67927"/>
         <x:n v="45793"/>
         <x:n v="22133"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="01"/>
+    <s v="Expenditure - Total Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="33165"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="02"/>
+    <s v="Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="31209"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03"/>
+    <s v="Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="8917"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="04"/>
+    <s v="Expenditure - Compensation of employees Related to production of own-use capital assets - ESA2010 Code (D1_own-use)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="05"/>
+    <s v="Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="5492"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="06"/>
+    <s v="Expenditure - Use of goods and services [Intermediate consumption] - ESA2010 Code (P2)"/>
+    <s v="Euro Million"/>
+    <n v="5492"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="07"/>
+    <s v="Expenditure - Intermediate consumption of market establishments - ESA2010 Code (P2_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="08"/>
+    <s v="Expenditure - Taxes, payable - ESA2010 Code (D5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="09"/>
+    <s v="Expenditure - Depreciation (Consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="1844"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="10"/>
+    <s v="Expenditure - Depreciation by market establishments - ESA2010 Code (P51c_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="11"/>
+    <s v="Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="2107"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="12"/>
+    <s v="Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="13"/>
+    <s v="Expenditure - Product subsidies - ESA2010 Code (D31)"/>
+    <s v="Euro Million"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="14"/>
+    <s v="Expenditure - Other subsidies on production - ESA2010 Code (D39)"/>
+    <s v="Euro Million"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="15"/>
+    <s v="Expenditure - Total Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="9231"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="16"/>
+    <s v="Expenditure - Social benefits in cash - ESA2010 Code (D62)"/>
+    <s v="Euro Million"/>
+    <n v="7969"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="17"/>
+    <s v="Expenditure - Social benefits in kind (via market producers) - ESA2010 Code (D632)"/>
+    <s v="Euro Million"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="18"/>
+    <s v="Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="19"/>
+    <s v="Expenditure - Net non-life insurance premiums - ESA2010 Code (D71)"/>
+    <s v="Euro Million"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="20"/>
+    <s v="Expenditure - Current international cooperation - ESA2010 Code (D74)"/>
+    <s v="Euro Million"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="21"/>
+    <s v="Expenditure - Miscellaneous current transfers - ESA2010 Code (D75)"/>
+    <s v="Euro Million"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="22"/>
+    <s v="Expenditure - VAT and GNI based EU budget contribution - ESA2010 Code (D76)"/>
+    <s v="Euro Million"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="23"/>
+    <s v="Expenditure - VAT-based EU own resources - ESA2010 Code (D761)"/>
+    <s v="Euro Million"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="24"/>
+    <s v="Expenditure - GNI-based EU own resources - ESA2010 Code (D762)"/>
+    <s v="Euro Million"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="25"/>
+    <s v="Expenditure - Miscellaneous non-tax contribution of government to the institutions of the EU - ESA2010 (D763)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="26"/>
+    <s v="Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="27"/>
+    <s v="Expenditure - Investment grants - ESA2010 Code (D92)"/>
+    <s v="Euro Million"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="28"/>
+    <s v="Expenditure - Other capital transfers - ESA2010 Code (D99)"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="29"/>
+    <s v="Expenditure - Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="30"/>
+    <s v="Expenditure - Gross investment in non-financial assets - ESA2010 Code (P5 + NP)"/>
+    <s v="Euro Million"/>
+    <n v="3800"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="31"/>
+    <s v="Expenditure - Gross fixed capital formation - ESA2010 Code (P51)"/>
+    <s v="Euro Million"/>
+    <n v="3800"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="32"/>
+    <s v="Expenditure - Net acquisition of stocks - ESA2010 Code (P52)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="33"/>
+    <s v="Expenditure - Net acquisition of unproduced assets - ESA2010 Code (NP)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="34"/>
+    <s v="Expenditure - Consumption of fixed capital - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="-1844"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="35"/>
+    <s v="Expenditure - Net expenditure on current goods and services - ESA2010 Code (P3 excl. D632)"/>
+    <s v="Euro Million"/>
+    <n v="14736"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="36"/>
+    <s v="Expenditure - Final consumption expenditure - ESA2010 Code (P3)"/>
+    <s v="Euro Million"/>
+    <n v="15999"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="37"/>
+    <s v="Expenditure - Individual consumption (= social transfers in kind) - ESA2010 Code (P31 (=D63))"/>
+    <s v="Euro Million"/>
+    <n v="10208"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="38"/>
+    <s v="Expenditure - Collective consumption (= actual final consumption of government) - ESA2010 Code (P32)"/>
+    <s v="Euro Million"/>
+    <n v="5790"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="01"/>
+    <s v="Expenditure - Total Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="39280"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="02"/>
+    <s v="Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="36227"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03"/>
+    <s v="Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="10446"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="04"/>
+    <s v="Expenditure - Compensation of employees Related to production of own-use capital assets - ESA2010 Code (D1_own-use)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="05"/>
+    <s v="Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="6348"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="06"/>
+    <s v="Expenditure - Use of goods and services [Intermediate consumption] - ESA2010 Code (P2)"/>
+    <s v="Euro Million"/>
+    <n v="6348"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="07"/>
+    <s v="Expenditure - Intermediate consumption of market establishments - ESA2010 Code (P2_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="08"/>
+    <s v="Expenditure - Taxes, payable - ESA2010 Code (D5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="09"/>
+    <s v="Expenditure - Depreciation (Consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="2117"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="10"/>
+    <s v="Expenditure - Depreciation by market establishments - ESA2010 Code (P51c_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="11"/>
+    <s v="Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="12"/>
+    <s v="Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="13"/>
+    <s v="Expenditure - Product subsidies - ESA2010 Code (D31)"/>
+    <s v="Euro Million"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="14"/>
+    <s v="Expenditure - Other subsidies on production - ESA2010 Code (D39)"/>
+    <s v="Euro Million"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="15"/>
+    <s v="Expenditure - Total Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="11108"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="16"/>
+    <s v="Expenditure - Social benefits in cash - ESA2010 Code (D62)"/>
+    <s v="Euro Million"/>
+    <n v="9620"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="17"/>
+    <s v="Expenditure - Social benefits in kind (via market producers) - ESA2010 Code (D632)"/>
+    <s v="Euro Million"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="18"/>
+    <s v="Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="19"/>
+    <s v="Expenditure - Net non-life insurance premiums - ESA2010 Code (D71)"/>
+    <s v="Euro Million"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="20"/>
+    <s v="Expenditure - Current international cooperation - ESA2010 Code (D74)"/>
+    <s v="Euro Million"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="21"/>
+    <s v="Expenditure - Miscellaneous current transfers - ESA2010 Code (D75)"/>
+    <s v="Euro Million"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="22"/>
+    <s v="Expenditure - VAT and GNI based EU budget contribution - ESA2010 Code (D76)"/>
+    <s v="Euro Million"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="23"/>
+    <s v="Expenditure - VAT-based EU own resources - ESA2010 Code (D761)"/>
+    <s v="Euro Million"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="24"/>
+    <s v="Expenditure - GNI-based EU own resources - ESA2010 Code (D762)"/>
+    <s v="Euro Million"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="25"/>
+    <s v="Expenditure - Miscellaneous non-tax contribution of government to the institutions of the EU - ESA2010 (D763)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="26"/>
+    <s v="Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="27"/>
+    <s v="Expenditure - Investment grants - ESA2010 Code (D92)"/>
+    <s v="Euro Million"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="28"/>
+    <s v="Expenditure - Other capital transfers - ESA2010 Code (D99)"/>
+    <s v="Euro Million"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="29"/>
+    <s v="Expenditure - Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3052"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="30"/>
+    <s v="Expenditure - Gross investment in non-financial assets - ESA2010 Code (P5 + NP)"/>
+    <s v="Euro Million"/>
+    <n v="5169"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="31"/>
+    <s v="Expenditure - Gross fixed capital formation - ESA2010 Code (P51)"/>
+    <s v="Euro Million"/>
+    <n v="5152"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="32"/>
+    <s v="Expenditure - Net acquisition of stocks - ESA2010 Code (P52)"/>
+    <s v="Euro Million"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="33"/>
+    <s v="Expenditure - Net acquisition of unproduced assets - ESA2010 Code (NP)"/>
+    <s v="Euro Million"/>
+    <n v="-27"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="34"/>
+    <s v="Expenditure - Consumption of fixed capital - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="-2117"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="35"/>
+    <s v="Expenditure - Net expenditure on current goods and services - ESA2010 Code (P3 excl. D632)"/>
+    <s v="Euro Million"/>
+    <n v="17314"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="36"/>
+    <s v="Expenditure - Final consumption expenditure - ESA2010 Code (P3)"/>
+    <s v="Euro Million"/>
+    <n v="18802"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="37"/>
+    <s v="Expenditure - Individual consumption (= social transfers in kind) - ESA2010 Code (P31 (=D63))"/>
+    <s v="Euro Million"/>
+    <n v="12163"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="38"/>
+    <s v="Expenditure - Collective consumption (= actual final consumption of government) - ESA2010 Code (P32)"/>
+    <s v="Euro Million"/>
+    <n v="6639"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="01"/>
+    <s v="Expenditure - Total Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="44716"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="02"/>
+    <s v="Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="41299"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03"/>
+    <s v="Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="11977"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="04"/>
+    <s v="Expenditure - Compensation of employees Related to production of own-use capital assets - ESA2010 Code (D1_own-use)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="05"/>
+    <s v="Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="7222"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="06"/>
+    <s v="Expenditure - Use of goods and services [Intermediate consumption] - ESA2010 Code (P2)"/>
+    <s v="Euro Million"/>
+    <n v="7222"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="07"/>
+    <s v="Expenditure - Intermediate consumption of market establishments - ESA2010 Code (P2_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="08"/>
+    <s v="Expenditure - Taxes, payable - ESA2010 Code (D5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="09"/>
+    <s v="Expenditure - Depreciation (Consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="2339"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="10"/>
+    <s v="Expenditure - Depreciation by market establishments - ESA2010 Code (P51c_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="11"/>
+    <s v="Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="12"/>
+    <s v="Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="13"/>
+    <s v="Expenditure - Product subsidies - ESA2010 Code (D31)"/>
+    <s v="Euro Million"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="14"/>
+    <s v="Expenditure - Other subsidies on production - ESA2010 Code (D39)"/>
+    <s v="Euro Million"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="15"/>
+    <s v="Expenditure - Total Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="13124"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="16"/>
+    <s v="Expenditure - Social benefits in cash - ESA2010 Code (D62)"/>
+    <s v="Euro Million"/>
+    <n v="11266"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="17"/>
+    <s v="Expenditure - Social benefits in kind (via market producers) - ESA2010 Code (D632)"/>
+    <s v="Euro Million"/>
+    <n v="1858"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="18"/>
+    <s v="Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="2313"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="19"/>
+    <s v="Expenditure - Net non-life insurance premiums - ESA2010 Code (D71)"/>
+    <s v="Euro Million"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="20"/>
+    <s v="Expenditure - Current international cooperation - ESA2010 Code (D74)"/>
+    <s v="Euro Million"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="21"/>
+    <s v="Expenditure - Miscellaneous current transfers - ESA2010 Code (D75)"/>
+    <s v="Euro Million"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="22"/>
+    <s v="Expenditure - VAT and GNI based EU budget contribution - ESA2010 Code (D76)"/>
+    <s v="Euro Million"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="23"/>
+    <s v="Expenditure - VAT-based EU own resources - ESA2010 Code (D761)"/>
+    <s v="Euro Million"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="24"/>
+    <s v="Expenditure - GNI-based EU own resources - ESA2010 Code (D762)"/>
+    <s v="Euro Million"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="25"/>
+    <s v="Expenditure - Miscellaneous non-tax contribution of government to the institutions of the EU - ESA2010 (D763)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="26"/>
+    <s v="Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="27"/>
+    <s v="Expenditure - Investment grants - ESA2010 Code (D92)"/>
+    <s v="Euro Million"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="28"/>
+    <s v="Expenditure - Other capital transfers - ESA2010 Code (D99)"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="29"/>
+    <s v="Expenditure - Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3417"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="30"/>
+    <s v="Expenditure - Gross investment in non-financial assets - ESA2010 Code (P5 + NP)"/>
+    <s v="Euro Million"/>
+    <n v="5756"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="31"/>
+    <s v="Expenditure - Gross fixed capital formation - ESA2010 Code (P51)"/>
+    <s v="Euro Million"/>
+    <n v="5741"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="32"/>
+    <s v="Expenditure - Net acquisition of stocks - ESA2010 Code (P52)"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="33"/>
+    <s v="Expenditure - Net acquisition of unproduced assets - ESA2010 Code (NP)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="34"/>
+    <s v="Expenditure - Consumption of fixed capital - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="-2339"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="35"/>
+    <s v="Expenditure - Net expenditure on current goods and services - ESA2010 Code (P3 excl. D632)"/>
+    <s v="Euro Million"/>
+    <n v="19638"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="36"/>
+    <s v="Expenditure - Final consumption expenditure - ESA2010 Code (P3)"/>
+    <s v="Euro Million"/>
+    <n v="21496"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="37"/>
+    <s v="Expenditure - Individual consumption (= social transfers in kind) - ESA2010 Code (P31 (=D63))"/>
+    <s v="Euro Million"/>
+    <n v="14194"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="38"/>
+    <s v="Expenditure - Collective consumption (= actual final consumption of government) - ESA2010 Code (P32)"/>
+    <s v="Euro Million"/>
+    <n v="7302"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="01"/>
+    <s v="Expenditure - Total Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="47552"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="02"/>
+    <s v="Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="44735"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03"/>
+    <s v="Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="13340"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="04"/>
+    <s v="Expenditure - Compensation of employees Related to production of own-use capital assets - ESA2010 Code (D1_own-use)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="05"/>
+    <s v="Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="7634"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="06"/>
+    <s v="Expenditure - Use of goods and services [Intermediate consumption] - ESA2010 Code (P2)"/>
+    <s v="Euro Million"/>
+    <n v="7634"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="07"/>
+    <s v="Expenditure - Intermediate consumption of market establishments - ESA2010 Code (P2_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="08"/>
+    <s v="Expenditure - Taxes, payable - ESA2010 Code (D5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="09"/>
+    <s v="Expenditure - Depreciation (Consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="2547"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="10"/>
+    <s v="Expenditure - Depreciation by market establishments - ESA2010 Code (P51c_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="11"/>
+    <s v="Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="1775"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="12"/>
+    <s v="Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1490"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="13"/>
+    <s v="Expenditure - Product subsidies - ESA2010 Code (D31)"/>
+    <s v="Euro Million"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="14"/>
+    <s v="Expenditure - Other subsidies on production - ESA2010 Code (D39)"/>
+    <s v="Euro Million"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="15"/>
+    <s v="Expenditure - Total Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="14154"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="16"/>
+    <s v="Expenditure - Social benefits in cash - ESA2010 Code (D62)"/>
+    <s v="Euro Million"/>
+    <n v="12087"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="17"/>
+    <s v="Expenditure - Social benefits in kind (via market producers) - ESA2010 Code (D632)"/>
+    <s v="Euro Million"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="18"/>
+    <s v="Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="19"/>
+    <s v="Expenditure - Net non-life insurance premiums - ESA2010 Code (D71)"/>
+    <s v="Euro Million"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="20"/>
+    <s v="Expenditure - Current international cooperation - ESA2010 Code (D74)"/>
+    <s v="Euro Million"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="21"/>
+    <s v="Expenditure - Miscellaneous current transfers - ESA2010 Code (D75)"/>
+    <s v="Euro Million"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="22"/>
+    <s v="Expenditure - VAT and GNI based EU budget contribution - ESA2010 Code (D76)"/>
+    <s v="Euro Million"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="23"/>
+    <s v="Expenditure - VAT-based EU own resources - ESA2010 Code (D761)"/>
+    <s v="Euro Million"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="24"/>
+    <s v="Expenditure - GNI-based EU own resources - ESA2010 Code (D762)"/>
+    <s v="Euro Million"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="25"/>
+    <s v="Expenditure - Miscellaneous non-tax contribution of government to the institutions of the EU - ESA2010 (D763)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="26"/>
+    <s v="Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="27"/>
+    <s v="Expenditure - Investment grants - ESA2010 Code (D92)"/>
+    <s v="Euro Million"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="28"/>
+    <s v="Expenditure - Other capital transfers - ESA2010 Code (D99)"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="29"/>
+    <s v="Expenditure - Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="2817"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="30"/>
+    <s v="Expenditure - Gross investment in non-financial assets - ESA2010 Code (P5 + NP)"/>
+    <s v="Euro Million"/>
+    <n v="5364"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="31"/>
+    <s v="Expenditure - Gross fixed capital formation - ESA2010 Code (P51)"/>
+    <s v="Euro Million"/>
+    <n v="5352"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="32"/>
+    <s v="Expenditure - Net acquisition of stocks - ESA2010 Code (P52)"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="33"/>
+    <s v="Expenditure - Net acquisition of unproduced assets - ESA2010 Code (NP)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="34"/>
+    <s v="Expenditure - Consumption of fixed capital - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="-2547"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="35"/>
+    <s v="Expenditure - Net expenditure on current goods and services - ESA2010 Code (P3 excl. D632)"/>
+    <s v="Euro Million"/>
+    <n v="21306"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="36"/>
+    <s v="Expenditure - Final consumption expenditure - ESA2010 Code (P3)"/>
+    <s v="Euro Million"/>
+    <n v="23374"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="37"/>
+    <s v="Expenditure - Individual consumption (= social transfers in kind) - ESA2010 Code (P31 (=D63))"/>
+    <s v="Euro Million"/>
+    <n v="15558"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="38"/>
+    <s v="Expenditure - Collective consumption (= actual final consumption of government) - ESA2010 Code (P32)"/>
+    <s v="Euro Million"/>
+    <n v="7816"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="01"/>
+    <s v="Expenditure - Total Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="51287"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="02"/>
+    <s v="Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="48568"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03"/>
+    <s v="Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="14494"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="04"/>
+    <s v="Expenditure - Compensation of employees Related to production of own-use capital assets - ESA2010 Code (D1_own-use)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="05"/>
+    <s v="Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="8137"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="06"/>
+    <s v="Expenditure - Use of goods and services [Intermediate consumption] - ESA2010 Code (P2)"/>
+    <s v="Euro Million"/>
+    <n v="8137"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="07"/>
+    <s v="Expenditure - Intermediate consumption of market establishments - ESA2010 Code (P2_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="08"/>
+    <s v="Expenditure - Taxes, payable - ESA2010 Code (D5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="09"/>
+    <s v="Expenditure - Depreciation (Consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="2788"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="Expenditure - Depreciation by market establishments - ESA2010 Code (P51c_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="11"/>
+    <s v="Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="1714"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="12"/>
+    <s v="Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1540"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="13"/>
+    <s v="Expenditure - Product subsidies - ESA2010 Code (D31)"/>
+    <s v="Euro Million"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="14"/>
+    <s v="Expenditure - Other subsidies on production - ESA2010 Code (D39)"/>
+    <s v="Euro Million"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="15"/>
+    <s v="Expenditure - Total Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="15675"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="16"/>
+    <s v="Expenditure - Social benefits in cash - ESA2010 Code (D62)"/>
+    <s v="Euro Million"/>
+    <n v="13328"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="17"/>
+    <s v="Expenditure - Social benefits in kind (via market producers) - ESA2010 Code (D632)"/>
+    <s v="Euro Million"/>
+    <n v="2347"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="18"/>
+    <s v="Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="2840"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="19"/>
+    <s v="Expenditure - Net non-life insurance premiums - ESA2010 Code (D71)"/>
+    <s v="Euro Million"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="20"/>
+    <s v="Expenditure - Current international cooperation - ESA2010 Code (D74)"/>
+    <s v="Euro Million"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="21"/>
+    <s v="Expenditure - Miscellaneous current transfers - ESA2010 Code (D75)"/>
+    <s v="Euro Million"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="22"/>
+    <s v="Expenditure - VAT and GNI based EU budget contribution - ESA2010 Code (D76)"/>
+    <s v="Euro Million"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="23"/>
+    <s v="Expenditure - VAT-based EU own resources - ESA2010 Code (D761)"/>
+    <s v="Euro Million"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="24"/>
+    <s v="Expenditure - GNI-based EU own resources - ESA2010 Code (D762)"/>
+    <s v="Euro Million"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="25"/>
+    <s v="Expenditure - Miscellaneous non-tax contribution of government to the institutions of the EU - ESA2010 (D763)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="26"/>
+    <s v="Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="27"/>
+    <s v="Expenditure - Investment grants - ESA2010 Code (D92)"/>
+    <s v="Euro Million"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="28"/>
+    <s v="Expenditure - Other capital transfers - ESA2010 Code (D99)"/>
+    <s v="Euro Million"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="29"/>
+    <s v="Expenditure - Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="2719"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="30"/>
+    <s v="Expenditure - Gross investment in non-financial assets - ESA2010 Code (P5 + NP)"/>
+    <s v="Euro Million"/>
+    <n v="5507"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="31"/>
+    <s v="Expenditure - Gross fixed capital formation - ESA2010 Code (P51)"/>
+    <s v="Euro Million"/>
+    <n v="5506"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="32"/>
+    <s v="Expenditure - Net acquisition of stocks - ESA2010 Code (P52)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="33"/>
+    <s v="Expenditure - Net acquisition of unproduced assets - ESA2010 Code (NP)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="34"/>
+    <s v="Expenditure - Consumption of fixed capital - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="-2788"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="35"/>
+    <s v="Expenditure - Net expenditure on current goods and services - ESA2010 Code (P3 excl. D632)"/>
+    <s v="Euro Million"/>
+    <n v="22914"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="36"/>
+    <s v="Expenditure - Final consumption expenditure - ESA2010 Code (P3)"/>
+    <s v="Euro Million"/>
+    <n v="25261"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="37"/>
+    <s v="Expenditure - Individual consumption (= social transfers in kind) - ESA2010 Code (P31 (=D63))"/>
+    <s v="Euro Million"/>
+    <n v="16958"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="38"/>
+    <s v="Expenditure - Collective consumption (= actual final consumption of government) - ESA2010 Code (P32)"/>
+    <s v="Euro Million"/>
+    <n v="8303"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01"/>
+    <s v="Expenditure - Total Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="56238"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02"/>
+    <s v="Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="53225"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="16566"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="Expenditure - Compensation of employees Related to production of own-use capital assets - ESA2010 Code (D1_own-use)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="7896"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="06"/>
+    <s v="Expenditure - Use of goods and services [Intermediate consumption] - ESA2010 Code (P2)"/>
+    <s v="Euro Million"/>
+    <n v="7896"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="07"/>
+    <s v="Expenditure - Intermediate consumption of market establishments - ESA2010 Code (P2_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="08"/>
+    <s v="Expenditure - Taxes, payable - ESA2010 Code (D5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="09"/>
+    <s v="Expenditure - Depreciation (Consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3008"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="Expenditure - Depreciation by market establishments - ESA2010 Code (P51c_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="12"/>
+    <s v="Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="13"/>
+    <s v="Expenditure - Product subsidies - ESA2010 Code (D31)"/>
+    <s v="Euro Million"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="14"/>
+    <s v="Expenditure - Other subsidies on production - ESA2010 Code (D39)"/>
+    <s v="Euro Million"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="15"/>
+    <s v="Expenditure - Total Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="17845"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="16"/>
+    <s v="Expenditure - Social benefits in cash - ESA2010 Code (D62)"/>
+    <s v="Euro Million"/>
+    <n v="15108"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="17"/>
+    <s v="Expenditure - Social benefits in kind (via market producers) - ESA2010 Code (D632)"/>
+    <s v="Euro Million"/>
+    <n v="2737"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="18"/>
+    <s v="Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="3062"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="19"/>
+    <s v="Expenditure - Net non-life insurance premiums - ESA2010 Code (D71)"/>
+    <s v="Euro Million"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="20"/>
+    <s v="Expenditure - Current international cooperation - ESA2010 Code (D74)"/>
+    <s v="Euro Million"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="21"/>
+    <s v="Expenditure - Miscellaneous current transfers - ESA2010 Code (D75)"/>
+    <s v="Euro Million"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="22"/>
+    <s v="Expenditure - VAT and GNI based EU budget contribution - ESA2010 Code (D76)"/>
+    <s v="Euro Million"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="23"/>
+    <s v="Expenditure - VAT-based EU own resources - ESA2010 Code (D761)"/>
+    <s v="Euro Million"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="24"/>
+    <s v="Expenditure - GNI-based EU own resources - ESA2010 Code (D762)"/>
+    <s v="Euro Million"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="25"/>
+    <s v="Expenditure - Miscellaneous non-tax contribution of government to the institutions of the EU - ESA2010 (D763)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="26"/>
+    <s v="Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="27"/>
+    <s v="Expenditure - Investment grants - ESA2010 Code (D92)"/>
+    <s v="Euro Million"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="28"/>
+    <s v="Expenditure - Other capital transfers - ESA2010 Code (D99)"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="29"/>
+    <s v="Expenditure - Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3014"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="30"/>
+    <s v="Expenditure - Gross investment in non-financial assets - ESA2010 Code (P5 + NP)"/>
+    <s v="Euro Million"/>
+    <n v="6021"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="31"/>
+    <s v="Expenditure - Gross fixed capital formation - ESA2010 Code (P51)"/>
+    <s v="Euro Million"/>
+    <n v="6024"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="32"/>
+    <s v="Expenditure - Net acquisition of stocks - ESA2010 Code (P52)"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="33"/>
+    <s v="Expenditure - Net acquisition of unproduced assets - ESA2010 Code (NP)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="34"/>
+    <s v="Expenditure - Consumption of fixed capital - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="-3008"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="35"/>
+    <s v="Expenditure - Net expenditure on current goods and services - ESA2010 Code (P3 excl. D632)"/>
+    <s v="Euro Million"/>
+    <n v="24609"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="36"/>
+    <s v="Expenditure - Final consumption expenditure - ESA2010 Code (P3)"/>
+    <s v="Euro Million"/>
+    <n v="27346"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="37"/>
+    <s v="Expenditure - Individual consumption (= social transfers in kind) - ESA2010 Code (P31 (=D63))"/>
+    <s v="Euro Million"/>
+    <n v="18788"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="38"/>
+    <s v="Expenditure - Collective consumption (= actual final consumption of government) - ESA2010 Code (P32)"/>
+    <s v="Euro Million"/>
+    <n v="8559"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01"/>
+    <s v="Expenditure - Total Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="62063"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02"/>
+    <s v="Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="58252"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="18164"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="Expenditure - Compensation of employees Related to production of own-use capital assets - ESA2010 Code (D1_own-use)"/>
+    <s v="Euro Million"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="8781"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="Expenditure - Use of goods and services [Intermediate consumption] - ESA2010 Code (P2)"/>
+    <s v="Euro Million"/>
+    <n v="8781"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="Expenditure - Intermediate consumption of market establishments - ESA2010 Code (P2_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="Expenditure - Taxes, payable - ESA2010 Code (D5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="Expenditure - Depreciation (Consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3261"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Expenditure - Depreciation by market establishments - ESA2010 Code (P51c_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="13"/>
+    <s v="Expenditure - Product subsidies - ESA2010 Code (D31)"/>
+    <s v="Euro Million"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="14"/>
+    <s v="Expenditure - Other subsidies on production - ESA2010 Code (D39)"/>
+    <s v="Euro Million"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="15"/>
+    <s v="Expenditure - Total Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="19921"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="16"/>
+    <s v="Expenditure - Social benefits in cash - ESA2010 Code (D62)"/>
+    <s v="Euro Million"/>
+    <n v="16863"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="17"/>
+    <s v="Expenditure - Social benefits in kind (via market producers) - ESA2010 Code (D632)"/>
+    <s v="Euro Million"/>
+    <n v="3058"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="18"/>
+    <s v="Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="3359"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="19"/>
+    <s v="Expenditure - Net non-life insurance premiums - ESA2010 Code (D71)"/>
+    <s v="Euro Million"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Expenditure - Current international cooperation - ESA2010 Code (D74)"/>
+    <s v="Euro Million"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Expenditure - Miscellaneous current transfers - ESA2010 Code (D75)"/>
+    <s v="Euro Million"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="22"/>
+    <s v="Expenditure - VAT and GNI based EU budget contribution - ESA2010 Code (D76)"/>
+    <s v="Euro Million"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="23"/>
+    <s v="Expenditure - VAT-based EU own resources - ESA2010 Code (D761)"/>
+    <s v="Euro Million"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="24"/>
+    <s v="Expenditure - GNI-based EU own resources - ESA2010 Code (D762)"/>
+    <s v="Euro Million"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="25"/>
+    <s v="Expenditure - Miscellaneous non-tax contribution of government to the institutions of the EU - ESA2010 (D763)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="26"/>
+    <s v="Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="27"/>
+    <s v="Expenditure - Investment grants - ESA2010 Code (D92)"/>
+    <s v="Euro Million"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="28"/>
+    <s v="Expenditure - Other capital transfers - ESA2010 Code (D99)"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="29"/>
+    <s v="Expenditure - Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3811"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Expenditure - Gross investment in non-financial assets - ESA2010 Code (P5 + NP)"/>
+    <s v="Euro Million"/>
+    <n v="7072"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="31"/>
+    <s v="Expenditure - Gross fixed capital formation - ESA2010 Code (P51)"/>
+    <s v="Euro Million"/>
+    <n v="7028"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="32"/>
+    <s v="Expenditure - Net acquisition of stocks - ESA2010 Code (P52)"/>
+    <s v="Euro Million"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="33"/>
+    <s v="Expenditure - Net acquisition of unproduced assets - ESA2010 Code (NP)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="34"/>
+    <s v="Expenditure - Consumption of fixed capital - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="-3261"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="35"/>
+    <s v="Expenditure - Net expenditure on current goods and services - ESA2010 Code (P3 excl. D632)"/>
+    <s v="Euro Million"/>
+    <n v="26948"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="36"/>
+    <s v="Expenditure - Final consumption expenditure - ESA2010 Code (P3)"/>
+    <s v="Euro Million"/>
+    <n v="30006"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="37"/>
+    <s v="Expenditure - Individual consumption (= social transfers in kind) - ESA2010 Code (P31 (=D63))"/>
+    <s v="Euro Million"/>
+    <n v="20299"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="38"/>
+    <s v="Expenditure - Collective consumption (= actual final consumption of government) - ESA2010 Code (P32)"/>
+    <s v="Euro Million"/>
+    <n v="9707"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Expenditure - Total Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="70236"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="64462"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="19904"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="Expenditure - Compensation of employees Related to production of own-use capital assets - ESA2010 Code (D1_own-use)"/>
+    <s v="Euro Million"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="9733"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="Expenditure - Use of goods and services [Intermediate consumption] - ESA2010 Code (P2)"/>
+    <s v="Euro Million"/>
+    <n v="9733"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="Expenditure - Intermediate consumption of market establishments - ESA2010 Code (P2_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="Expenditure - Taxes, payable - ESA2010 Code (D5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="Expenditure - Depreciation (Consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3433"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="Expenditure - Depreciation by market establishments - ESA2010 Code (P51c_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="1985"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="13"/>
+    <s v="Expenditure - Product subsidies - ESA2010 Code (D31)"/>
+    <s v="Euro Million"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="14"/>
+    <s v="Expenditure - Other subsidies on production - ESA2010 Code (D39)"/>
+    <s v="Euro Million"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="15"/>
+    <s v="Expenditure - Total Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="22608"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="16"/>
+    <s v="Expenditure - Social benefits in cash - ESA2010 Code (D62)"/>
+    <s v="Euro Million"/>
+    <n v="19154"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="17"/>
+    <s v="Expenditure - Social benefits in kind (via market producers) - ESA2010 Code (D632)"/>
+    <s v="Euro Million"/>
+    <n v="3454"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="18"/>
+    <s v="Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="3148"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="19"/>
+    <s v="Expenditure - Net non-life insurance premiums - ESA2010 Code (D71)"/>
+    <s v="Euro Million"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="20"/>
+    <s v="Expenditure - Current international cooperation - ESA2010 Code (D74)"/>
+    <s v="Euro Million"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="21"/>
+    <s v="Expenditure - Miscellaneous current transfers - ESA2010 Code (D75)"/>
+    <s v="Euro Million"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="22"/>
+    <s v="Expenditure - VAT and GNI based EU budget contribution - ESA2010 Code (D76)"/>
+    <s v="Euro Million"/>
+    <n v="1352"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="23"/>
+    <s v="Expenditure - VAT-based EU own resources - ESA2010 Code (D761)"/>
+    <s v="Euro Million"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="24"/>
+    <s v="Expenditure - GNI-based EU own resources - ESA2010 Code (D762)"/>
+    <s v="Euro Million"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="25"/>
+    <s v="Expenditure - Miscellaneous non-tax contribution of government to the institutions of the EU - ESA2010 (D763)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="26"/>
+    <s v="Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="27"/>
+    <s v="Expenditure - Investment grants - ESA2010 Code (D92)"/>
+    <s v="Euro Million"/>
+    <n v="1852"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="28"/>
+    <s v="Expenditure - Other capital transfers - ESA2010 Code (D99)"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="29"/>
+    <s v="Expenditure - Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="5774"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="30"/>
+    <s v="Expenditure - Gross investment in non-financial assets - ESA2010 Code (P5 + NP)"/>
+    <s v="Euro Million"/>
+    <n v="9207"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="31"/>
+    <s v="Expenditure - Gross fixed capital formation - ESA2010 Code (P51)"/>
+    <s v="Euro Million"/>
+    <n v="9206"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="32"/>
+    <s v="Expenditure - Net acquisition of stocks - ESA2010 Code (P52)"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="33"/>
+    <s v="Expenditure - Net acquisition of unproduced assets - ESA2010 Code (NP)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="34"/>
+    <s v="Expenditure - Consumption of fixed capital - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="-3433"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="35"/>
+    <s v="Expenditure - Net expenditure on current goods and services - ESA2010 Code (P3 excl. D632)"/>
+    <s v="Euro Million"/>
+    <n v="29747"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="36"/>
+    <s v="Expenditure - Final consumption expenditure - ESA2010 Code (P3)"/>
+    <s v="Euro Million"/>
+    <n v="33200"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="37"/>
+    <s v="Expenditure - Individual consumption (= social transfers in kind) - ESA2010 Code (P31 (=D63))"/>
+    <s v="Euro Million"/>
+    <n v="22265"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="38"/>
+    <s v="Expenditure - Collective consumption (= actual final consumption of government) - ESA2010 Code (P32)"/>
+    <s v="Euro Million"/>
+    <n v="10935"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="Expenditure - Total Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="77830"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="71054"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="21206"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="Expenditure - Compensation of employees Related to production of own-use capital assets - ESA2010 Code (D1_own-use)"/>
+    <s v="Euro Million"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="10036"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="Expenditure - Use of goods and services [Intermediate consumption] - ESA2010 Code (P2)"/>
+    <s v="Euro Million"/>
+    <n v="10036"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="Expenditure - Intermediate consumption of market establishments - ESA2010 Code (P2_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="Expenditure - Taxes, payable - ESA2010 Code (D5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="Expenditure - Depreciation (Consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3374"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="Expenditure - Depreciation by market establishments - ESA2010 Code (P51c_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="2403"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="13"/>
+    <s v="Expenditure - Product subsidies - ESA2010 Code (D31)"/>
+    <s v="Euro Million"/>
+    <n v="1247"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="14"/>
+    <s v="Expenditure - Other subsidies on production - ESA2010 Code (D39)"/>
+    <s v="Euro Million"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="15"/>
+    <s v="Expenditure - Total Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="25605"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="16"/>
+    <s v="Expenditure - Social benefits in cash - ESA2010 Code (D62)"/>
+    <s v="Euro Million"/>
+    <n v="21814"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="17"/>
+    <s v="Expenditure - Social benefits in kind (via market producers) - ESA2010 Code (D632)"/>
+    <s v="Euro Million"/>
+    <n v="3791"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="18"/>
+    <s v="Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="3511"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="19"/>
+    <s v="Expenditure - Net non-life insurance premiums - ESA2010 Code (D71)"/>
+    <s v="Euro Million"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="20"/>
+    <s v="Expenditure - Current international cooperation - ESA2010 Code (D74)"/>
+    <s v="Euro Million"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="21"/>
+    <s v="Expenditure - Miscellaneous current transfers - ESA2010 Code (D75)"/>
+    <s v="Euro Million"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="22"/>
+    <s v="Expenditure - VAT and GNI based EU budget contribution - ESA2010 Code (D76)"/>
+    <s v="Euro Million"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="23"/>
+    <s v="Expenditure - VAT-based EU own resources - ESA2010 Code (D761)"/>
+    <s v="Euro Million"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="24"/>
+    <s v="Expenditure - GNI-based EU own resources - ESA2010 Code (D762)"/>
+    <s v="Euro Million"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="25"/>
+    <s v="Expenditure - Miscellaneous non-tax contribution of government to the institutions of the EU - ESA2010 (D763)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="26"/>
+    <s v="Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="2997"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="27"/>
+    <s v="Expenditure - Investment grants - ESA2010 Code (D92)"/>
+    <s v="Euro Million"/>
+    <n v="2997"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="28"/>
+    <s v="Expenditure - Other capital transfers - ESA2010 Code (D99)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="29"/>
+    <s v="Expenditure - Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="6776"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="30"/>
+    <s v="Expenditure - Gross investment in non-financial assets - ESA2010 Code (P5 + NP)"/>
+    <s v="Euro Million"/>
+    <n v="10150"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="31"/>
+    <s v="Expenditure - Gross fixed capital formation - ESA2010 Code (P51)"/>
+    <s v="Euro Million"/>
+    <n v="9877"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="32"/>
+    <s v="Expenditure - Net acquisition of stocks - ESA2010 Code (P52)"/>
+    <s v="Euro Million"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="33"/>
+    <s v="Expenditure - Net acquisition of unproduced assets - ESA2010 Code (NP)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="34"/>
+    <s v="Expenditure - Consumption of fixed capital - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="-3374"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="35"/>
+    <s v="Expenditure - Net expenditure on current goods and services - ESA2010 Code (P3 excl. D632)"/>
+    <s v="Euro Million"/>
+    <n v="31142"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="36"/>
+    <s v="Expenditure - Final consumption expenditure - ESA2010 Code (P3)"/>
+    <s v="Euro Million"/>
+    <n v="34933"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="37"/>
+    <s v="Expenditure - Individual consumption (= social transfers in kind) - ESA2010 Code (P31 (=D63))"/>
+    <s v="Euro Million"/>
+    <n v="23507"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="38"/>
+    <s v="Expenditure - Collective consumption (= actual final consumption of government) - ESA2010 Code (P32)"/>
+    <s v="Euro Million"/>
+    <n v="11426"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Expenditure - Total Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="79461"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="76292"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="20713"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Expenditure - Compensation of employees Related to production of own-use capital assets - ESA2010 Code (D1_own-use)"/>
+    <s v="Euro Million"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="9982"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="Expenditure - Use of goods and services [Intermediate consumption] - ESA2010 Code (P2)"/>
+    <s v="Euro Million"/>
+    <n v="9982"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="Expenditure - Intermediate consumption of market establishments - ESA2010 Code (P2_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="Expenditure - Taxes, payable - ESA2010 Code (D5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="Expenditure - Depreciation (Consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3238"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="Expenditure - Depreciation by market establishments - ESA2010 Code (P51c_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="3416"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1889"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="13"/>
+    <s v="Expenditure - Product subsidies - ESA2010 Code (D31)"/>
+    <s v="Euro Million"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="14"/>
+    <s v="Expenditure - Other subsidies on production - ESA2010 Code (D39)"/>
+    <s v="Euro Million"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="15"/>
+    <s v="Expenditure - Total Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="28352"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="16"/>
+    <s v="Expenditure - Social benefits in cash - ESA2010 Code (D62)"/>
+    <s v="Euro Million"/>
+    <n v="24307"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="17"/>
+    <s v="Expenditure - Social benefits in kind (via market producers) - ESA2010 Code (D632)"/>
+    <s v="Euro Million"/>
+    <n v="4045"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="18"/>
+    <s v="Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="2725"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="19"/>
+    <s v="Expenditure - Net non-life insurance premiums - ESA2010 Code (D71)"/>
+    <s v="Euro Million"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="20"/>
+    <s v="Expenditure - Current international cooperation - ESA2010 Code (D74)"/>
+    <s v="Euro Million"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="21"/>
+    <s v="Expenditure - Miscellaneous current transfers - ESA2010 Code (D75)"/>
+    <s v="Euro Million"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="22"/>
+    <s v="Expenditure - VAT and GNI based EU budget contribution - ESA2010 Code (D76)"/>
+    <s v="Euro Million"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="23"/>
+    <s v="Expenditure - VAT-based EU own resources - ESA2010 Code (D761)"/>
+    <s v="Euro Million"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="24"/>
+    <s v="Expenditure - GNI-based EU own resources - ESA2010 Code (D762)"/>
+    <s v="Euro Million"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="25"/>
+    <s v="Expenditure - Miscellaneous non-tax contribution of government to the institutions of the EU - ESA2010 (D763)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="26"/>
+    <s v="Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="5976"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="27"/>
+    <s v="Expenditure - Investment grants - ESA2010 Code (D92)"/>
+    <s v="Euro Million"/>
+    <n v="1580"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="28"/>
+    <s v="Expenditure - Other capital transfers - ESA2010 Code (D99)"/>
+    <s v="Euro Million"/>
+    <n v="4396"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="29"/>
+    <s v="Expenditure - Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3169"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="30"/>
+    <s v="Expenditure - Gross investment in non-financial assets - ESA2010 Code (P5 + NP)"/>
+    <s v="Euro Million"/>
+    <n v="6407"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="31"/>
+    <s v="Expenditure - Gross fixed capital formation - ESA2010 Code (P51)"/>
+    <s v="Euro Million"/>
+    <n v="6408"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="32"/>
+    <s v="Expenditure - Net acquisition of stocks - ESA2010 Code (P52)"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="33"/>
+    <s v="Expenditure - Net acquisition of unproduced assets - ESA2010 Code (NP)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="34"/>
+    <s v="Expenditure - Consumption of fixed capital - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="-3238"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="35"/>
+    <s v="Expenditure - Net expenditure on current goods and services - ESA2010 Code (P3 excl. D632)"/>
+    <s v="Euro Million"/>
+    <n v="29928"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="36"/>
+    <s v="Expenditure - Final consumption expenditure - ESA2010 Code (P3)"/>
+    <s v="Euro Million"/>
+    <n v="33973"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="37"/>
+    <s v="Expenditure - Individual consumption (= social transfers in kind) - ESA2010 Code (P31 (=D63))"/>
+    <s v="Euro Million"/>
+    <n v="22772"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="38"/>
+    <s v="Expenditure - Collective consumption (= actual final consumption of government) - ESA2010 Code (P32)"/>
+    <s v="Euro Million"/>
+    <n v="11201"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Expenditure - Total Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="108628"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="106129"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="19293"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Expenditure - Compensation of employees Related to production of own-use capital assets - ESA2010 Code (D1_own-use)"/>
+    <s v="Euro Million"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="9167"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="Expenditure - Use of goods and services [Intermediate consumption] - ESA2010 Code (P2)"/>
+    <s v="Euro Million"/>
+    <n v="9167"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="Expenditure - Intermediate consumption of market establishments - ESA2010 Code (P2_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="Expenditure - Taxes, payable - ESA2010 Code (D5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="Expenditure - Depreciation (Consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3113"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="Expenditure - Depreciation by market establishments - ESA2010 Code (P51c_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="4748"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1828"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="13"/>
+    <s v="Expenditure - Product subsidies - ESA2010 Code (D31)"/>
+    <s v="Euro Million"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="14"/>
+    <s v="Expenditure - Other subsidies on production - ESA2010 Code (D39)"/>
+    <s v="Euro Million"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="15"/>
+    <s v="Expenditure - Total Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="28314"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="16"/>
+    <s v="Expenditure - Social benefits in cash - ESA2010 Code (D62)"/>
+    <s v="Euro Million"/>
+    <n v="23896"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="17"/>
+    <s v="Expenditure - Social benefits in kind (via market producers) - ESA2010 Code (D632)"/>
+    <s v="Euro Million"/>
+    <n v="4418"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="18"/>
+    <s v="Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="2664"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="19"/>
+    <s v="Expenditure - Net non-life insurance premiums - ESA2010 Code (D71)"/>
+    <s v="Euro Million"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="20"/>
+    <s v="Expenditure - Current international cooperation - ESA2010 Code (D74)"/>
+    <s v="Euro Million"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="21"/>
+    <s v="Expenditure - Miscellaneous current transfers - ESA2010 Code (D75)"/>
+    <s v="Euro Million"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="22"/>
+    <s v="Expenditure - VAT and GNI based EU budget contribution - ESA2010 Code (D76)"/>
+    <s v="Euro Million"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="23"/>
+    <s v="Expenditure - VAT-based EU own resources - ESA2010 Code (D761)"/>
+    <s v="Euro Million"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="24"/>
+    <s v="Expenditure - GNI-based EU own resources - ESA2010 Code (D762)"/>
+    <s v="Euro Million"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="25"/>
+    <s v="Expenditure - Miscellaneous non-tax contribution of government to the institutions of the EU - ESA2010 (D763)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="26"/>
+    <s v="Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="37001"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="27"/>
+    <s v="Expenditure - Investment grants - ESA2010 Code (D92)"/>
+    <s v="Euro Million"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="28"/>
+    <s v="Expenditure - Other capital transfers - ESA2010 Code (D99)"/>
+    <s v="Euro Million"/>
+    <n v="35828"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="29"/>
+    <s v="Expenditure - Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="2499"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="30"/>
+    <s v="Expenditure - Gross investment in non-financial assets - ESA2010 Code (P5 + NP)"/>
+    <s v="Euro Million"/>
+    <n v="5612"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="31"/>
+    <s v="Expenditure - Gross fixed capital formation - ESA2010 Code (P51)"/>
+    <s v="Euro Million"/>
+    <n v="5692"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="32"/>
+    <s v="Expenditure - Net acquisition of stocks - ESA2010 Code (P52)"/>
+    <s v="Euro Million"/>
+    <n v="-80"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="33"/>
+    <s v="Expenditure - Net acquisition of unproduced assets - ESA2010 Code (NP)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="34"/>
+    <s v="Expenditure - Consumption of fixed capital - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="-3113"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="35"/>
+    <s v="Expenditure - Net expenditure on current goods and services - ESA2010 Code (P3 excl. D632)"/>
+    <s v="Euro Million"/>
+    <n v="26827"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="36"/>
+    <s v="Expenditure - Final consumption expenditure - ESA2010 Code (P3)"/>
+    <s v="Euro Million"/>
+    <n v="31245"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="37"/>
+    <s v="Expenditure - Individual consumption (= social transfers in kind) - ESA2010 Code (P31 (=D63))"/>
+    <s v="Euro Million"/>
+    <n v="21106"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="38"/>
+    <s v="Expenditure - Collective consumption (= actual final consumption of government) - ESA2010 Code (P32)"/>
+    <s v="Euro Million"/>
+    <n v="10139"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Expenditure - Total Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="81114"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="79892"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="20569"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Expenditure - Compensation of employees Related to production of own-use capital assets - ESA2010 Code (D1_own-use)"/>
+    <s v="Euro Million"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="9218"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Expenditure - Use of goods and services [Intermediate consumption] - ESA2010 Code (P2)"/>
+    <s v="Euro Million"/>
+    <n v="9218"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Expenditure - Intermediate consumption of market establishments - ESA2010 Code (P2_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Expenditure - Taxes, payable - ESA2010 Code (D5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Expenditure - Depreciation (Consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3154"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Expenditure - Depreciation by market establishments - ESA2010 Code (P51c_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="5768"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1725"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Expenditure - Product subsidies - ESA2010 Code (D31)"/>
+    <s v="Euro Million"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Expenditure - Other subsidies on production - ESA2010 Code (D39)"/>
+    <s v="Euro Million"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Expenditure - Total Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="28419"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Expenditure - Social benefits in cash - ESA2010 Code (D62)"/>
+    <s v="Euro Million"/>
+    <n v="23948"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Expenditure - Social benefits in kind (via market producers) - ESA2010 Code (D632)"/>
+    <s v="Euro Million"/>
+    <n v="4471"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="2891"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Expenditure - Net non-life insurance premiums - ESA2010 Code (D71)"/>
+    <s v="Euro Million"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Expenditure - Current international cooperation - ESA2010 Code (D74)"/>
+    <s v="Euro Million"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Expenditure - Miscellaneous current transfers - ESA2010 Code (D75)"/>
+    <s v="Euro Million"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Expenditure - VAT and GNI based EU budget contribution - ESA2010 Code (D76)"/>
+    <s v="Euro Million"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Expenditure - VAT-based EU own resources - ESA2010 Code (D761)"/>
+    <s v="Euro Million"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="24"/>
+    <s v="Expenditure - GNI-based EU own resources - ESA2010 Code (D762)"/>
+    <s v="Euro Million"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Expenditure - Miscellaneous non-tax contribution of government to the institutions of the EU - ESA2010 (D763)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="26"/>
+    <s v="Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="8149"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="27"/>
+    <s v="Expenditure - Investment grants - ESA2010 Code (D92)"/>
+    <s v="Euro Million"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="28"/>
+    <s v="Expenditure - Other capital transfers - ESA2010 Code (D99)"/>
+    <s v="Euro Million"/>
+    <n v="7121"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="29"/>
+    <s v="Expenditure - Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Expenditure - Gross investment in non-financial assets - ESA2010 Code (P5 + NP)"/>
+    <s v="Euro Million"/>
+    <n v="4375"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="31"/>
+    <s v="Expenditure - Gross fixed capital formation - ESA2010 Code (P51)"/>
+    <s v="Euro Million"/>
+    <n v="4264"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="32"/>
+    <s v="Expenditure - Net acquisition of stocks - ESA2010 Code (P52)"/>
+    <s v="Euro Million"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="33"/>
+    <s v="Expenditure - Net acquisition of unproduced assets - ESA2010 Code (NP)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Expenditure - Consumption of fixed capital - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="-3154"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="35"/>
+    <s v="Expenditure - Net expenditure on current goods and services - ESA2010 Code (P3 excl. D632)"/>
+    <s v="Euro Million"/>
+    <n v="28339"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="36"/>
+    <s v="Expenditure - Final consumption expenditure - ESA2010 Code (P3)"/>
+    <s v="Euro Million"/>
+    <n v="32810"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Expenditure - Individual consumption (= social transfers in kind) - ESA2010 Code (P31 (=D63))"/>
+    <s v="Euro Million"/>
+    <n v="21426"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="38"/>
+    <s v="Expenditure - Collective consumption (= actual final consumption of government) - ESA2010 Code (P32)"/>
+    <s v="Euro Million"/>
+    <n v="11384"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Expenditure - Total Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="74666"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="74189"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="19688"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Expenditure - Compensation of employees Related to production of own-use capital assets - ESA2010 Code (D1_own-use)"/>
+    <s v="Euro Million"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="05"/>
+    <s v="Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="8719"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="Expenditure - Use of goods and services [Intermediate consumption] - ESA2010 Code (P2)"/>
+    <s v="Euro Million"/>
+    <n v="8719"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="Expenditure - Intermediate consumption of market establishments - ESA2010 Code (P2_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Expenditure - Taxes, payable - ESA2010 Code (D5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="Expenditure - Depreciation (Consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3208"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Expenditure - Depreciation by market establishments - ESA2010 Code (P51c_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="7298"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="Expenditure - Product subsidies - ESA2010 Code (D31)"/>
+    <s v="Euro Million"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="14"/>
+    <s v="Expenditure - Other subsidies on production - ESA2010 Code (D39)"/>
+    <s v="Euro Million"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="15"/>
+    <s v="Expenditure - Total Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="29091"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="16"/>
+    <s v="Expenditure - Social benefits in cash - ESA2010 Code (D62)"/>
+    <s v="Euro Million"/>
+    <n v="24282"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="17"/>
+    <s v="Expenditure - Social benefits in kind (via market producers) - ESA2010 Code (D632)"/>
+    <s v="Euro Million"/>
+    <n v="4810"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="18"/>
+    <s v="Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="2850"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="19"/>
+    <s v="Expenditure - Net non-life insurance premiums - ESA2010 Code (D71)"/>
+    <s v="Euro Million"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="20"/>
+    <s v="Expenditure - Current international cooperation - ESA2010 Code (D74)"/>
+    <s v="Euro Million"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="21"/>
+    <s v="Expenditure - Miscellaneous current transfers - ESA2010 Code (D75)"/>
+    <s v="Euro Million"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="22"/>
+    <s v="Expenditure - VAT and GNI based EU budget contribution - ESA2010 Code (D76)"/>
+    <s v="Euro Million"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="23"/>
+    <s v="Expenditure - VAT-based EU own resources - ESA2010 Code (D761)"/>
+    <s v="Euro Million"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="24"/>
+    <s v="Expenditure - GNI-based EU own resources - ESA2010 Code (D762)"/>
+    <s v="Euro Million"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="25"/>
+    <s v="Expenditure - Miscellaneous non-tax contribution of government to the institutions of the EU - ESA2010 (D763)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="26"/>
+    <s v="Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="27"/>
+    <s v="Expenditure - Investment grants - ESA2010 Code (D92)"/>
+    <s v="Euro Million"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="28"/>
+    <s v="Expenditure - Other capital transfers - ESA2010 Code (D99)"/>
+    <s v="Euro Million"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="29"/>
+    <s v="Expenditure - Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="30"/>
+    <s v="Expenditure - Gross investment in non-financial assets - ESA2010 Code (P5 + NP)"/>
+    <s v="Euro Million"/>
+    <n v="3685"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="31"/>
+    <s v="Expenditure - Gross fixed capital formation - ESA2010 Code (P51)"/>
+    <s v="Euro Million"/>
+    <n v="3602"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="32"/>
+    <s v="Expenditure - Net acquisition of stocks - ESA2010 Code (P52)"/>
+    <s v="Euro Million"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="33"/>
+    <s v="Expenditure - Net acquisition of unproduced assets - ESA2010 Code (NP)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="34"/>
+    <s v="Expenditure - Consumption of fixed capital - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="-3208"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="35"/>
+    <s v="Expenditure - Net expenditure on current goods and services - ESA2010 Code (P3 excl. D632)"/>
+    <s v="Euro Million"/>
+    <n v="27167"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="36"/>
+    <s v="Expenditure - Final consumption expenditure - ESA2010 Code (P3)"/>
+    <s v="Euro Million"/>
+    <n v="31977"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="37"/>
+    <s v="Expenditure - Individual consumption (= social transfers in kind) - ESA2010 Code (P31 (=D63))"/>
+    <s v="Euro Million"/>
+    <n v="21119"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="38"/>
+    <s v="Expenditure - Collective consumption (= actual final consumption of government) - ESA2010 Code (P32)"/>
+    <s v="Euro Million"/>
+    <n v="10858"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Expenditure - Total Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="72875"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="72418"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="18912"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Expenditure - Compensation of employees Related to production of own-use capital assets - ESA2010 Code (D1_own-use)"/>
+    <s v="Euro Million"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="05"/>
+    <s v="Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="8308"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="Expenditure - Use of goods and services [Intermediate consumption] - ESA2010 Code (P2)"/>
+    <s v="Euro Million"/>
+    <n v="8308"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="Expenditure - Intermediate consumption of market establishments - ESA2010 Code (P2_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Expenditure - Taxes, payable - ESA2010 Code (D5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="Expenditure - Depreciation (Consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3264"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Expenditure - Depreciation by market establishments - ESA2010 Code (P51c_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="7761"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="Expenditure - Product subsidies - ESA2010 Code (D31)"/>
+    <s v="Euro Million"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="14"/>
+    <s v="Expenditure - Other subsidies on production - ESA2010 Code (D39)"/>
+    <s v="Euro Million"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="15"/>
+    <s v="Expenditure - Total Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="28136"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="16"/>
+    <s v="Expenditure - Social benefits in cash - ESA2010 Code (D62)"/>
+    <s v="Euro Million"/>
+    <n v="23565"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="17"/>
+    <s v="Expenditure - Social benefits in kind (via market producers) - ESA2010 Code (D632)"/>
+    <s v="Euro Million"/>
+    <n v="4571"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="18"/>
+    <s v="Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="3179"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="19"/>
+    <s v="Expenditure - Net non-life insurance premiums - ESA2010 Code (D71)"/>
+    <s v="Euro Million"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Expenditure - Current international cooperation - ESA2010 Code (D74)"/>
+    <s v="Euro Million"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="21"/>
+    <s v="Expenditure - Miscellaneous current transfers - ESA2010 Code (D75)"/>
+    <s v="Euro Million"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22"/>
+    <s v="Expenditure - VAT and GNI based EU budget contribution - ESA2010 Code (D76)"/>
+    <s v="Euro Million"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="23"/>
+    <s v="Expenditure - VAT-based EU own resources - ESA2010 Code (D761)"/>
+    <s v="Euro Million"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="24"/>
+    <s v="Expenditure - GNI-based EU own resources - ESA2010 Code (D762)"/>
+    <s v="Euro Million"/>
+    <n v="1361"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="25"/>
+    <s v="Expenditure - Miscellaneous non-tax contribution of government to the institutions of the EU - ESA2010 (D763)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="26"/>
+    <s v="Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="27"/>
+    <s v="Expenditure - Investment grants - ESA2010 Code (D92)"/>
+    <s v="Euro Million"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="28"/>
+    <s v="Expenditure - Other capital transfers - ESA2010 Code (D99)"/>
+    <s v="Euro Million"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="29"/>
+    <s v="Expenditure - Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Expenditure - Gross investment in non-financial assets - ESA2010 Code (P5 + NP)"/>
+    <s v="Euro Million"/>
+    <n v="3721"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="31"/>
+    <s v="Expenditure - Gross fixed capital formation - ESA2010 Code (P51)"/>
+    <s v="Euro Million"/>
+    <n v="3638"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="32"/>
+    <s v="Expenditure - Net acquisition of stocks - ESA2010 Code (P52)"/>
+    <s v="Euro Million"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="33"/>
+    <s v="Expenditure - Net acquisition of unproduced assets - ESA2010 Code (NP)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="34"/>
+    <s v="Expenditure - Consumption of fixed capital - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="-3264"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="35"/>
+    <s v="Expenditure - Net expenditure on current goods and services - ESA2010 Code (P3 excl. D632)"/>
+    <s v="Euro Million"/>
+    <n v="26254"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="36"/>
+    <s v="Expenditure - Final consumption expenditure - ESA2010 Code (P3)"/>
+    <s v="Euro Million"/>
+    <n v="30825"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="37"/>
+    <s v="Expenditure - Individual consumption (= social transfers in kind) - ESA2010 Code (P31 (=D63))"/>
+    <s v="Euro Million"/>
+    <n v="20591"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="38"/>
+    <s v="Expenditure - Collective consumption (= actual final consumption of government) - ESA2010 Code (P32)"/>
+    <s v="Euro Million"/>
+    <n v="10235"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Expenditure - Total Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="73322"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="72422"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="19131"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Expenditure - Compensation of employees Related to production of own-use capital assets - ESA2010 Code (D1_own-use)"/>
+    <s v="Euro Million"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="9011"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="Expenditure - Use of goods and services [Intermediate consumption] - ESA2010 Code (P2)"/>
+    <s v="Euro Million"/>
+    <n v="9011"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="Expenditure - Intermediate consumption of market establishments - ESA2010 Code (P2_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Expenditure - Taxes, payable - ESA2010 Code (D5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="Expenditure - Depreciation (Consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3428"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Expenditure - Depreciation by market establishments - ESA2010 Code (P51c_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="7591"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1853"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="Expenditure - Product subsidies - ESA2010 Code (D31)"/>
+    <s v="Euro Million"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="14"/>
+    <s v="Expenditure - Other subsidies on production - ESA2010 Code (D39)"/>
+    <s v="Euro Million"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="15"/>
+    <s v="Expenditure - Total Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="27645"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="16"/>
+    <s v="Expenditure - Social benefits in cash - ESA2010 Code (D62)"/>
+    <s v="Euro Million"/>
+    <n v="22977"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="17"/>
+    <s v="Expenditure - Social benefits in kind (via market producers) - ESA2010 Code (D632)"/>
+    <s v="Euro Million"/>
+    <n v="4668"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="18"/>
+    <s v="Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="2635"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="19"/>
+    <s v="Expenditure - Net non-life insurance premiums - ESA2010 Code (D71)"/>
+    <s v="Euro Million"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="20"/>
+    <s v="Expenditure - Current international cooperation - ESA2010 Code (D74)"/>
+    <s v="Euro Million"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="21"/>
+    <s v="Expenditure - Miscellaneous current transfers - ESA2010 Code (D75)"/>
+    <s v="Euro Million"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22"/>
+    <s v="Expenditure - VAT and GNI based EU budget contribution - ESA2010 Code (D76)"/>
+    <s v="Euro Million"/>
+    <n v="1483"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="23"/>
+    <s v="Expenditure - VAT-based EU own resources - ESA2010 Code (D761)"/>
+    <s v="Euro Million"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="24"/>
+    <s v="Expenditure - GNI-based EU own resources - ESA2010 Code (D762)"/>
+    <s v="Euro Million"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="25"/>
+    <s v="Expenditure - Miscellaneous non-tax contribution of government to the institutions of the EU - ESA2010 (D763)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="26"/>
+    <s v="Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="27"/>
+    <s v="Expenditure - Investment grants - ESA2010 Code (D92)"/>
+    <s v="Euro Million"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="28"/>
+    <s v="Expenditure - Other capital transfers - ESA2010 Code (D99)"/>
+    <s v="Euro Million"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="29"/>
+    <s v="Expenditure - Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="30"/>
+    <s v="Expenditure - Gross investment in non-financial assets - ESA2010 Code (P5 + NP)"/>
+    <s v="Euro Million"/>
+    <n v="4329"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="31"/>
+    <s v="Expenditure - Gross fixed capital formation - ESA2010 Code (P51)"/>
+    <s v="Euro Million"/>
+    <n v="4269"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="32"/>
+    <s v="Expenditure - Net acquisition of stocks - ESA2010 Code (P52)"/>
+    <s v="Euro Million"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="33"/>
+    <s v="Expenditure - Net acquisition of unproduced assets - ESA2010 Code (NP)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="34"/>
+    <s v="Expenditure - Consumption of fixed capital - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="-3428"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="35"/>
+    <s v="Expenditure - Net expenditure on current goods and services - ESA2010 Code (P3 excl. D632)"/>
+    <s v="Euro Million"/>
+    <n v="27419"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="36"/>
+    <s v="Expenditure - Final consumption expenditure - ESA2010 Code (P3)"/>
+    <s v="Euro Million"/>
+    <n v="32087"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="37"/>
+    <s v="Expenditure - Individual consumption (= social transfers in kind) - ESA2010 Code (P31 (=D63))"/>
+    <s v="Euro Million"/>
+    <n v="21287"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="38"/>
+    <s v="Expenditure - Collective consumption (= actual final consumption of government) - ESA2010 Code (P32)"/>
+    <s v="Euro Million"/>
+    <n v="10800"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Expenditure - Total Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="76430"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="75426"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="19456"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Expenditure - Compensation of employees Related to production of own-use capital assets - ESA2010 Code (D1_own-use)"/>
+    <s v="Euro Million"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="9560"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="Expenditure - Use of goods and services [Intermediate consumption] - ESA2010 Code (P2)"/>
+    <s v="Euro Million"/>
+    <n v="9560"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="Expenditure - Intermediate consumption of market establishments - ESA2010 Code (P2_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Expenditure - Taxes, payable - ESA2010 Code (D5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="Expenditure - Depreciation (Consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3662"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Expenditure - Depreciation by market establishments - ESA2010 Code (P51c_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="6936"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="Expenditure - Product subsidies - ESA2010 Code (D31)"/>
+    <s v="Euro Million"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="14"/>
+    <s v="Expenditure - Other subsidies on production - ESA2010 Code (D39)"/>
+    <s v="Euro Million"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="15"/>
+    <s v="Expenditure - Total Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="27933"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="16"/>
+    <s v="Expenditure - Social benefits in cash - ESA2010 Code (D62)"/>
+    <s v="Euro Million"/>
+    <n v="22996"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="17"/>
+    <s v="Expenditure - Social benefits in kind (via market producers) - ESA2010 Code (D632)"/>
+    <s v="Euro Million"/>
+    <n v="4937"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="18"/>
+    <s v="Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="2596"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="19"/>
+    <s v="Expenditure - Net non-life insurance premiums - ESA2010 Code (D71)"/>
+    <s v="Euro Million"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="20"/>
+    <s v="Expenditure - Current international cooperation - ESA2010 Code (D74)"/>
+    <s v="Euro Million"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="21"/>
+    <s v="Expenditure - Miscellaneous current transfers - ESA2010 Code (D75)"/>
+    <s v="Euro Million"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22"/>
+    <s v="Expenditure - VAT and GNI based EU budget contribution - ESA2010 Code (D76)"/>
+    <s v="Euro Million"/>
+    <n v="1507"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="23"/>
+    <s v="Expenditure - VAT-based EU own resources - ESA2010 Code (D761)"/>
+    <s v="Euro Million"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="24"/>
+    <s v="Expenditure - GNI-based EU own resources - ESA2010 Code (D762)"/>
+    <s v="Euro Million"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="25"/>
+    <s v="Expenditure - Miscellaneous non-tax contribution of government to the institutions of the EU - ESA2010 (D763)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="26"/>
+    <s v="Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="3495"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="27"/>
+    <s v="Expenditure - Investment grants - ESA2010 Code (D92)"/>
+    <s v="Euro Million"/>
+    <n v="1305"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="28"/>
+    <s v="Expenditure - Other capital transfers - ESA2010 Code (D99)"/>
+    <s v="Euro Million"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="29"/>
+    <s v="Expenditure - Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="30"/>
+    <s v="Expenditure - Gross investment in non-financial assets - ESA2010 Code (P5 + NP)"/>
+    <s v="Euro Million"/>
+    <n v="4666"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="31"/>
+    <s v="Expenditure - Gross fixed capital formation - ESA2010 Code (P51)"/>
+    <s v="Euro Million"/>
+    <n v="4606"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="32"/>
+    <s v="Expenditure - Net acquisition of stocks - ESA2010 Code (P52)"/>
+    <s v="Euro Million"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="33"/>
+    <s v="Expenditure - Net acquisition of unproduced assets - ESA2010 Code (NP)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="34"/>
+    <s v="Expenditure - Consumption of fixed capital - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="-3662"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="35"/>
+    <s v="Expenditure - Net expenditure on current goods and services - ESA2010 Code (P3 excl. D632)"/>
+    <s v="Euro Million"/>
+    <n v="28072"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="36"/>
+    <s v="Expenditure - Final consumption expenditure - ESA2010 Code (P3)"/>
+    <s v="Euro Million"/>
+    <n v="33009"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="37"/>
+    <s v="Expenditure - Individual consumption (= social transfers in kind) - ESA2010 Code (P31 (=D63))"/>
+    <s v="Euro Million"/>
+    <n v="22028"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="38"/>
+    <s v="Expenditure - Collective consumption (= actual final consumption of government) - ESA2010 Code (P32)"/>
+    <s v="Euro Million"/>
+    <n v="10980"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Expenditure - Total Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="75924"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="74419"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="20035"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Expenditure - Compensation of employees Related to production of own-use capital assets - ESA2010 Code (D1_own-use)"/>
+    <s v="Euro Million"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="10083"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Expenditure - Use of goods and services [Intermediate consumption] - ESA2010 Code (P2)"/>
+    <s v="Euro Million"/>
+    <n v="10083"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Expenditure - Intermediate consumption of market establishments - ESA2010 Code (P2_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Expenditure - Taxes, payable - ESA2010 Code (D5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Expenditure - Depreciation (Consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3919"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Expenditure - Depreciation by market establishments - ESA2010 Code (P51c_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="6271"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Expenditure - Product subsidies - ESA2010 Code (D31)"/>
+    <s v="Euro Million"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Expenditure - Other subsidies on production - ESA2010 Code (D39)"/>
+    <s v="Euro Million"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Expenditure - Total Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="27933"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Expenditure - Social benefits in cash - ESA2010 Code (D62)"/>
+    <s v="Euro Million"/>
+    <n v="22730"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Expenditure - Social benefits in kind (via market producers) - ESA2010 Code (D632)"/>
+    <s v="Euro Million"/>
+    <n v="5203"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="2966"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Expenditure - Net non-life insurance premiums - ESA2010 Code (D71)"/>
+    <s v="Euro Million"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Expenditure - Current international cooperation - ESA2010 Code (D74)"/>
+    <s v="Euro Million"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Expenditure - Miscellaneous current transfers - ESA2010 Code (D75)"/>
+    <s v="Euro Million"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Expenditure - VAT and GNI based EU budget contribution - ESA2010 Code (D76)"/>
+    <s v="Euro Million"/>
+    <n v="1851"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Expenditure - VAT-based EU own resources - ESA2010 Code (D761)"/>
+    <s v="Euro Million"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="24"/>
+    <s v="Expenditure - GNI-based EU own resources - ESA2010 Code (D762)"/>
+    <s v="Euro Million"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Expenditure - Miscellaneous non-tax contribution of government to the institutions of the EU - ESA2010 (D763)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="26"/>
+    <s v="Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="27"/>
+    <s v="Expenditure - Investment grants - ESA2010 Code (D92)"/>
+    <s v="Euro Million"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="28"/>
+    <s v="Expenditure - Other capital transfers - ESA2010 Code (D99)"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="29"/>
+    <s v="Expenditure - Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Expenditure - Gross investment in non-financial assets - ESA2010 Code (P5 + NP)"/>
+    <s v="Euro Million"/>
+    <n v="5424"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="31"/>
+    <s v="Expenditure - Gross fixed capital formation - ESA2010 Code (P51)"/>
+    <s v="Euro Million"/>
+    <n v="5364"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="32"/>
+    <s v="Expenditure - Net acquisition of stocks - ESA2010 Code (P52)"/>
+    <s v="Euro Million"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="33"/>
+    <s v="Expenditure - Net acquisition of unproduced assets - ESA2010 Code (NP)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Expenditure - Consumption of fixed capital - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="-3919"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="35"/>
+    <s v="Expenditure - Net expenditure on current goods and services - ESA2010 Code (P3 excl. D632)"/>
+    <s v="Euro Million"/>
+    <n v="29420"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="36"/>
+    <s v="Expenditure - Final consumption expenditure - ESA2010 Code (P3)"/>
+    <s v="Euro Million"/>
+    <n v="34623"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Expenditure - Individual consumption (= social transfers in kind) - ESA2010 Code (P31 (=D63))"/>
+    <s v="Euro Million"/>
+    <n v="23096"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="38"/>
+    <s v="Expenditure - Collective consumption (= actual final consumption of government) - ESA2010 Code (P32)"/>
+    <s v="Euro Million"/>
+    <n v="11527"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Expenditure - Total Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="77952"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="76556"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="21194"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Expenditure - Compensation of employees Related to production of own-use capital assets - ESA2010 Code (D1_own-use)"/>
+    <s v="Euro Million"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="10448"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Expenditure - Use of goods and services [Intermediate consumption] - ESA2010 Code (P2)"/>
+    <s v="Euro Million"/>
+    <n v="10448"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Expenditure - Intermediate consumption of market establishments - ESA2010 Code (P2_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Expenditure - Taxes, payable - ESA2010 Code (D5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Expenditure - Depreciation (Consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="4160"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Expenditure - Depreciation by market establishments - ESA2010 Code (P51c_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="5908"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Expenditure - Product subsidies - ESA2010 Code (D31)"/>
+    <s v="Euro Million"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Expenditure - Other subsidies on production - ESA2010 Code (D39)"/>
+    <s v="Euro Million"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Expenditure - Total Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="28623"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Expenditure - Social benefits in cash - ESA2010 Code (D62)"/>
+    <s v="Euro Million"/>
+    <n v="22969"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Expenditure - Social benefits in kind (via market producers) - ESA2010 Code (D632)"/>
+    <s v="Euro Million"/>
+    <n v="5654"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="2916"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="19"/>
+    <s v="Expenditure - Net non-life insurance premiums - ESA2010 Code (D71)"/>
+    <s v="Euro Million"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="20"/>
+    <s v="Expenditure - Current international cooperation - ESA2010 Code (D74)"/>
+    <s v="Euro Million"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="21"/>
+    <s v="Expenditure - Miscellaneous current transfers - ESA2010 Code (D75)"/>
+    <s v="Euro Million"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22"/>
+    <s v="Expenditure - VAT and GNI based EU budget contribution - ESA2010 Code (D76)"/>
+    <s v="Euro Million"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="23"/>
+    <s v="Expenditure - VAT-based EU own resources - ESA2010 Code (D761)"/>
+    <s v="Euro Million"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="24"/>
+    <s v="Expenditure - GNI-based EU own resources - ESA2010 Code (D762)"/>
+    <s v="Euro Million"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="25"/>
+    <s v="Expenditure - Miscellaneous non-tax contribution of government to the institutions of the EU - ESA2010 (D763)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="26"/>
+    <s v="Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="27"/>
+    <s v="Expenditure - Investment grants - ESA2010 Code (D92)"/>
+    <s v="Euro Million"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="28"/>
+    <s v="Expenditure - Other capital transfers - ESA2010 Code (D99)"/>
+    <s v="Euro Million"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="29"/>
+    <s v="Expenditure - Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="30"/>
+    <s v="Expenditure - Gross investment in non-financial assets - ESA2010 Code (P5 + NP)"/>
+    <s v="Euro Million"/>
+    <n v="5557"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="31"/>
+    <s v="Expenditure - Gross fixed capital formation - ESA2010 Code (P51)"/>
+    <s v="Euro Million"/>
+    <n v="5602"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="32"/>
+    <s v="Expenditure - Net acquisition of stocks - ESA2010 Code (P52)"/>
+    <s v="Euro Million"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="33"/>
+    <s v="Expenditure - Net acquisition of unproduced assets - ESA2010 Code (NP)"/>
+    <s v="Euro Million"/>
+    <n v="-105"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="34"/>
+    <s v="Expenditure - Consumption of fixed capital - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="-4160"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="35"/>
+    <s v="Expenditure - Net expenditure on current goods and services - ESA2010 Code (P3 excl. D632)"/>
+    <s v="Euro Million"/>
+    <n v="31165"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="36"/>
+    <s v="Expenditure - Final consumption expenditure - ESA2010 Code (P3)"/>
+    <s v="Euro Million"/>
+    <n v="36819"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="37"/>
+    <s v="Expenditure - Individual consumption (= social transfers in kind) - ESA2010 Code (P31 (=D63))"/>
+    <s v="Euro Million"/>
+    <n v="24763"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="38"/>
+    <s v="Expenditure - Collective consumption (= actual final consumption of government) - ESA2010 Code (P32)"/>
+    <s v="Euro Million"/>
+    <n v="12056"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Expenditure - Total Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="82935"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="80601"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="22303"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Expenditure - Compensation of employees Related to production of own-use capital assets - ESA2010 Code (D1_own-use)"/>
+    <s v="Euro Million"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="11213"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="Expenditure - Use of goods and services [Intermediate consumption] - ESA2010 Code (P2)"/>
+    <s v="Euro Million"/>
+    <n v="11213"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="Expenditure - Intermediate consumption of market establishments - ESA2010 Code (P2_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Expenditure - Taxes, payable - ESA2010 Code (D5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="Expenditure - Depreciation (Consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="4466"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Expenditure - Depreciation by market establishments - ESA2010 Code (P51c_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="5306"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1959"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Expenditure - Product subsidies - ESA2010 Code (D31)"/>
+    <s v="Euro Million"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Expenditure - Other subsidies on production - ESA2010 Code (D39)"/>
+    <s v="Euro Million"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Expenditure - Total Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="29626"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Expenditure - Social benefits in cash - ESA2010 Code (D62)"/>
+    <s v="Euro Million"/>
+    <n v="23276"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Expenditure - Social benefits in kind (via market producers) - ESA2010 Code (D632)"/>
+    <s v="Euro Million"/>
+    <n v="6350"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="3816"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="19"/>
+    <s v="Expenditure - Net non-life insurance premiums - ESA2010 Code (D71)"/>
+    <s v="Euro Million"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Expenditure - Current international cooperation - ESA2010 Code (D74)"/>
+    <s v="Euro Million"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="21"/>
+    <s v="Expenditure - Miscellaneous current transfers - ESA2010 Code (D75)"/>
+    <s v="Euro Million"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22"/>
+    <s v="Expenditure - VAT and GNI based EU budget contribution - ESA2010 Code (D76)"/>
+    <s v="Euro Million"/>
+    <n v="2374"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="23"/>
+    <s v="Expenditure - VAT-based EU own resources - ESA2010 Code (D761)"/>
+    <s v="Euro Million"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="24"/>
+    <s v="Expenditure - GNI-based EU own resources - ESA2010 Code (D762)"/>
+    <s v="Euro Million"/>
+    <n v="2129"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="25"/>
+    <s v="Expenditure - Miscellaneous non-tax contribution of government to the institutions of the EU - ESA2010 (D763)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="26"/>
+    <s v="Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1911"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="27"/>
+    <s v="Expenditure - Investment grants - ESA2010 Code (D92)"/>
+    <s v="Euro Million"/>
+    <n v="1670"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="28"/>
+    <s v="Expenditure - Other capital transfers - ESA2010 Code (D99)"/>
+    <s v="Euro Million"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="29"/>
+    <s v="Expenditure - Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="2335"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Expenditure - Gross investment in non-financial assets - ESA2010 Code (P5 + NP)"/>
+    <s v="Euro Million"/>
+    <n v="6801"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="31"/>
+    <s v="Expenditure - Gross fixed capital formation - ESA2010 Code (P51)"/>
+    <s v="Euro Million"/>
+    <n v="6741"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="32"/>
+    <s v="Expenditure - Net acquisition of stocks - ESA2010 Code (P52)"/>
+    <s v="Euro Million"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="33"/>
+    <s v="Expenditure - Net acquisition of unproduced assets - ESA2010 Code (NP)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="34"/>
+    <s v="Expenditure - Consumption of fixed capital - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="-4466"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="35"/>
+    <s v="Expenditure - Net expenditure on current goods and services - ESA2010 Code (P3 excl. D632)"/>
+    <s v="Euro Million"/>
+    <n v="33055"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="36"/>
+    <s v="Expenditure - Final consumption expenditure - ESA2010 Code (P3)"/>
+    <s v="Euro Million"/>
+    <n v="39405"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="37"/>
+    <s v="Expenditure - Individual consumption (= social transfers in kind) - ESA2010 Code (P31 (=D63))"/>
+    <s v="Euro Million"/>
+    <n v="26482"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="38"/>
+    <s v="Expenditure - Collective consumption (= actual final consumption of government) - ESA2010 Code (P32)"/>
+    <s v="Euro Million"/>
+    <n v="12923"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Expenditure - Total Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="86820"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="83492"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="23832"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Expenditure - Compensation of employees Related to production of own-use capital assets - ESA2010 Code (D1_own-use)"/>
+    <s v="Euro Million"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="12426"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="Expenditure - Use of goods and services [Intermediate consumption] - ESA2010 Code (P2)"/>
+    <s v="Euro Million"/>
+    <n v="12426"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="Expenditure - Intermediate consumption of market establishments - ESA2010 Code (P2_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Expenditure - Taxes, payable - ESA2010 Code (D5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="Expenditure - Depreciation (Consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="4789"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Expenditure - Depreciation by market establishments - ESA2010 Code (P51c_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="4618"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="2036"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Expenditure - Product subsidies - ESA2010 Code (D31)"/>
+    <s v="Euro Million"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Expenditure - Other subsidies on production - ESA2010 Code (D39)"/>
+    <s v="Euro Million"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Expenditure - Total Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="30835"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Expenditure - Social benefits in cash - ESA2010 Code (D62)"/>
+    <s v="Euro Million"/>
+    <n v="24061"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Expenditure - Social benefits in kind (via market producers) - ESA2010 Code (D632)"/>
+    <s v="Euro Million"/>
+    <n v="6774"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="3335"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="19"/>
+    <s v="Expenditure - Net non-life insurance premiums - ESA2010 Code (D71)"/>
+    <s v="Euro Million"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="20"/>
+    <s v="Expenditure - Current international cooperation - ESA2010 Code (D74)"/>
+    <s v="Euro Million"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="21"/>
+    <s v="Expenditure - Miscellaneous current transfers - ESA2010 Code (D75)"/>
+    <s v="Euro Million"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22"/>
+    <s v="Expenditure - VAT and GNI based EU budget contribution - ESA2010 Code (D76)"/>
+    <s v="Euro Million"/>
+    <n v="1996"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="23"/>
+    <s v="Expenditure - VAT-based EU own resources - ESA2010 Code (D761)"/>
+    <s v="Euro Million"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="24"/>
+    <s v="Expenditure - GNI-based EU own resources - ESA2010 Code (D762)"/>
+    <s v="Euro Million"/>
+    <n v="1718"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="25"/>
+    <s v="Expenditure - Miscellaneous non-tax contribution of government to the institutions of the EU - ESA2010 (D763)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="26"/>
+    <s v="Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="27"/>
+    <s v="Expenditure - Investment grants - ESA2010 Code (D92)"/>
+    <s v="Euro Million"/>
+    <n v="1602"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="28"/>
+    <s v="Expenditure - Other capital transfers - ESA2010 Code (D99)"/>
+    <s v="Euro Million"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="29"/>
+    <s v="Expenditure - Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3329"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="30"/>
+    <s v="Expenditure - Gross investment in non-financial assets - ESA2010 Code (P5 + NP)"/>
+    <s v="Euro Million"/>
+    <n v="8118"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="31"/>
+    <s v="Expenditure - Gross fixed capital formation - ESA2010 Code (P51)"/>
+    <s v="Euro Million"/>
+    <n v="8245"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="32"/>
+    <s v="Expenditure - Net acquisition of stocks - ESA2010 Code (P52)"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="33"/>
+    <s v="Expenditure - Net acquisition of unproduced assets - ESA2010 Code (NP)"/>
+    <s v="Euro Million"/>
+    <n v="-140"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="34"/>
+    <s v="Expenditure - Consumption of fixed capital - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="-4789"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="35"/>
+    <s v="Expenditure - Net expenditure on current goods and services - ESA2010 Code (P3 excl. D632)"/>
+    <s v="Euro Million"/>
+    <n v="36078"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="36"/>
+    <s v="Expenditure - Final consumption expenditure - ESA2010 Code (P3)"/>
+    <s v="Euro Million"/>
+    <n v="42853"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="37"/>
+    <s v="Expenditure - Individual consumption (= social transfers in kind) - ESA2010 Code (P31 (=D63))"/>
+    <s v="Euro Million"/>
+    <n v="28866"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="38"/>
+    <s v="Expenditure - Collective consumption (= actual final consumption of government) - ESA2010 Code (P32)"/>
+    <s v="Euro Million"/>
+    <n v="13987"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Expenditure - Total Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="101932"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="98149"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="24953"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Expenditure - Compensation of employees Related to production of own-use capital assets - ESA2010 Code (D1_own-use)"/>
+    <s v="Euro Million"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="14629"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="Expenditure - Use of goods and services [Intermediate consumption] - ESA2010 Code (P2)"/>
+    <s v="Euro Million"/>
+    <n v="14629"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="Expenditure - Intermediate consumption of market establishments - ESA2010 Code (P2_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Expenditure - Taxes, payable - ESA2010 Code (D5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="Expenditure - Depreciation (Consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="5097"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Expenditure - Depreciation by market establishments - ESA2010 Code (P51c_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="3826"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="6515"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Expenditure - Product subsidies - ESA2010 Code (D31)"/>
+    <s v="Euro Million"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="Expenditure - Other subsidies on production - ESA2010 Code (D39)"/>
+    <s v="Euro Million"/>
+    <n v="5221"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v="Expenditure - Total Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="37242"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="Expenditure - Social benefits in cash - ESA2010 Code (D62)"/>
+    <s v="Euro Million"/>
+    <n v="29962"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="17"/>
+    <s v="Expenditure - Social benefits in kind (via market producers) - ESA2010 Code (D632)"/>
+    <s v="Euro Million"/>
+    <n v="7280"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="18"/>
+    <s v="Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="4376"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="19"/>
+    <s v="Expenditure - Net non-life insurance premiums - ESA2010 Code (D71)"/>
+    <s v="Euro Million"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Expenditure - Current international cooperation - ESA2010 Code (D74)"/>
+    <s v="Euro Million"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="21"/>
+    <s v="Expenditure - Miscellaneous current transfers - ESA2010 Code (D75)"/>
+    <s v="Euro Million"/>
+    <n v="1477"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22"/>
+    <s v="Expenditure - VAT and GNI based EU budget contribution - ESA2010 Code (D76)"/>
+    <s v="Euro Million"/>
+    <n v="2335"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="23"/>
+    <s v="Expenditure - VAT-based EU own resources - ESA2010 Code (D761)"/>
+    <s v="Euro Million"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="24"/>
+    <s v="Expenditure - GNI-based EU own resources - ESA2010 Code (D762)"/>
+    <s v="Euro Million"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="25"/>
+    <s v="Expenditure - Miscellaneous non-tax contribution of government to the institutions of the EU - ESA2010 (D763)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="26"/>
+    <s v="Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="27"/>
+    <s v="Expenditure - Investment grants - ESA2010 Code (D92)"/>
+    <s v="Euro Million"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="28"/>
+    <s v="Expenditure - Other capital transfers - ESA2010 Code (D99)"/>
+    <s v="Euro Million"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="29"/>
+    <s v="Expenditure - Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3783"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Expenditure - Gross investment in non-financial assets - ESA2010 Code (P5 + NP)"/>
+    <s v="Euro Million"/>
+    <n v="8880"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="31"/>
+    <s v="Expenditure - Gross fixed capital formation - ESA2010 Code (P51)"/>
+    <s v="Euro Million"/>
+    <n v="8852"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="32"/>
+    <s v="Expenditure - Net acquisition of stocks - ESA2010 Code (P52)"/>
+    <s v="Euro Million"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="33"/>
+    <s v="Expenditure - Net acquisition of unproduced assets - ESA2010 Code (NP)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="34"/>
+    <s v="Expenditure - Consumption of fixed capital - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="-5097"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="35"/>
+    <s v="Expenditure - Net expenditure on current goods and services - ESA2010 Code (P3 excl. D632)"/>
+    <s v="Euro Million"/>
+    <n v="40725"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="36"/>
+    <s v="Expenditure - Final consumption expenditure - ESA2010 Code (P3)"/>
+    <s v="Euro Million"/>
+    <n v="48005"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="37"/>
+    <s v="Expenditure - Individual consumption (= social transfers in kind) - ESA2010 Code (P31 (=D63))"/>
+    <s v="Euro Million"/>
+    <n v="32271"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="38"/>
+    <s v="Expenditure - Collective consumption (= actual final consumption of government) - ESA2010 Code (P32)"/>
+    <s v="Euro Million"/>
+    <n v="15734"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Expenditure - Total Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="105531"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="102604"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="26712"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Expenditure - Compensation of employees Related to production of own-use capital assets - ESA2010 Code (D1_own-use)"/>
+    <s v="Euro Million"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="16073"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="Expenditure - Use of goods and services [Intermediate consumption] - ESA2010 Code (P2)"/>
+    <s v="Euro Million"/>
+    <n v="16073"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="Expenditure - Intermediate consumption of market establishments - ESA2010 Code (P2_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="08"/>
+    <s v="Expenditure - Taxes, payable - ESA2010 Code (D5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="Expenditure - Depreciation (Consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="5766"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="Expenditure - Depreciation by market establishments - ESA2010 Code (P51c_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="11"/>
+    <s v="Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="3290"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="12"/>
+    <s v="Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="7381"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="13"/>
+    <s v="Expenditure - Product subsidies - ESA2010 Code (D31)"/>
+    <s v="Euro Million"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="14"/>
+    <s v="Expenditure - Other subsidies on production - ESA2010 Code (D39)"/>
+    <s v="Euro Million"/>
+    <n v="5923"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="15"/>
+    <s v="Expenditure - Total Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="37319"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="16"/>
+    <s v="Expenditure - Social benefits in cash - ESA2010 Code (D62)"/>
+    <s v="Euro Million"/>
+    <n v="29316"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="17"/>
+    <s v="Expenditure - Social benefits in kind (via market producers) - ESA2010 Code (D632)"/>
+    <s v="Euro Million"/>
+    <n v="8003"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="18"/>
+    <s v="Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="4580"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="19"/>
+    <s v="Expenditure - Net non-life insurance premiums - ESA2010 Code (D71)"/>
+    <s v="Euro Million"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="20"/>
+    <s v="Expenditure - Current international cooperation - ESA2010 Code (D74)"/>
+    <s v="Euro Million"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="21"/>
+    <s v="Expenditure - Miscellaneous current transfers - ESA2010 Code (D75)"/>
+    <s v="Euro Million"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="22"/>
+    <s v="Expenditure - VAT and GNI based EU budget contribution - ESA2010 Code (D76)"/>
+    <s v="Euro Million"/>
+    <n v="3147"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="23"/>
+    <s v="Expenditure - VAT-based EU own resources - ESA2010 Code (D761)"/>
+    <s v="Euro Million"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="24"/>
+    <s v="Expenditure - GNI-based EU own resources - ESA2010 Code (D762)"/>
+    <s v="Euro Million"/>
+    <n v="2717"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25"/>
+    <s v="Expenditure - Miscellaneous non-tax contribution of government to the institutions of the EU - ESA2010 (D763)"/>
+    <s v="Euro Million"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26"/>
+    <s v="Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="27"/>
+    <s v="Expenditure - Investment grants - ESA2010 Code (D92)"/>
+    <s v="Euro Million"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="28"/>
+    <s v="Expenditure - Other capital transfers - ESA2010 Code (D99)"/>
+    <s v="Euro Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="29"/>
+    <s v="Expenditure - Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="2927"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="30"/>
+    <s v="Expenditure - Gross investment in non-financial assets - ESA2010 Code (P5 + NP)"/>
+    <s v="Euro Million"/>
+    <n v="8693"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="31"/>
+    <s v="Expenditure - Gross fixed capital formation - ESA2010 Code (P51)"/>
+    <s v="Euro Million"/>
+    <n v="9040"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="32"/>
+    <s v="Expenditure - Net acquisition of stocks - ESA2010 Code (P52)"/>
+    <s v="Euro Million"/>
+    <n v="-140"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="33"/>
+    <s v="Expenditure - Net acquisition of unproduced assets - ESA2010 Code (NP)"/>
+    <s v="Euro Million"/>
+    <n v="-206"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="34"/>
+    <s v="Expenditure - Consumption of fixed capital - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="-5766"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="35"/>
+    <s v="Expenditure - Net expenditure on current goods and services - ESA2010 Code (P3 excl. D632)"/>
+    <s v="Euro Million"/>
+    <n v="44493"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="36"/>
+    <s v="Expenditure - Final consumption expenditure - ESA2010 Code (P3)"/>
+    <s v="Euro Million"/>
+    <n v="52496"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="37"/>
+    <s v="Expenditure - Individual consumption (= social transfers in kind) - ESA2010 Code (P31 (=D63))"/>
+    <s v="Euro Million"/>
+    <n v="35179"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="38"/>
+    <s v="Expenditure - Collective consumption (= actual final consumption of government) - ESA2010 Code (P32)"/>
+    <s v="Euro Million"/>
+    <n v="17317"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Expenditure - Total Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="107603"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="103439"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="28834"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Expenditure - Compensation of employees Related to production of own-use capital assets - ESA2010 Code (D1_own-use)"/>
+    <s v="Euro Million"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="17300"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="Expenditure - Use of goods and services [Intermediate consumption] - ESA2010 Code (P2)"/>
+    <s v="Euro Million"/>
+    <n v="17300"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="07"/>
+    <s v="Expenditure - Intermediate consumption of market establishments - ESA2010 Code (P2_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="08"/>
+    <s v="Expenditure - Taxes, payable - ESA2010 Code (D5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="09"/>
+    <s v="Expenditure - Depreciation (Consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="6684"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="Expenditure - Depreciation by market establishments - ESA2010 Code (P51c_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="11"/>
+    <s v="Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="3323"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="3451"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="13"/>
+    <s v="Expenditure - Product subsidies - ESA2010 Code (D31)"/>
+    <s v="Euro Million"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="Expenditure - Other subsidies on production - ESA2010 Code (D39)"/>
+    <s v="Euro Million"/>
+    <n v="1769"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="15"/>
+    <s v="Expenditure - Total Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="37077"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="Expenditure - Social benefits in cash - ESA2010 Code (D62)"/>
+    <s v="Euro Million"/>
+    <n v="28250"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="17"/>
+    <s v="Expenditure - Social benefits in kind (via market producers) - ESA2010 Code (D632)"/>
+    <s v="Euro Million"/>
+    <n v="8827"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="4923"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="19"/>
+    <s v="Expenditure - Net non-life insurance premiums - ESA2010 Code (D71)"/>
+    <s v="Euro Million"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="Expenditure - Current international cooperation - ESA2010 Code (D74)"/>
+    <s v="Euro Million"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="21"/>
+    <s v="Expenditure - Miscellaneous current transfers - ESA2010 Code (D75)"/>
+    <s v="Euro Million"/>
+    <n v="1272"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="Expenditure - VAT and GNI based EU budget contribution - ESA2010 Code (D76)"/>
+    <s v="Euro Million"/>
+    <n v="2991"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="23"/>
+    <s v="Expenditure - VAT-based EU own resources - ESA2010 Code (D761)"/>
+    <s v="Euro Million"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="Expenditure - GNI-based EU own resources - ESA2010 Code (D762)"/>
+    <s v="Euro Million"/>
+    <n v="2471"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="25"/>
+    <s v="Expenditure - Miscellaneous non-tax contribution of government to the institutions of the EU - ESA2010 (D763)"/>
+    <s v="Euro Million"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1848"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="27"/>
+    <s v="Expenditure - Investment grants - ESA2010 Code (D92)"/>
+    <s v="Euro Million"/>
+    <n v="1800"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="Expenditure - Other capital transfers - ESA2010 Code (D99)"/>
+    <s v="Euro Million"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="29"/>
+    <s v="Expenditure - Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="4165"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="Expenditure - Gross investment in non-financial assets - ESA2010 Code (P5 + NP)"/>
+    <s v="Euro Million"/>
+    <n v="10848"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="31"/>
+    <s v="Expenditure - Gross fixed capital formation - ESA2010 Code (P51)"/>
+    <s v="Euro Million"/>
+    <n v="10926"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="Expenditure - Net acquisition of stocks - ESA2010 Code (P52)"/>
+    <s v="Euro Million"/>
+    <n v="-78"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="33"/>
+    <s v="Expenditure - Net acquisition of unproduced assets - ESA2010 Code (NP)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="34"/>
+    <s v="Expenditure - Consumption of fixed capital - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="-6684"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="35"/>
+    <s v="Expenditure - Net expenditure on current goods and services - ESA2010 Code (P3 excl. D632)"/>
+    <s v="Euro Million"/>
+    <n v="48314"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="36"/>
+    <s v="Expenditure - Final consumption expenditure - ESA2010 Code (P3)"/>
+    <s v="Euro Million"/>
+    <n v="57141"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="37"/>
+    <s v="Expenditure - Individual consumption (= social transfers in kind) - ESA2010 Code (P31 (=D63))"/>
+    <s v="Euro Million"/>
+    <n v="38408"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="38"/>
+    <s v="Expenditure - Collective consumption (= actual final consumption of government) - ESA2010 Code (P32)"/>
+    <s v="Euro Million"/>
+    <n v="18733"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Expenditure - Total Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="116622"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="111536"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="31410"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Expenditure - Compensation of employees Related to production of own-use capital assets - ESA2010 Code (D1_own-use)"/>
+    <s v="Euro Million"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="19288"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="Expenditure - Use of goods and services [Intermediate consumption] - ESA2010 Code (P2)"/>
+    <s v="Euro Million"/>
+    <n v="19288"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="Expenditure - Intermediate consumption of market establishments - ESA2010 Code (P2_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Expenditure - Taxes, payable - ESA2010 Code (D5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="Expenditure - Depreciation (Consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="7248"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Expenditure - Depreciation by market establishments - ESA2010 Code (P51c_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="3444"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="2624"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="Expenditure - Product subsidies - ESA2010 Code (D31)"/>
+    <s v="Euro Million"/>
+    <n v="1822"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="Expenditure - Other subsidies on production - ESA2010 Code (D39)"/>
+    <s v="Euro Million"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="15"/>
+    <s v="Expenditure - Total Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="39883"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="Expenditure - Social benefits in cash - ESA2010 Code (D62)"/>
+    <s v="Euro Million"/>
+    <n v="29654"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="17"/>
+    <s v="Expenditure - Social benefits in kind (via market producers) - ESA2010 Code (D632)"/>
+    <s v="Euro Million"/>
+    <n v="10229"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="5326"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="19"/>
+    <s v="Expenditure - Net non-life insurance premiums - ESA2010 Code (D71)"/>
+    <s v="Euro Million"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Expenditure - Current international cooperation - ESA2010 Code (D74)"/>
+    <s v="Euro Million"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="21"/>
+    <s v="Expenditure - Miscellaneous current transfers - ESA2010 Code (D75)"/>
+    <s v="Euro Million"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="Expenditure - VAT and GNI based EU budget contribution - ESA2010 Code (D76)"/>
+    <s v="Euro Million"/>
+    <n v="3276"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="23"/>
+    <s v="Expenditure - VAT-based EU own resources - ESA2010 Code (D761)"/>
+    <s v="Euro Million"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="Expenditure - GNI-based EU own resources - ESA2010 Code (D762)"/>
+    <s v="Euro Million"/>
+    <n v="2746"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="25"/>
+    <s v="Expenditure - Miscellaneous non-tax contribution of government to the institutions of the EU - ESA2010 (D763)"/>
+    <s v="Euro Million"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="2314"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="27"/>
+    <s v="Expenditure - Investment grants - ESA2010 Code (D92)"/>
+    <s v="Euro Million"/>
+    <n v="2151"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="Expenditure - Other capital transfers - ESA2010 Code (D99)"/>
+    <s v="Euro Million"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="29"/>
+    <s v="Expenditure - Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="5085"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Expenditure - Gross investment in non-financial assets - ESA2010 Code (P5 + NP)"/>
+    <s v="Euro Million"/>
+    <n v="12333"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="31"/>
+    <s v="Expenditure - Gross fixed capital formation - ESA2010 Code (P51)"/>
+    <s v="Euro Million"/>
+    <n v="12101"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="Expenditure - Net acquisition of stocks - ESA2010 Code (P52)"/>
+    <s v="Euro Million"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="33"/>
+    <s v="Expenditure - Net acquisition of unproduced assets - ESA2010 Code (NP)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="34"/>
+    <s v="Expenditure - Consumption of fixed capital - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="-7248"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="35"/>
+    <s v="Expenditure - Net expenditure on current goods and services - ESA2010 Code (P3 excl. D632)"/>
+    <s v="Euro Million"/>
+    <n v="53218"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="36"/>
+    <s v="Expenditure - Final consumption expenditure - ESA2010 Code (P3)"/>
+    <s v="Euro Million"/>
+    <n v="63446"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="37"/>
+    <s v="Expenditure - Individual consumption (= social transfers in kind) - ESA2010 Code (P31 (=D63))"/>
+    <s v="Euro Million"/>
+    <n v="43074"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="38"/>
+    <s v="Expenditure - Collective consumption (= actual final consumption of government) - ESA2010 Code (P32)"/>
+    <s v="Euro Million"/>
+    <n v="20372"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="Expenditure - Total Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="125998"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="119177"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="33998"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Expenditure - Compensation of employees Related to production of own-use capital assets - ESA2010 Code (D1_own-use)"/>
+    <s v="Euro Million"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="05"/>
+    <s v="Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="20187"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="06"/>
+    <s v="Expenditure - Use of goods and services [Intermediate consumption] - ESA2010 Code (P2)"/>
+    <s v="Euro Million"/>
+    <n v="20187"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="07"/>
+    <s v="Expenditure - Intermediate consumption of market establishments - ESA2010 Code (P2_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="08"/>
+    <s v="Expenditure - Taxes, payable - ESA2010 Code (D5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="09"/>
+    <s v="Expenditure - Depreciation (Consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="7760"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="10"/>
+    <s v="Expenditure - Depreciation by market establishments - ESA2010 Code (P51c_market)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="11"/>
+    <s v="Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="3363"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="12"/>
+    <s v="Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="2828"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="13"/>
+    <s v="Expenditure - Product subsidies - ESA2010 Code (D31)"/>
+    <s v="Euro Million"/>
+    <n v="1959"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="14"/>
+    <s v="Expenditure - Other subsidies on production - ESA2010 Code (D39)"/>
+    <s v="Euro Million"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="15"/>
+    <s v="Expenditure - Total Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="42719"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="16"/>
+    <s v="Expenditure - Social benefits in cash - ESA2010 Code (D62)"/>
+    <s v="Euro Million"/>
+    <n v="32090"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="17"/>
+    <s v="Expenditure - Social benefits in kind (via market producers) - ESA2010 Code (D632)"/>
+    <s v="Euro Million"/>
+    <n v="10629"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="18"/>
+    <s v="Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="5478"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="19"/>
+    <s v="Expenditure - Net non-life insurance premiums - ESA2010 Code (D71)"/>
+    <s v="Euro Million"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="20"/>
+    <s v="Expenditure - Current international cooperation - ESA2010 Code (D74)"/>
+    <s v="Euro Million"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="21"/>
+    <s v="Expenditure - Miscellaneous current transfers - ESA2010 Code (D75)"/>
+    <s v="Euro Million"/>
+    <n v="1803"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="22"/>
+    <s v="Expenditure - VAT and GNI based EU budget contribution - ESA2010 Code (D76)"/>
+    <s v="Euro Million"/>
+    <n v="2963"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="23"/>
+    <s v="Expenditure - VAT-based EU own resources - ESA2010 Code (D761)"/>
+    <s v="Euro Million"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="24"/>
+    <s v="Expenditure - GNI-based EU own resources - ESA2010 Code (D762)"/>
+    <s v="Euro Million"/>
+    <n v="2246"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="25"/>
+    <s v="Expenditure - Miscellaneous non-tax contribution of government to the institutions of the EU - ESA2010 (D763)"/>
+    <s v="Euro Million"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="26"/>
+    <s v="Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="2844"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="27"/>
+    <s v="Expenditure - Investment grants - ESA2010 Code (D92)"/>
+    <s v="Euro Million"/>
+    <n v="2773"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="28"/>
+    <s v="Expenditure - Other capital transfers - ESA2010 Code (D99)"/>
+    <s v="Euro Million"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="29"/>
+    <s v="Expenditure - Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="6821"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="30"/>
+    <s v="Expenditure - Gross investment in non-financial assets - ESA2010 Code (P5 + NP)"/>
+    <s v="Euro Million"/>
+    <n v="14582"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="31"/>
+    <s v="Expenditure - Gross fixed capital formation - ESA2010 Code (P51)"/>
+    <s v="Euro Million"/>
+    <n v="14613"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="32"/>
+    <s v="Expenditure - Net acquisition of stocks - ESA2010 Code (P52)"/>
+    <s v="Euro Million"/>
+    <n v="-31"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="33"/>
+    <s v="Expenditure - Net acquisition of unproduced assets - ESA2010 Code (NP)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="34"/>
+    <s v="Expenditure - Consumption of fixed capital - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="-7760"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="35"/>
+    <s v="Expenditure - Net expenditure on current goods and services - ESA2010 Code (P3 excl. D632)"/>
+    <s v="Euro Million"/>
+    <n v="57298"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="36"/>
+    <s v="Expenditure - Final consumption expenditure - ESA2010 Code (P3)"/>
+    <s v="Euro Million"/>
+    <n v="67927"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="37"/>
+    <s v="Expenditure - Individual consumption (= social transfers in kind) - ESA2010 Code (P31 (=D63))"/>
+    <s v="Euro Million"/>
+    <n v="45793"/>
+  </r>
+  <r>
+    <s v="GFA04"/>
+    <s v="General Government: Detailed classification of expenditure and consumption"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="38"/>
+    <s v="Expenditure - Collective consumption (= actual final consumption of government) - ESA2010 Code (P32)"/>
+    <s v="Euro Million"/>
+    <n v="22133"/>
+  </r>
+</pivotCacheRecords>
 </file>