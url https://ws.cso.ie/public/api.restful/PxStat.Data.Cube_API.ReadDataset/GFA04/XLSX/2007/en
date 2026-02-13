--- v1 (2025-12-21)
+++ v2 (2026-02-13)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb183f6c2a364f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4115a8dc48314e41941067191cb1afee.psmdcp" Id="Rb7a3a4120d084968" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3615468b3e4b43a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/49ba8ad4d86847a7867b695e93e4add4.psmdcp" Id="R84cfa8e94ccd460b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>