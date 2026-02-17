--- v0 (2025-11-08)
+++ v1 (2026-02-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R542959d00d1c490e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/97f3ef1a0be7455d8d861af6e63bac15.psmdcp" Id="Rec7b0a15fb72428a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9437a585dff4e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6257399cd48f438a863ca9d1cc1ca3ac.psmdcp" Id="R32dabb65f0ff4cf3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>GFA02</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>General Government Net Worth, Gross and Net Debt ESA 2010</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/20/2025 11:00:00 AM</x:t>
+    <x:t>20/10/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>20 October 2025 - This release also contains a downward revision to the overall General Government Debt (GGD) levels as reported in the Government Finance Statistics April 2025 release.&lt;br&gt;&lt;br&gt;This revision is due to a review of the recording of the Capital Advance Leasing Facility (CALF). The CALF is a facility which is exclusively available to Approved Housing Bodies (AHBs) to support them in borrowing from private lenders or the Housing Finance Agency (HFA). The CSO undertook this review of the statistical recording of the CALF scheme earlier this year as part of ongoing quality assurance processes which include engagement with stakeholders and liaison groups. It has now been established that funding issued under the CALF is via a loan from central government to local authorities who then on-lend to AHBs, and is not accessed from the private sector. The impact of this finding is a downward revision of GGD as shown below (see Table 1.1). There is no impact on the General Government surplus / deficit (B.9).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/GFA02/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>GFS</x:t>
   </x:si>
   <x:si>
     <x:t>Government Finance Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -589,555 +589,206 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...503 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03145V03797" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="Item" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H701" totalsRowShown="0">
   <x:autoFilter ref="A1:H701"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03145V03797"/>
     <x:tableColumn id="6" name="Item"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1406,51 +1057,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/GFA02/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1639,51 +1290,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H701"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="56.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="116.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -19897,51 +19548,51 @@
       <x:c r="E701" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F701" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G701" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H701" s="0">
         <x:v>154969</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -19958,51 +19609,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H701" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="GFA02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="25">
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
         <x:s v="2005"/>
         <x:s v="2006"/>
         <x:s v="2007"/>
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
@@ -20697,27 +20348,7028 @@
         <x:n v="34270"/>
         <x:n v="22064"/>
         <x:n v="216693"/>
         <x:n v="202496"/>
         <x:n v="14198"/>
         <x:n v="-54668"/>
         <x:n v="-60854"/>
         <x:n v="29600"/>
         <x:n v="22778"/>
         <x:n v="14305"/>
         <x:n v="10962"/>
         <x:n v="4511"/>
         <x:n v="-1168"/>
         <x:n v="121033"/>
         <x:n v="12884"/>
         <x:n v="215380"/>
         <x:n v="-60411"/>
         <x:n v="154969"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="01"/>
+    <s v="General Government net worth - Net Worth at market value, excluding pension liabilities - ESA2010 Code (NW)"/>
+    <s v="Euro Million"/>
+    <n v="43644"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="02"/>
+    <s v="General Government net worth - Non-financial assets at market value - ESA2010 Code (NFA)"/>
+    <s v="Euro Million"/>
+    <n v="58293"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03"/>
+    <s v="General Government net worth - Financial net worth at market value, excluding pension liabilities - ESA2010 Code (FNW)"/>
+    <s v="Euro Million"/>
+    <n v="-14650"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="04"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Financial assets at market value - ESA2010 Code (FA)"/>
+    <s v="Euro Million"/>
+    <n v="27384"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="05"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Asset) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="12858"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="06"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Equity and Investment Fund Shares (Asset) - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="9702"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="07"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="4824"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="08"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Liabilities at market value - ESA2010 Code (L)"/>
+    <s v="Euro Million"/>
+    <n v="42033"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="09"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Liability) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="39347"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="10"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="2687"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="11"/>
+    <s v="Estimated pension liabilities of government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="12"/>
+    <s v="Net worth, including pension liabilities"/>
+    <s v="Euro Million"/>
+    <n v="43644"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="13"/>
+    <s v="Contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="14"/>
+    <s v="Net worth, including pension liabilities and contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="43644"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="15"/>
+    <s v="General Government: changes in net worth - Opening net worth"/>
+    <s v="Euro Million"/>
+    <n v="27709"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="16"/>
+    <s v="Change in net worth due to transactions"/>
+    <s v="Euro Million"/>
+    <n v="9238"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="17"/>
+    <s v="Change in net worth due to transactions - Net acquisition of non-financial assets - ESA2010 Code (P5 +NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="18"/>
+    <s v="Change in net worth due to transactions - Net lending/net borrowing - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="7282"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="19"/>
+    <s v="Change in net worth due to other economic flows - ESA2010 Code (Kx)"/>
+    <s v="Euro Million"/>
+    <n v="6697"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="20"/>
+    <s v="Change in net worth due to other economic flows - Other changes in non-financial assets"/>
+    <s v="Euro Million"/>
+    <n v="6150"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="21"/>
+    <s v="Change in net worth due to other economic flows - Other changes in financial assets"/>
+    <s v="Euro Million"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="22"/>
+    <s v="Change in net worth due to other economic flows - Other changes in liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-385"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="23"/>
+    <s v="Closing net worth"/>
+    <s v="Euro Million"/>
+    <n v="43644"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="24"/>
+    <s v="General Government Debt (GGDebt) - Debt instrument liabilities at market value - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="39347"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="25"/>
+    <s v="General Government Debt (GGDebt) - Difference between EDP face value and market value"/>
+    <s v="Euro Million"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="26"/>
+    <s v="Gross General Government Debt (EDP face value) - Gross General Government Debt - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="39506"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="27"/>
+    <s v="Gross General Government Debt (EDP face value) - EDP debt instrument assets - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-12858"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="28"/>
+    <s v="Gross General Government Debt (EDP face value) - Net General Government Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="26648"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="01"/>
+    <s v="General Government net worth - Net Worth at market value, excluding pension liabilities - ESA2010 Code (NW)"/>
+    <s v="Euro Million"/>
+    <n v="53748"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="02"/>
+    <s v="General Government net worth - Non-financial assets at market value - ESA2010 Code (NFA)"/>
+    <s v="Euro Million"/>
+    <n v="66821"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03"/>
+    <s v="General Government net worth - Financial net worth at market value, excluding pension liabilities - ESA2010 Code (FNW)"/>
+    <s v="Euro Million"/>
+    <n v="-13072"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="04"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Financial assets at market value - ESA2010 Code (FA)"/>
+    <s v="Euro Million"/>
+    <n v="30281"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="05"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Asset) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="15514"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="06"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Equity and Investment Fund Shares (Asset) - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="9799"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="07"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="4968"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="08"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Liabilities at market value - ESA2010 Code (L)"/>
+    <s v="Euro Million"/>
+    <n v="43353"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="09"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Liability) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="40837"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="10"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="2516"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="11"/>
+    <s v="Estimated pension liabilities of government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="12"/>
+    <s v="Net worth, including pension liabilities"/>
+    <s v="Euro Million"/>
+    <n v="53748"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="13"/>
+    <s v="Contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="14"/>
+    <s v="Net worth, including pension liabilities and contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="53748"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="15"/>
+    <s v="General Government: changes in net worth - Opening net worth"/>
+    <s v="Euro Million"/>
+    <n v="43644"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="16"/>
+    <s v="Change in net worth due to transactions"/>
+    <s v="Euro Million"/>
+    <n v="4584"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="17"/>
+    <s v="Change in net worth due to transactions - Net acquisition of non-financial assets - ESA2010 Code (P5 +NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3052"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="18"/>
+    <s v="Change in net worth due to transactions - Net lending/net borrowing - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="1532"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="19"/>
+    <s v="Change in net worth due to other economic flows - ESA2010 Code (Kx)"/>
+    <s v="Euro Million"/>
+    <n v="5521"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="20"/>
+    <s v="Change in net worth due to other economic flows - Other changes in non-financial assets"/>
+    <s v="Euro Million"/>
+    <n v="5475"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="21"/>
+    <s v="Change in net worth due to other economic flows - Other changes in financial assets"/>
+    <s v="Euro Million"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="22"/>
+    <s v="Change in net worth due to other economic flows - Other changes in liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-72"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="23"/>
+    <s v="Closing net worth"/>
+    <s v="Euro Million"/>
+    <n v="53748"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="24"/>
+    <s v="General Government Debt (GGDebt) - Debt instrument liabilities at market value - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="40837"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="25"/>
+    <s v="General Government Debt (GGDebt) - Difference between EDP face value and market value"/>
+    <s v="Euro Million"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="26"/>
+    <s v="Gross General Government Debt (EDP face value) - Gross General Government Debt - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="40995"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="27"/>
+    <s v="Gross General Government Debt (EDP face value) - EDP debt instrument assets - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-15514"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="28"/>
+    <s v="Gross General Government Debt (EDP face value) - Net General Government Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="25481"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="01"/>
+    <s v="General Government net worth - Net Worth at market value, excluding pension liabilities - ESA2010 Code (NW)"/>
+    <s v="Euro Million"/>
+    <n v="57012"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="02"/>
+    <s v="General Government net worth - Non-financial assets at market value - ESA2010 Code (NFA)"/>
+    <s v="Euro Million"/>
+    <n v="74163"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03"/>
+    <s v="General Government net worth - Financial net worth at market value, excluding pension liabilities - ESA2010 Code (FNW)"/>
+    <s v="Euro Million"/>
+    <n v="-17151"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="04"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Financial assets at market value - ESA2010 Code (FA)"/>
+    <s v="Euro Million"/>
+    <n v="29340"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="05"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Asset) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="11166"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="06"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Equity and Investment Fund Shares (Asset) - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="12977"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="07"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="5197"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="08"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Liabilities at market value - ESA2010 Code (L)"/>
+    <s v="Euro Million"/>
+    <n v="46491"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="09"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Liability) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="43306"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="10"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="3186"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="11"/>
+    <s v="Estimated pension liabilities of government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="12"/>
+    <s v="Net worth, including pension liabilities"/>
+    <s v="Euro Million"/>
+    <n v="57012"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="13"/>
+    <s v="Contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="14"/>
+    <s v="Net worth, including pension liabilities and contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="57012"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="15"/>
+    <s v="General Government: changes in net worth - Opening net worth"/>
+    <s v="Euro Million"/>
+    <n v="53748"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="16"/>
+    <s v="Change in net worth due to transactions"/>
+    <s v="Euro Million"/>
+    <n v="2213"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="17"/>
+    <s v="Change in net worth due to transactions - Net acquisition of non-financial assets - ESA2010 Code (P5 +NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3417"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="18"/>
+    <s v="Change in net worth due to transactions - Net lending/net borrowing - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-1204"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="19"/>
+    <s v="Change in net worth due to other economic flows - ESA2010 Code (Kx)"/>
+    <s v="Euro Million"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="20"/>
+    <s v="Change in net worth due to other economic flows - Other changes in non-financial assets"/>
+    <s v="Euro Million"/>
+    <n v="3925"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="21"/>
+    <s v="Change in net worth due to other economic flows - Other changes in financial assets"/>
+    <s v="Euro Million"/>
+    <n v="-2166"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="22"/>
+    <s v="Change in net worth due to other economic flows - Other changes in liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-708"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="23"/>
+    <s v="Closing net worth"/>
+    <s v="Euro Million"/>
+    <n v="57012"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="24"/>
+    <s v="General Government Debt (GGDebt) - Debt instrument liabilities at market value - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="43306"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="25"/>
+    <s v="General Government Debt (GGDebt) - Difference between EDP face value and market value"/>
+    <s v="Euro Million"/>
+    <n v="-1296"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="26"/>
+    <s v="Gross General Government Debt (EDP face value) - Gross General Government Debt - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="42009"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="27"/>
+    <s v="Gross General Government Debt (EDP face value) - EDP debt instrument assets - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-11166"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="28"/>
+    <s v="Gross General Government Debt (EDP face value) - Net General Government Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="30843"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="01"/>
+    <s v="General Government net worth - Net Worth at market value, excluding pension liabilities - ESA2010 Code (NW)"/>
+    <s v="Euro Million"/>
+    <n v="66781"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="02"/>
+    <s v="General Government net worth - Non-financial assets at market value - ESA2010 Code (NFA)"/>
+    <s v="Euro Million"/>
+    <n v="82221"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03"/>
+    <s v="General Government net worth - Financial net worth at market value, excluding pension liabilities - ESA2010 Code (FNW)"/>
+    <s v="Euro Million"/>
+    <n v="-15441"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="04"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Financial assets at market value - ESA2010 Code (FA)"/>
+    <s v="Euro Million"/>
+    <n v="32411"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="05"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Asset) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="11324"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="06"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Equity and Investment Fund Shares (Asset) - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="15689"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="07"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="5398"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="08"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Liabilities at market value - ESA2010 Code (L)"/>
+    <s v="Euro Million"/>
+    <n v="47851"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="09"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Liability) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="44735"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="10"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="3117"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="11"/>
+    <s v="Estimated pension liabilities of government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="12"/>
+    <s v="Net worth, including pension liabilities"/>
+    <s v="Euro Million"/>
+    <n v="66781"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="13"/>
+    <s v="Contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="14"/>
+    <s v="Net worth, including pension liabilities and contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="66781"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="15"/>
+    <s v="General Government: changes in net worth - Opening net worth"/>
+    <s v="Euro Million"/>
+    <n v="57012"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="16"/>
+    <s v="Change in net worth due to transactions"/>
+    <s v="Euro Million"/>
+    <n v="2947"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="17"/>
+    <s v="Change in net worth due to transactions - Net acquisition of non-financial assets - ESA2010 Code (P5 +NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="2817"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="18"/>
+    <s v="Change in net worth due to transactions - Net lending/net borrowing - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="19"/>
+    <s v="Change in net worth due to other economic flows - ESA2010 Code (Kx)"/>
+    <s v="Euro Million"/>
+    <n v="6821"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="20"/>
+    <s v="Change in net worth due to other economic flows - Other changes in non-financial assets"/>
+    <s v="Euro Million"/>
+    <n v="5241"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="21"/>
+    <s v="Change in net worth due to other economic flows - Other changes in financial assets"/>
+    <s v="Euro Million"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="22"/>
+    <s v="Change in net worth due to other economic flows - Other changes in liabilities"/>
+    <s v="Euro Million"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="23"/>
+    <s v="Closing net worth"/>
+    <s v="Euro Million"/>
+    <n v="66781"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="24"/>
+    <s v="General Government Debt (GGDebt) - Debt instrument liabilities at market value - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="44735"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="25"/>
+    <s v="General Government Debt (GGDebt) - Difference between EDP face value and market value"/>
+    <s v="Euro Million"/>
+    <n v="-1306"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="26"/>
+    <s v="Gross General Government Debt (EDP face value) - Gross General Government Debt - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="43429"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="27"/>
+    <s v="Gross General Government Debt (EDP face value) - EDP debt instrument assets - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-11324"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="28"/>
+    <s v="Gross General Government Debt (EDP face value) - Net General Government Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="32105"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="01"/>
+    <s v="General Government net worth - Net Worth at market value, excluding pension liabilities - ESA2010 Code (NW)"/>
+    <s v="Euro Million"/>
+    <n v="78450"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="02"/>
+    <s v="General Government net worth - Non-financial assets at market value - ESA2010 Code (NFA)"/>
+    <s v="Euro Million"/>
+    <n v="90671"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03"/>
+    <s v="General Government net worth - Financial net worth at market value, excluding pension liabilities - ESA2010 Code (FNW)"/>
+    <s v="Euro Million"/>
+    <n v="-12221"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="04"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Financial assets at market value - ESA2010 Code (FA)"/>
+    <s v="Euro Million"/>
+    <n v="36920"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="05"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Asset) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="12949"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="06"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Equity and Investment Fund Shares (Asset) - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="17772"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="07"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="6199"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="08"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Liabilities at market value - ESA2010 Code (L)"/>
+    <s v="Euro Million"/>
+    <n v="49142"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="09"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Liability) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="45728"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="3414"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="11"/>
+    <s v="Estimated pension liabilities of government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="12"/>
+    <s v="Net worth, including pension liabilities"/>
+    <s v="Euro Million"/>
+    <n v="78450"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="13"/>
+    <s v="Contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="14"/>
+    <s v="Net worth, including pension liabilities and contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="78450"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="15"/>
+    <s v="General Government: changes in net worth - Opening net worth"/>
+    <s v="Euro Million"/>
+    <n v="66781"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="16"/>
+    <s v="Change in net worth due to transactions"/>
+    <s v="Euro Million"/>
+    <n v="5210"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="17"/>
+    <s v="Change in net worth due to transactions - Net acquisition of non-financial assets - ESA2010 Code (P5 +NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="2719"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="18"/>
+    <s v="Change in net worth due to transactions - Net lending/net borrowing - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="2491"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="19"/>
+    <s v="Change in net worth due to other economic flows - ESA2010 Code (Kx)"/>
+    <s v="Euro Million"/>
+    <n v="6460"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="20"/>
+    <s v="Change in net worth due to other economic flows - Other changes in non-financial assets"/>
+    <s v="Euro Million"/>
+    <n v="5731"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="21"/>
+    <s v="Change in net worth due to other economic flows - Other changes in financial assets"/>
+    <s v="Euro Million"/>
+    <n v="1535"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="22"/>
+    <s v="Change in net worth due to other economic flows - Other changes in liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-807"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="23"/>
+    <s v="Closing net worth"/>
+    <s v="Euro Million"/>
+    <n v="78450"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="24"/>
+    <s v="General Government Debt (GGDebt) - Debt instrument liabilities at market value - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="45728"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="25"/>
+    <s v="General Government Debt (GGDebt) - Difference between EDP face value and market value"/>
+    <s v="Euro Million"/>
+    <n v="-1814"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="26"/>
+    <s v="Gross General Government Debt (EDP face value) - Gross General Government Debt - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="43914"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="27"/>
+    <s v="Gross General Government Debt (EDP face value) - EDP debt instrument assets - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-12949"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="28"/>
+    <s v="Gross General Government Debt (EDP face value) - Net General Government Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="30965"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01"/>
+    <s v="General Government net worth - Net Worth at market value, excluding pension liabilities - ESA2010 Code (NW)"/>
+    <s v="Euro Million"/>
+    <n v="87996"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02"/>
+    <s v="General Government net worth - Non-financial assets at market value - ESA2010 Code (NFA)"/>
+    <s v="Euro Million"/>
+    <n v="97440"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="General Government net worth - Financial net worth at market value, excluding pension liabilities - ESA2010 Code (FNW)"/>
+    <s v="Euro Million"/>
+    <n v="-9443"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Financial assets at market value - ESA2010 Code (FA)"/>
+    <s v="Euro Million"/>
+    <n v="43909"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Asset) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="14367"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="06"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Equity and Investment Fund Shares (Asset) - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="21404"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="07"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="8138"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="08"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Liabilities at market value - ESA2010 Code (L)"/>
+    <s v="Euro Million"/>
+    <n v="53352"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="09"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Liability) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="47667"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="5685"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="Estimated pension liabilities of government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="12"/>
+    <s v="Net worth, including pension liabilities"/>
+    <s v="Euro Million"/>
+    <n v="87996"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="13"/>
+    <s v="Contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="14"/>
+    <s v="Net worth, including pension liabilities and contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="87996"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="15"/>
+    <s v="General Government: changes in net worth - Opening net worth"/>
+    <s v="Euro Million"/>
+    <n v="78450"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="16"/>
+    <s v="Change in net worth due to transactions"/>
+    <s v="Euro Million"/>
+    <n v="6303"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="17"/>
+    <s v="Change in net worth due to transactions - Net acquisition of non-financial assets - ESA2010 Code (P5 +NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3014"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="18"/>
+    <s v="Change in net worth due to transactions - Net lending/net borrowing - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="3290"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="19"/>
+    <s v="Change in net worth due to other economic flows - ESA2010 Code (Kx)"/>
+    <s v="Euro Million"/>
+    <n v="3243"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="20"/>
+    <s v="Change in net worth due to other economic flows - Other changes in non-financial assets"/>
+    <s v="Euro Million"/>
+    <n v="3755"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="21"/>
+    <s v="Change in net worth due to other economic flows - Other changes in financial assets"/>
+    <s v="Euro Million"/>
+    <n v="2979"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="22"/>
+    <s v="Change in net worth due to other economic flows - Other changes in liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-3491"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="23"/>
+    <s v="Closing net worth"/>
+    <s v="Euro Million"/>
+    <n v="87997"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="24"/>
+    <s v="General Government Debt (GGDebt) - Debt instrument liabilities at market value - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="47667"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="25"/>
+    <s v="General Government Debt (GGDebt) - Difference between EDP face value and market value"/>
+    <s v="Euro Million"/>
+    <n v="-3286"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="26"/>
+    <s v="Gross General Government Debt (EDP face value) - Gross General Government Debt - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="44381"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="27"/>
+    <s v="Gross General Government Debt (EDP face value) - EDP debt instrument assets - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-14367"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="28"/>
+    <s v="Gross General Government Debt (EDP face value) - Net General Government Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="30015"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01"/>
+    <s v="General Government net worth - Net Worth at market value, excluding pension liabilities - ESA2010 Code (NW)"/>
+    <s v="Euro Million"/>
+    <n v="104033"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02"/>
+    <s v="General Government net worth - Non-financial assets at market value - ESA2010 Code (NFA)"/>
+    <s v="Euro Million"/>
+    <n v="105560"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="General Government net worth - Financial net worth at market value, excluding pension liabilities - ESA2010 Code (FNW)"/>
+    <s v="Euro Million"/>
+    <n v="-1526"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Financial assets at market value - ESA2010 Code (FA)"/>
+    <s v="Euro Million"/>
+    <n v="49621"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Asset) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="16939"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Equity and Investment Fund Shares (Asset) - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="23945"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="8737"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Liabilities at market value - ESA2010 Code (L)"/>
+    <s v="Euro Million"/>
+    <n v="51148"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Liability) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="45424"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="5724"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="Estimated pension liabilities of government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="Net worth, including pension liabilities"/>
+    <s v="Euro Million"/>
+    <n v="104033"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="13"/>
+    <s v="Contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="14"/>
+    <s v="Net worth, including pension liabilities and contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="104033"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="15"/>
+    <s v="General Government: changes in net worth - Opening net worth"/>
+    <s v="Euro Million"/>
+    <n v="87997"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="16"/>
+    <s v="Change in net worth due to transactions"/>
+    <s v="Euro Million"/>
+    <n v="8367"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="17"/>
+    <s v="Change in net worth due to transactions - Net acquisition of non-financial assets - ESA2010 Code (P5 +NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3811"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="18"/>
+    <s v="Change in net worth due to transactions - Net lending/net borrowing - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="4556"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="19"/>
+    <s v="Change in net worth due to other economic flows - ESA2010 Code (Kx)"/>
+    <s v="Euro Million"/>
+    <n v="7670"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Change in net worth due to other economic flows - Other changes in non-financial assets"/>
+    <s v="Euro Million"/>
+    <n v="4309"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Change in net worth due to other economic flows - Other changes in financial assets"/>
+    <s v="Euro Million"/>
+    <n v="1749"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="22"/>
+    <s v="Change in net worth due to other economic flows - Other changes in liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="23"/>
+    <s v="Closing net worth"/>
+    <s v="Euro Million"/>
+    <n v="104034"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="24"/>
+    <s v="General Government Debt (GGDebt) - Debt instrument liabilities at market value - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="45424"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="25"/>
+    <s v="General Government Debt (GGDebt) - Difference between EDP face value and market value"/>
+    <s v="Euro Million"/>
+    <n v="-1685"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="26"/>
+    <s v="Gross General Government Debt (EDP face value) - Gross General Government Debt - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="43739"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="27"/>
+    <s v="Gross General Government Debt (EDP face value) - EDP debt instrument assets - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-16939"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="28"/>
+    <s v="Gross General Government Debt (EDP face value) - Net General Government Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="26799"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="General Government net worth - Net Worth at market value, excluding pension liabilities - ESA2010 Code (NW)"/>
+    <s v="Euro Million"/>
+    <n v="110839"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="General Government net worth - Non-financial assets at market value - ESA2010 Code (NFA)"/>
+    <s v="Euro Million"/>
+    <n v="109457"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="General Government net worth - Financial net worth at market value, excluding pension liabilities - ESA2010 Code (FNW)"/>
+    <s v="Euro Million"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Financial assets at market value - ESA2010 Code (FA)"/>
+    <s v="Euro Million"/>
+    <n v="55647"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Asset) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="18864"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Equity and Investment Fund Shares (Asset) - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="27487"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="9296"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Liabilities at market value - ESA2010 Code (L)"/>
+    <s v="Euro Million"/>
+    <n v="54264"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Liability) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="48132"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="6132"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="Estimated pension liabilities of government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="Net worth, including pension liabilities"/>
+    <s v="Euro Million"/>
+    <n v="110839"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="13"/>
+    <s v="Contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="14"/>
+    <s v="Net worth, including pension liabilities and contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="110839"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="15"/>
+    <s v="General Government: changes in net worth - Opening net worth"/>
+    <s v="Euro Million"/>
+    <n v="104034"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="16"/>
+    <s v="Change in net worth due to transactions"/>
+    <s v="Euro Million"/>
+    <n v="5696"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="17"/>
+    <s v="Change in net worth due to transactions - Net acquisition of non-financial assets - ESA2010 Code (P5 +NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="5774"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="18"/>
+    <s v="Change in net worth due to transactions - Net lending/net borrowing - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-78"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="19"/>
+    <s v="Change in net worth due to other economic flows - ESA2010 Code (Kx)"/>
+    <s v="Euro Million"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="20"/>
+    <s v="Change in net worth due to other economic flows - Other changes in non-financial assets"/>
+    <s v="Euro Million"/>
+    <n v="-1877"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="21"/>
+    <s v="Change in net worth due to other economic flows - Other changes in financial assets"/>
+    <s v="Euro Million"/>
+    <n v="2187"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="22"/>
+    <s v="Change in net worth due to other economic flows - Other changes in liabilities"/>
+    <s v="Euro Million"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="23"/>
+    <s v="Closing net worth"/>
+    <s v="Euro Million"/>
+    <n v="110839"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="24"/>
+    <s v="General Government Debt (GGDebt) - Debt instrument liabilities at market value - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="48132"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="25"/>
+    <s v="General Government Debt (GGDebt) - Difference between EDP face value and market value"/>
+    <s v="Euro Million"/>
+    <n v="-937"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="26"/>
+    <s v="Gross General Government Debt (EDP face value) - Gross General Government Debt - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="47195"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="27"/>
+    <s v="Gross General Government Debt (EDP face value) - EDP debt instrument assets - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-18864"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="28"/>
+    <s v="Gross General Government Debt (EDP face value) - Net General Government Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="28331"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="General Government net worth - Net Worth at market value, excluding pension liabilities - ESA2010 Code (NW)"/>
+    <s v="Euro Million"/>
+    <n v="80640"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="General Government net worth - Non-financial assets at market value - ESA2010 Code (NFA)"/>
+    <s v="Euro Million"/>
+    <n v="102418"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="General Government net worth - Financial net worth at market value, excluding pension liabilities - ESA2010 Code (FNW)"/>
+    <s v="Euro Million"/>
+    <n v="-21778"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Financial assets at market value - ESA2010 Code (FA)"/>
+    <s v="Euro Million"/>
+    <n v="66934"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Asset) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="36976"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Equity and Investment Fund Shares (Asset) - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="21173"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="8785"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Liabilities at market value - ESA2010 Code (L)"/>
+    <s v="Euro Million"/>
+    <n v="88712"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Liability) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="82225"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="6487"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="Estimated pension liabilities of government"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="Net worth, including pension liabilities"/>
+    <s v="Euro Million"/>
+    <n v="80640"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="13"/>
+    <s v="Contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="353656"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="14"/>
+    <s v="Net worth, including pension liabilities and contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-273016"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="15"/>
+    <s v="General Government: changes in net worth - Opening net worth"/>
+    <s v="Euro Million"/>
+    <n v="110839"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="16"/>
+    <s v="Change in net worth due to transactions"/>
+    <s v="Euro Million"/>
+    <n v="-6897"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="17"/>
+    <s v="Change in net worth due to transactions - Net acquisition of non-financial assets - ESA2010 Code (P5 +NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="6776"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="18"/>
+    <s v="Change in net worth due to transactions - Net lending/net borrowing - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-13672"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="19"/>
+    <s v="Change in net worth due to other economic flows - ESA2010 Code (Kx)"/>
+    <s v="Euro Million"/>
+    <n v="-23303"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="20"/>
+    <s v="Change in net worth due to other economic flows - Other changes in non-financial assets"/>
+    <s v="Euro Million"/>
+    <n v="-13814"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="21"/>
+    <s v="Change in net worth due to other economic flows - Other changes in financial assets"/>
+    <s v="Euro Million"/>
+    <n v="-7913"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="22"/>
+    <s v="Change in net worth due to other economic flows - Other changes in liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-1576"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="23"/>
+    <s v="Closing net worth"/>
+    <s v="Euro Million"/>
+    <n v="80640"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="24"/>
+    <s v="General Government Debt (GGDebt) - Debt instrument liabilities at market value - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="82225"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="25"/>
+    <s v="General Government Debt (GGDebt) - Difference between EDP face value and market value"/>
+    <s v="Euro Million"/>
+    <n v="-2604"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="26"/>
+    <s v="Gross General Government Debt (EDP face value) - Gross General Government Debt - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="79621"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="27"/>
+    <s v="Gross General Government Debt (EDP face value) - EDP debt instrument assets - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-36976"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="28"/>
+    <s v="Gross General Government Debt (EDP face value) - Net General Government Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="42645"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="General Government net worth - Net Worth at market value, excluding pension liabilities - ESA2010 Code (NW)"/>
+    <s v="Euro Million"/>
+    <n v="51216"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="General Government net worth - Non-financial assets at market value - ESA2010 Code (NFA)"/>
+    <s v="Euro Million"/>
+    <n v="92919"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="General Government net worth - Financial net worth at market value, excluding pension liabilities - ESA2010 Code (FNW)"/>
+    <s v="Euro Million"/>
+    <n v="-41702"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Financial assets at market value - ESA2010 Code (FA)"/>
+    <s v="Euro Million"/>
+    <n v="72689"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Asset) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="42051"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Equity and Investment Fund Shares (Asset) - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="21699"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="8939"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Liabilities at market value - ESA2010 Code (L)"/>
+    <s v="Euro Million"/>
+    <n v="114391"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Liability) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="107837"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="6555"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="Estimated pension liabilities of government"/>
+    <s v="Euro Million"/>
+    <n v="116000"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="Net worth, including pension liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-64784"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="13"/>
+    <s v="Contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="247424"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="14"/>
+    <s v="Net worth, including pension liabilities and contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-312208"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="15"/>
+    <s v="General Government: changes in net worth - Opening net worth"/>
+    <s v="Euro Million"/>
+    <n v="80640"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="16"/>
+    <s v="Change in net worth due to transactions"/>
+    <s v="Euro Million"/>
+    <n v="-20384"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="17"/>
+    <s v="Change in net worth due to transactions - Net acquisition of non-financial assets - ESA2010 Code (P5 +NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3169"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="18"/>
+    <s v="Change in net worth due to transactions - Net lending/net borrowing - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-23553"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="19"/>
+    <s v="Change in net worth due to other economic flows - ESA2010 Code (Kx)"/>
+    <s v="Euro Million"/>
+    <n v="-9039"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="20"/>
+    <s v="Change in net worth due to other economic flows - Other changes in non-financial assets"/>
+    <s v="Euro Million"/>
+    <n v="-12668"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="21"/>
+    <s v="Change in net worth due to other economic flows - Other changes in financial assets"/>
+    <s v="Euro Million"/>
+    <n v="2931"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="22"/>
+    <s v="Change in net worth due to other economic flows - Other changes in liabilities"/>
+    <s v="Euro Million"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="23"/>
+    <s v="Closing net worth"/>
+    <s v="Euro Million"/>
+    <n v="51217"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="24"/>
+    <s v="General Government Debt (GGDebt) - Debt instrument liabilities at market value - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="107837"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="25"/>
+    <s v="General Government Debt (GGDebt) - Difference between EDP face value and market value"/>
+    <s v="Euro Million"/>
+    <n v="-3133"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="26"/>
+    <s v="Gross General Government Debt (EDP face value) - Gross General Government Debt - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="104703"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="27"/>
+    <s v="Gross General Government Debt (EDP face value) - EDP debt instrument assets - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-42051"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="28"/>
+    <s v="Gross General Government Debt (EDP face value) - Net General Government Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="62652"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="General Government net worth - Net Worth at market value, excluding pension liabilities - ESA2010 Code (NW)"/>
+    <s v="Euro Million"/>
+    <n v="10572"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="General Government net worth - Non-financial assets at market value - ESA2010 Code (NFA)"/>
+    <s v="Euro Million"/>
+    <n v="88743"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="General Government net worth - Financial net worth at market value, excluding pension liabilities - ESA2010 Code (FNW)"/>
+    <s v="Euro Million"/>
+    <n v="-78172"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Financial assets at market value - ESA2010 Code (FA)"/>
+    <s v="Euro Million"/>
+    <n v="61439"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Asset) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="32744"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Equity and Investment Fund Shares (Asset) - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="20247"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="8449"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Liabilities at market value - ESA2010 Code (L)"/>
+    <s v="Euro Million"/>
+    <n v="139611"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Liability) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="131912"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="7699"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="Estimated pension liabilities of government"/>
+    <s v="Euro Million"/>
+    <n v="116000"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="Net worth, including pension liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-105428"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="13"/>
+    <s v="Contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="149151"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="14"/>
+    <s v="Net worth, including pension liabilities and contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-254580"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="15"/>
+    <s v="General Government: changes in net worth - Opening net worth"/>
+    <s v="Euro Million"/>
+    <n v="51217"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="16"/>
+    <s v="Change in net worth due to transactions"/>
+    <s v="Euro Million"/>
+    <n v="-51258"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="17"/>
+    <s v="Change in net worth due to transactions - Net acquisition of non-financial assets - ESA2010 Code (P5 +NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="2499"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="18"/>
+    <s v="Change in net worth due to transactions - Net lending/net borrowing - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-53757"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="19"/>
+    <s v="Change in net worth due to other economic flows - ESA2010 Code (Kx)"/>
+    <s v="Euro Million"/>
+    <n v="10613"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="20"/>
+    <s v="Change in net worth due to other economic flows - Other changes in non-financial assets"/>
+    <s v="Euro Million"/>
+    <n v="-6674"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="21"/>
+    <s v="Change in net worth due to other economic flows - Other changes in financial assets"/>
+    <s v="Euro Million"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="22"/>
+    <s v="Change in net worth due to other economic flows - Other changes in liabilities"/>
+    <s v="Euro Million"/>
+    <n v="16562"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="23"/>
+    <s v="Closing net worth"/>
+    <s v="Euro Million"/>
+    <n v="10572"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="24"/>
+    <s v="General Government Debt (GGDebt) - Debt instrument liabilities at market value - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="131912"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="25"/>
+    <s v="General Government Debt (GGDebt) - Difference between EDP face value and market value"/>
+    <s v="Euro Million"/>
+    <n v="12314"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="26"/>
+    <s v="Gross General Government Debt (EDP face value) - Gross General Government Debt - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="144227"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="27"/>
+    <s v="Gross General Government Debt (EDP face value) - EDP debt instrument assets - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-32744"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="28"/>
+    <s v="Gross General Government Debt (EDP face value) - Net General Government Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="111483"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="General Government net worth - Net Worth at market value, excluding pension liabilities - ESA2010 Code (NW)"/>
+    <s v="Euro Million"/>
+    <n v="-17889"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="General Government net worth - Non-financial assets at market value - ESA2010 Code (NFA)"/>
+    <s v="Euro Million"/>
+    <n v="88150"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="General Government net worth - Financial net worth at market value, excluding pension liabilities - ESA2010 Code (FNW)"/>
+    <s v="Euro Million"/>
+    <n v="-106039"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Financial assets at market value - ESA2010 Code (FA)"/>
+    <s v="Euro Million"/>
+    <n v="87253"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Asset) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="53665"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Equity and Investment Fund Shares (Asset) - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="22902"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="10685"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Liabilities at market value - ESA2010 Code (L)"/>
+    <s v="Euro Million"/>
+    <n v="193292"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Liability) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="182166"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="11126"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Estimated pension liabilities of government"/>
+    <s v="Euro Million"/>
+    <n v="116000"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Net worth, including pension liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-133889"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="141994"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Net worth, including pension liabilities and contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-275883"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="General Government: changes in net worth - Opening net worth"/>
+    <s v="Euro Million"/>
+    <n v="10572"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Change in net worth due to transactions"/>
+    <s v="Euro Million"/>
+    <n v="-20472"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Change in net worth due to transactions - Net acquisition of non-financial assets - ESA2010 Code (P5 +NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Change in net worth due to transactions - Net lending/net borrowing - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-21694"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Change in net worth due to other economic flows - ESA2010 Code (Kx)"/>
+    <s v="Euro Million"/>
+    <n v="-7989"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Change in net worth due to other economic flows - Other changes in non-financial assets"/>
+    <s v="Euro Million"/>
+    <n v="-1815"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Change in net worth due to other economic flows - Other changes in financial assets"/>
+    <s v="Euro Million"/>
+    <n v="22133"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Change in net worth due to other economic flows - Other changes in liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-28307"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Closing net worth"/>
+    <s v="Euro Million"/>
+    <n v="-17889"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="24"/>
+    <s v="General Government Debt (GGDebt) - Debt instrument liabilities at market value - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="182166"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="General Government Debt (GGDebt) - Difference between EDP face value and market value"/>
+    <s v="Euro Million"/>
+    <n v="7558"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="26"/>
+    <s v="Gross General Government Debt (EDP face value) - Gross General Government Debt - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="189724"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="27"/>
+    <s v="Gross General Government Debt (EDP face value) - EDP debt instrument assets - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-53665"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="28"/>
+    <s v="Gross General Government Debt (EDP face value) - Net General Government Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="136058"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="General Government net worth - Net Worth at market value, excluding pension liabilities - ESA2010 Code (NW)"/>
+    <s v="Euro Million"/>
+    <n v="-47251"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="General Government net worth - Non-financial assets at market value - ESA2010 Code (NFA)"/>
+    <s v="Euro Million"/>
+    <n v="90710"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="General Government net worth - Financial net worth at market value, excluding pension liabilities - ESA2010 Code (FNW)"/>
+    <s v="Euro Million"/>
+    <n v="-137961"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Financial assets at market value - ESA2010 Code (FA)"/>
+    <s v="Euro Million"/>
+    <n v="91508"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="05"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Asset) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="56838"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Equity and Investment Fund Shares (Asset) - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="25056"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="9614"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Liabilities at market value - ESA2010 Code (L)"/>
+    <s v="Euro Million"/>
+    <n v="229469"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Liability) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="218423"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="11046"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Estimated pension liabilities of government"/>
+    <s v="Euro Million"/>
+    <n v="98000"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="Net worth, including pension liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-145251"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="Contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="118926"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="14"/>
+    <s v="Net worth, including pension liabilities and contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-264177"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="15"/>
+    <s v="General Government: changes in net worth - Opening net worth"/>
+    <s v="Euro Million"/>
+    <n v="-17889"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="16"/>
+    <s v="Change in net worth due to transactions"/>
+    <s v="Euro Million"/>
+    <n v="-14677"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="17"/>
+    <s v="Change in net worth due to transactions - Net acquisition of non-financial assets - ESA2010 Code (P5 +NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="18"/>
+    <s v="Change in net worth due to transactions - Net lending/net borrowing - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-15154"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="19"/>
+    <s v="Change in net worth due to other economic flows - ESA2010 Code (Kx)"/>
+    <s v="Euro Million"/>
+    <n v="-14685"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="20"/>
+    <s v="Change in net worth due to other economic flows - Other changes in non-financial assets"/>
+    <s v="Euro Million"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="21"/>
+    <s v="Change in net worth due to other economic flows - Other changes in financial assets"/>
+    <s v="Euro Million"/>
+    <n v="-1163"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="22"/>
+    <s v="Change in net worth due to other economic flows - Other changes in liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-15605"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="23"/>
+    <s v="Closing net worth"/>
+    <s v="Euro Million"/>
+    <n v="-47250"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="24"/>
+    <s v="General Government Debt (GGDebt) - Debt instrument liabilities at market value - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="218423"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="25"/>
+    <s v="General Government Debt (GGDebt) - Difference between EDP face value and market value"/>
+    <s v="Euro Million"/>
+    <n v="-8400"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="26"/>
+    <s v="Gross General Government Debt (EDP face value) - Gross General Government Debt - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="210023"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="27"/>
+    <s v="Gross General Government Debt (EDP face value) - EDP debt instrument assets - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-56838"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="28"/>
+    <s v="Gross General Government Debt (EDP face value) - Net General Government Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="153185"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="General Government net worth - Net Worth at market value, excluding pension liabilities - ESA2010 Code (NW)"/>
+    <s v="Euro Million"/>
+    <n v="-54199"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="General Government net worth - Non-financial assets at market value - ESA2010 Code (NFA)"/>
+    <s v="Euro Million"/>
+    <n v="93537"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="General Government net worth - Financial net worth at market value, excluding pension liabilities - ESA2010 Code (FNW)"/>
+    <s v="Euro Million"/>
+    <n v="-147736"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Financial assets at market value - ESA2010 Code (FA)"/>
+    <s v="Euro Million"/>
+    <n v="93089"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="05"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Asset) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="52554"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Equity and Investment Fund Shares (Asset) - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="30791"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="9744"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Liabilities at market value - ESA2010 Code (L)"/>
+    <s v="Euro Million"/>
+    <n v="240825"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Liability) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="231605"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="9220"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="Estimated pension liabilities of government"/>
+    <s v="Euro Million"/>
+    <n v="98000"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="Net worth, including pension liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-152199"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="Contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="59522"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="14"/>
+    <s v="Net worth, including pension liabilities and contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-211721"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="15"/>
+    <s v="General Government: changes in net worth - Opening net worth"/>
+    <s v="Euro Million"/>
+    <n v="-47250"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="16"/>
+    <s v="Change in net worth due to transactions"/>
+    <s v="Euro Million"/>
+    <n v="-10968"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="17"/>
+    <s v="Change in net worth due to transactions - Net acquisition of non-financial assets - ESA2010 Code (P5 +NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="18"/>
+    <s v="Change in net worth due to transactions - Net lending/net borrowing - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-11425"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="19"/>
+    <s v="Change in net worth due to other economic flows - ESA2010 Code (Kx)"/>
+    <s v="Euro Million"/>
+    <n v="4020"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Change in net worth due to other economic flows - Other changes in non-financial assets"/>
+    <s v="Euro Million"/>
+    <n v="2370"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="21"/>
+    <s v="Change in net worth due to other economic flows - Other changes in financial assets"/>
+    <s v="Euro Million"/>
+    <n v="7426"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22"/>
+    <s v="Change in net worth due to other economic flows - Other changes in liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-5775"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="23"/>
+    <s v="Closing net worth"/>
+    <s v="Euro Million"/>
+    <n v="-54199"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="24"/>
+    <s v="General Government Debt (GGDebt) - Debt instrument liabilities at market value - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="231605"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="25"/>
+    <s v="General Government Debt (GGDebt) - Difference between EDP face value and market value"/>
+    <s v="Euro Million"/>
+    <n v="-16367"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="26"/>
+    <s v="Gross General Government Debt (EDP face value) - Gross General Government Debt - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="215239"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="27"/>
+    <s v="Gross General Government Debt (EDP face value) - EDP debt instrument assets - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-52554"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="28"/>
+    <s v="Gross General Government Debt (EDP face value) - Net General Government Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="162684"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="General Government net worth - Net Worth at market value, excluding pension liabilities - ESA2010 Code (NW)"/>
+    <s v="Euro Million"/>
+    <n v="-65053"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="General Government net worth - Non-financial assets at market value - ESA2010 Code (NFA)"/>
+    <s v="Euro Million"/>
+    <n v="98819"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="General Government net worth - Financial net worth at market value, excluding pension liabilities - ESA2010 Code (FNW)"/>
+    <s v="Euro Million"/>
+    <n v="-163873"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Financial assets at market value - ESA2010 Code (FA)"/>
+    <s v="Euro Million"/>
+    <n v="82553"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Asset) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="34867"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Equity and Investment Fund Shares (Asset) - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="37925"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="9761"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Liabilities at market value - ESA2010 Code (L)"/>
+    <s v="Euro Million"/>
+    <n v="246425"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Liability) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="236949"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="9477"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="Estimated pension liabilities of government"/>
+    <s v="Euro Million"/>
+    <n v="109800"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="Net worth, including pension liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-174853"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="Contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="29412"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="14"/>
+    <s v="Net worth, including pension liabilities and contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-204265"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="15"/>
+    <s v="General Government: changes in net worth - Opening net worth"/>
+    <s v="Euro Million"/>
+    <n v="-54199"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="16"/>
+    <s v="Change in net worth due to transactions"/>
+    <s v="Euro Million"/>
+    <n v="-6487"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="17"/>
+    <s v="Change in net worth due to transactions - Net acquisition of non-financial assets - ESA2010 Code (P5 +NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="18"/>
+    <s v="Change in net worth due to transactions - Net lending/net borrowing - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-7387"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="19"/>
+    <s v="Change in net worth due to other economic flows - ESA2010 Code (Kx)"/>
+    <s v="Euro Million"/>
+    <n v="-4368"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="20"/>
+    <s v="Change in net worth due to other economic flows - Other changes in non-financial assets"/>
+    <s v="Euro Million"/>
+    <n v="4382"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="21"/>
+    <s v="Change in net worth due to other economic flows - Other changes in financial assets"/>
+    <s v="Euro Million"/>
+    <n v="8247"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22"/>
+    <s v="Change in net worth due to other economic flows - Other changes in liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-16997"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="23"/>
+    <s v="Closing net worth"/>
+    <s v="Euro Million"/>
+    <n v="-65053"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="24"/>
+    <s v="General Government Debt (GGDebt) - Debt instrument liabilities at market value - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="236949"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="25"/>
+    <s v="General Government Debt (GGDebt) - Difference between EDP face value and market value"/>
+    <s v="Euro Million"/>
+    <n v="-33571"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="26"/>
+    <s v="Gross General Government Debt (EDP face value) - Gross General Government Debt - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="203378"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="27"/>
+    <s v="Gross General Government Debt (EDP face value) - EDP debt instrument assets - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-34867"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="28"/>
+    <s v="Gross General Government Debt (EDP face value) - Net General Government Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="168512"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="General Government net worth - Net Worth at market value, excluding pension liabilities - ESA2010 Code (NW)"/>
+    <s v="Euro Million"/>
+    <n v="-56711"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="General Government net worth - Non-financial assets at market value - ESA2010 Code (NFA)"/>
+    <s v="Euro Million"/>
+    <n v="104733"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="General Government net worth - Financial net worth at market value, excluding pension liabilities - ESA2010 Code (FNW)"/>
+    <s v="Euro Million"/>
+    <n v="-161444"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Financial assets at market value - ESA2010 Code (FA)"/>
+    <s v="Euro Million"/>
+    <n v="83069"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Asset) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="28056"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Equity and Investment Fund Shares (Asset) - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="44947"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="10066"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Liabilities at market value - ESA2010 Code (L)"/>
+    <s v="Euro Million"/>
+    <n v="244513"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Liability) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="233755"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="10758"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="Estimated pension liabilities of government"/>
+    <s v="Euro Million"/>
+    <n v="114500"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="Net worth, including pension liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-171211"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="Contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="15955"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="14"/>
+    <s v="Net worth, including pension liabilities and contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-187166"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="15"/>
+    <s v="General Government: changes in net worth - Opening net worth"/>
+    <s v="Euro Million"/>
+    <n v="-65053"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="16"/>
+    <s v="Change in net worth due to transactions"/>
+    <s v="Euro Million"/>
+    <n v="-4921"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="17"/>
+    <s v="Change in net worth due to transactions - Net acquisition of non-financial assets - ESA2010 Code (P5 +NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="18"/>
+    <s v="Change in net worth due to transactions - Net lending/net borrowing - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-5924"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="19"/>
+    <s v="Change in net worth due to other economic flows - ESA2010 Code (Kx)"/>
+    <s v="Euro Million"/>
+    <n v="13263"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="20"/>
+    <s v="Change in net worth due to other economic flows - Other changes in non-financial assets"/>
+    <s v="Euro Million"/>
+    <n v="4910"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="21"/>
+    <s v="Change in net worth due to other economic flows - Other changes in financial assets"/>
+    <s v="Euro Million"/>
+    <n v="8930"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22"/>
+    <s v="Change in net worth due to other economic flows - Other changes in liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-577"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="23"/>
+    <s v="Closing net worth"/>
+    <s v="Euro Million"/>
+    <n v="-56710"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="24"/>
+    <s v="General Government Debt (GGDebt) - Debt instrument liabilities at market value - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="233755"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="25"/>
+    <s v="General Government Debt (GGDebt) - Difference between EDP face value and market value"/>
+    <s v="Euro Million"/>
+    <n v="-32180"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="26"/>
+    <s v="Gross General Government Debt (EDP face value) - Gross General Government Debt - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="201575"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="27"/>
+    <s v="Gross General Government Debt (EDP face value) - EDP debt instrument assets - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-28056"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="28"/>
+    <s v="Gross General Government Debt (EDP face value) - Net General Government Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="173519"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="General Government net worth - Net Worth at market value, excluding pension liabilities - ESA2010 Code (NW)"/>
+    <s v="Euro Million"/>
+    <n v="-51287"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="General Government net worth - Non-financial assets at market value - ESA2010 Code (NFA)"/>
+    <s v="Euro Million"/>
+    <n v="111567"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="General Government net worth - Financial net worth at market value, excluding pension liabilities - ESA2010 Code (FNW)"/>
+    <s v="Euro Million"/>
+    <n v="-162855"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Financial assets at market value - ESA2010 Code (FA)"/>
+    <s v="Euro Million"/>
+    <n v="79043"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Asset) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="23695"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Equity and Investment Fund Shares (Asset) - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="45557"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="9791"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Liabilities at market value - ESA2010 Code (L)"/>
+    <s v="Euro Million"/>
+    <n v="241898"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Liability) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="231663"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="10235"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Estimated pension liabilities of government"/>
+    <s v="Euro Million"/>
+    <n v="114500"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Net worth, including pension liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-165787"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="9751"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Net worth, including pension liabilities and contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-175538"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="General Government: changes in net worth - Opening net worth"/>
+    <s v="Euro Million"/>
+    <n v="-56710"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Change in net worth due to transactions"/>
+    <s v="Euro Million"/>
+    <n v="-594"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Change in net worth due to transactions - Net acquisition of non-financial assets - ESA2010 Code (P5 +NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Change in net worth due to transactions - Net lending/net borrowing - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-2099"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Change in net worth due to other economic flows - ESA2010 Code (Kx)"/>
+    <s v="Euro Million"/>
+    <n v="6017"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Change in net worth due to other economic flows - Other changes in non-financial assets"/>
+    <s v="Euro Million"/>
+    <n v="5329"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Change in net worth due to other economic flows - Other changes in financial assets"/>
+    <s v="Euro Million"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Change in net worth due to other economic flows - Other changes in liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-6"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Closing net worth"/>
+    <s v="Euro Million"/>
+    <n v="-51287"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="24"/>
+    <s v="General Government Debt (GGDebt) - Debt instrument liabilities at market value - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="231663"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="General Government Debt (GGDebt) - Difference between EDP face value and market value"/>
+    <s v="Euro Million"/>
+    <n v="-31106"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="26"/>
+    <s v="Gross General Government Debt (EDP face value) - Gross General Government Debt - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="200557"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="27"/>
+    <s v="Gross General Government Debt (EDP face value) - EDP debt instrument assets - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-23695"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="28"/>
+    <s v="Gross General Government Debt (EDP face value) - Net General Government Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="176862"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="General Government net worth - Net Worth at market value, excluding pension liabilities - ESA2010 Code (NW)"/>
+    <s v="Euro Million"/>
+    <n v="-40183"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="General Government net worth - Non-financial assets at market value - ESA2010 Code (NFA)"/>
+    <s v="Euro Million"/>
+    <n v="118301"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="General Government net worth - Financial net worth at market value, excluding pension liabilities - ESA2010 Code (FNW)"/>
+    <s v="Euro Million"/>
+    <n v="-158483"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Financial assets at market value - ESA2010 Code (FA)"/>
+    <s v="Euro Million"/>
+    <n v="78418"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Asset) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="25625"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Equity and Investment Fund Shares (Asset) - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="42753"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="10040"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Liabilities at market value - ESA2010 Code (L)"/>
+    <s v="Euro Million"/>
+    <n v="236901"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Liability) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="226939"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="9962"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Estimated pension liabilities of government"/>
+    <s v="Euro Million"/>
+    <n v="143700"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Net worth, including pension liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-183883"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="5315"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Net worth, including pension liabilities and contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-189197"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="General Government: changes in net worth - Opening net worth"/>
+    <s v="Euro Million"/>
+    <n v="-51287"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Change in net worth due to transactions"/>
+    <s v="Euro Million"/>
+    <n v="-689"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Change in net worth due to transactions - Net acquisition of non-financial assets - ESA2010 Code (P5 +NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Change in net worth due to transactions - Net lending/net borrowing - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-2085"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="19"/>
+    <s v="Change in net worth due to other economic flows - ESA2010 Code (Kx)"/>
+    <s v="Euro Million"/>
+    <n v="11794"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="20"/>
+    <s v="Change in net worth due to other economic flows - Other changes in non-financial assets"/>
+    <s v="Euro Million"/>
+    <n v="5337"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="21"/>
+    <s v="Change in net worth due to other economic flows - Other changes in financial assets"/>
+    <s v="Euro Million"/>
+    <n v="2437"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22"/>
+    <s v="Change in net worth due to other economic flows - Other changes in liabilities"/>
+    <s v="Euro Million"/>
+    <n v="4020"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="23"/>
+    <s v="Closing net worth"/>
+    <s v="Euro Million"/>
+    <n v="-40182"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="24"/>
+    <s v="General Government Debt (GGDebt) - Debt instrument liabilities at market value - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="226939"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="25"/>
+    <s v="General Government Debt (GGDebt) - Difference between EDP face value and market value"/>
+    <s v="Euro Million"/>
+    <n v="-25817"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="26"/>
+    <s v="Gross General Government Debt (EDP face value) - Gross General Government Debt - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="201122"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="27"/>
+    <s v="Gross General Government Debt (EDP face value) - EDP debt instrument assets - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-25625"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="28"/>
+    <s v="Gross General Government Debt (EDP face value) - Net General Government Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="175497"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="General Government net worth - Net Worth at market value, excluding pension liabilities - ESA2010 Code (NW)"/>
+    <s v="Euro Million"/>
+    <n v="-31071"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="General Government net worth - Non-financial assets at market value - ESA2010 Code (NFA)"/>
+    <s v="Euro Million"/>
+    <n v="128435"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="General Government net worth - Financial net worth at market value, excluding pension liabilities - ESA2010 Code (FNW)"/>
+    <s v="Euro Million"/>
+    <n v="-159506"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Financial assets at market value - ESA2010 Code (FA)"/>
+    <s v="Euro Million"/>
+    <n v="90231"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Asset) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="28920"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Equity and Investment Fund Shares (Asset) - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="36607"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="24704"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Liabilities at market value - ESA2010 Code (L)"/>
+    <s v="Euro Million"/>
+    <n v="249737"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Liability) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="225052"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="24684"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Estimated pension liabilities of government"/>
+    <s v="Euro Million"/>
+    <n v="149600"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Net worth, including pension liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-180671"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="5066"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Net worth, including pension liabilities and contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-185736"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="General Government: changes in net worth - Opening net worth"/>
+    <s v="Euro Million"/>
+    <n v="-40182"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Change in net worth due to transactions"/>
+    <s v="Euro Million"/>
+    <n v="2120"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Change in net worth due to transactions - Net acquisition of non-financial assets - ESA2010 Code (P5 +NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="2335"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Change in net worth due to transactions - Net lending/net borrowing - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-214"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="19"/>
+    <s v="Change in net worth due to other economic flows - ESA2010 Code (Kx)"/>
+    <s v="Euro Million"/>
+    <n v="6992"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Change in net worth due to other economic flows - Other changes in non-financial assets"/>
+    <s v="Euro Million"/>
+    <n v="7800"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="21"/>
+    <s v="Change in net worth due to other economic flows - Other changes in financial assets"/>
+    <s v="Euro Million"/>
+    <n v="-4852"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22"/>
+    <s v="Change in net worth due to other economic flows - Other changes in liabilities"/>
+    <s v="Euro Million"/>
+    <n v="4044"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="23"/>
+    <s v="Closing net worth"/>
+    <s v="Euro Million"/>
+    <n v="-31071"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="24"/>
+    <s v="General Government Debt (GGDebt) - Debt instrument liabilities at market value - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="225052"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="25"/>
+    <s v="General Government Debt (GGDebt) - Difference between EDP face value and market value"/>
+    <s v="Euro Million"/>
+    <n v="-19487"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="26"/>
+    <s v="Gross General Government Debt (EDP face value) - Gross General Government Debt - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="205566"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="27"/>
+    <s v="Gross General Government Debt (EDP face value) - EDP debt instrument assets - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-28920"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="28"/>
+    <s v="Gross General Government Debt (EDP face value) - Net General Government Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="176646"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="General Government net worth - Net Worth at market value, excluding pension liabilities - ESA2010 Code (NW)"/>
+    <s v="Euro Million"/>
+    <n v="-19831"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="General Government net worth - Non-financial assets at market value - ESA2010 Code (NFA)"/>
+    <s v="Euro Million"/>
+    <n v="137895"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="General Government net worth - Financial net worth at market value, excluding pension liabilities - ESA2010 Code (FNW)"/>
+    <s v="Euro Million"/>
+    <n v="-157725"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Financial assets at market value - ESA2010 Code (FA)"/>
+    <s v="Euro Million"/>
+    <n v="92636"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Asset) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="30147"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Equity and Investment Fund Shares (Asset) - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="37401"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="25088"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Liabilities at market value - ESA2010 Code (L)"/>
+    <s v="Euro Million"/>
+    <n v="250361"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Liability) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="225921"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="24440"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Estimated pension liabilities of government"/>
+    <s v="Euro Million"/>
+    <n v="149600"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Net worth, including pension liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-169431"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="5314"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Net worth, including pension liabilities and contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-174745"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="General Government: changes in net worth - Opening net worth"/>
+    <s v="Euro Million"/>
+    <n v="-31071"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Change in net worth due to transactions"/>
+    <s v="Euro Million"/>
+    <n v="6785"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Change in net worth due to transactions - Net acquisition of non-financial assets - ESA2010 Code (P5 +NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3329"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Change in net worth due to transactions - Net lending/net borrowing - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="3457"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="19"/>
+    <s v="Change in net worth due to other economic flows - ESA2010 Code (Kx)"/>
+    <s v="Euro Million"/>
+    <n v="4455"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="20"/>
+    <s v="Change in net worth due to other economic flows - Other changes in non-financial assets"/>
+    <s v="Euro Million"/>
+    <n v="6131"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="21"/>
+    <s v="Change in net worth due to other economic flows - Other changes in financial assets"/>
+    <s v="Euro Million"/>
+    <n v="2721"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22"/>
+    <s v="Change in net worth due to other economic flows - Other changes in liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-4397"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="23"/>
+    <s v="Closing net worth"/>
+    <s v="Euro Million"/>
+    <n v="-19830"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="24"/>
+    <s v="General Government Debt (GGDebt) - Debt instrument liabilities at market value - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="225921"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="25"/>
+    <s v="General Government Debt (GGDebt) - Difference between EDP face value and market value"/>
+    <s v="Euro Million"/>
+    <n v="-22985"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="26"/>
+    <s v="Gross General Government Debt (EDP face value) - Gross General Government Debt - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="202936"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="27"/>
+    <s v="Gross General Government Debt (EDP face value) - EDP debt instrument assets - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-30147"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="28"/>
+    <s v="Gross General Government Debt (EDP face value) - Net General Government Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="172788"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="General Government net worth - Net Worth at market value, excluding pension liabilities - ESA2010 Code (NW)"/>
+    <s v="Euro Million"/>
+    <n v="-33362"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="General Government net worth - Non-financial assets at market value - ESA2010 Code (NFA)"/>
+    <s v="Euro Million"/>
+    <n v="145837"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="General Government net worth - Financial net worth at market value, excluding pension liabilities - ESA2010 Code (FNW)"/>
+    <s v="Euro Million"/>
+    <n v="-179199"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Financial assets at market value - ESA2010 Code (FA)"/>
+    <s v="Euro Million"/>
+    <n v="93501"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Asset) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="33262"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Equity and Investment Fund Shares (Asset) - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="33996"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="26242"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Liabilities at market value - ESA2010 Code (L)"/>
+    <s v="Euro Million"/>
+    <n v="272699"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Liability) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="246295"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="26404"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Estimated pension liabilities of government"/>
+    <s v="Euro Million"/>
+    <n v="169800"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Net worth, including pension liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-203162"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="6185"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="Net worth, including pension liabilities and contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-209347"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v="General Government: changes in net worth - Opening net worth"/>
+    <s v="Euro Million"/>
+    <n v="-19830"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="Change in net worth due to transactions"/>
+    <s v="Euro Million"/>
+    <n v="-14269"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="17"/>
+    <s v="Change in net worth due to transactions - Net acquisition of non-financial assets - ESA2010 Code (P5 +NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3783"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="18"/>
+    <s v="Change in net worth due to transactions - Net lending/net borrowing - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-18052"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="19"/>
+    <s v="Change in net worth due to other economic flows - ESA2010 Code (Kx)"/>
+    <s v="Euro Million"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Change in net worth due to other economic flows - Other changes in non-financial assets"/>
+    <s v="Euro Million"/>
+    <n v="4159"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="21"/>
+    <s v="Change in net worth due to other economic flows - Other changes in financial assets"/>
+    <s v="Euro Million"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22"/>
+    <s v="Change in net worth due to other economic flows - Other changes in liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-4993"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="23"/>
+    <s v="Closing net worth"/>
+    <s v="Euro Million"/>
+    <n v="-33362"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="24"/>
+    <s v="General Government Debt (GGDebt) - Debt instrument liabilities at market value - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="246295"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="25"/>
+    <s v="General Government Debt (GGDebt) - Difference between EDP face value and market value"/>
+    <s v="Euro Million"/>
+    <n v="-29102"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="26"/>
+    <s v="Gross General Government Debt (EDP face value) - Gross General Government Debt - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="217193"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="27"/>
+    <s v="Gross General Government Debt (EDP face value) - EDP debt instrument assets - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-33262"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="28"/>
+    <s v="Gross General Government Debt (EDP face value) - Net General Government Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="183931"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="General Government net worth - Net Worth at market value, excluding pension liabilities - ESA2010 Code (NW)"/>
+    <s v="Euro Million"/>
+    <n v="-8571"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="General Government net worth - Non-financial assets at market value - ESA2010 Code (NFA)"/>
+    <s v="Euro Million"/>
+    <n v="163804"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="General Government net worth - Financial net worth at market value, excluding pension liabilities - ESA2010 Code (FNW)"/>
+    <s v="Euro Million"/>
+    <n v="-172375"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Financial assets at market value - ESA2010 Code (FA)"/>
+    <s v="Euro Million"/>
+    <n v="109567"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Asset) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="44742"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Equity and Investment Fund Shares (Asset) - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="35581"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="29243"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="08"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Liabilities at market value - ESA2010 Code (L)"/>
+    <s v="Euro Million"/>
+    <n v="281942"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Liability) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="253369"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="28573"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="11"/>
+    <s v="Estimated pension liabilities of government"/>
+    <s v="Euro Million"/>
+    <n v="175700"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="12"/>
+    <s v="Net worth, including pension liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-184271"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="13"/>
+    <s v="Contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="6185"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="14"/>
+    <s v="Net worth, including pension liabilities and contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-190457"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="15"/>
+    <s v="General Government: changes in net worth - Opening net worth"/>
+    <s v="Euro Million"/>
+    <n v="-33362"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="16"/>
+    <s v="Change in net worth due to transactions"/>
+    <s v="Euro Million"/>
+    <n v="-3001"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="17"/>
+    <s v="Change in net worth due to transactions - Net acquisition of non-financial assets - ESA2010 Code (P5 +NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="2927"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="18"/>
+    <s v="Change in net worth due to transactions - Net lending/net borrowing - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-5928"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="19"/>
+    <s v="Change in net worth due to other economic flows - ESA2010 Code (Kx)"/>
+    <s v="Euro Million"/>
+    <n v="27792"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="20"/>
+    <s v="Change in net worth due to other economic flows - Other changes in non-financial assets"/>
+    <s v="Euro Million"/>
+    <n v="15040"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="21"/>
+    <s v="Change in net worth due to other economic flows - Other changes in financial assets"/>
+    <s v="Euro Million"/>
+    <n v="2495"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="22"/>
+    <s v="Change in net worth due to other economic flows - Other changes in liabilities"/>
+    <s v="Euro Million"/>
+    <n v="10257"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="23"/>
+    <s v="Closing net worth"/>
+    <s v="Euro Million"/>
+    <n v="-8571"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="24"/>
+    <s v="General Government Debt (GGDebt) - Debt instrument liabilities at market value - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="253369"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25"/>
+    <s v="General Government Debt (GGDebt) - Difference between EDP face value and market value"/>
+    <s v="Euro Million"/>
+    <n v="-18187"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26"/>
+    <s v="Gross General Government Debt (EDP face value) - Gross General Government Debt - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="235182"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="27"/>
+    <s v="Gross General Government Debt (EDP face value) - EDP debt instrument assets - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-44742"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="28"/>
+    <s v="Gross General Government Debt (EDP face value) - Net General Government Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="190439"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="General Government net worth - Net Worth at market value, excluding pension liabilities - ESA2010 Code (NW)"/>
+    <s v="Euro Million"/>
+    <n v="61188"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="General Government net worth - Non-financial assets at market value - ESA2010 Code (NFA)"/>
+    <s v="Euro Million"/>
+    <n v="190088"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="General Government net worth - Financial net worth at market value, excluding pension liabilities - ESA2010 Code (FNW)"/>
+    <s v="Euro Million"/>
+    <n v="-128899"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Financial assets at market value - ESA2010 Code (FA)"/>
+    <s v="Euro Million"/>
+    <n v="105963"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Asset) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="38276"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Equity and Investment Fund Shares (Asset) - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="35768"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="07"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="31918"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="08"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Liabilities at market value - ESA2010 Code (L)"/>
+    <s v="Euro Million"/>
+    <n v="234862"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="09"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Liability) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="206084"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="28778"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="11"/>
+    <s v="Estimated pension liabilities of government"/>
+    <s v="Euro Million"/>
+    <n v="175700"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="Net worth, including pension liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-114512"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="13"/>
+    <s v="Contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="6187"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="Net worth, including pension liabilities and contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-120698"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="15"/>
+    <s v="General Government: changes in net worth - Opening net worth"/>
+    <s v="Euro Million"/>
+    <n v="-8571"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="Change in net worth due to transactions"/>
+    <s v="Euro Million"/>
+    <n v="11543"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="17"/>
+    <s v="Change in net worth due to transactions - Net acquisition of non-financial assets - ESA2010 Code (P5 +NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="4165"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="Change in net worth due to transactions - Net lending/net borrowing - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="7378"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="19"/>
+    <s v="Change in net worth due to other economic flows - ESA2010 Code (Kx)"/>
+    <s v="Euro Million"/>
+    <n v="58217"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="Change in net worth due to other economic flows - Other changes in non-financial assets"/>
+    <s v="Euro Million"/>
+    <n v="22119"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="21"/>
+    <s v="Change in net worth due to other economic flows - Other changes in financial assets"/>
+    <s v="Euro Million"/>
+    <n v="2310"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="Change in net worth due to other economic flows - Other changes in liabilities"/>
+    <s v="Euro Million"/>
+    <n v="33787"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="23"/>
+    <s v="Closing net worth"/>
+    <s v="Euro Million"/>
+    <n v="61189"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="General Government Debt (GGDebt) - Debt instrument liabilities at market value - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="206084"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="25"/>
+    <s v="General Government Debt (GGDebt) - Difference between EDP face value and market value"/>
+    <s v="Euro Million"/>
+    <n v="17526"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="Gross General Government Debt (EDP face value) - Gross General Government Debt - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="223610"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="27"/>
+    <s v="Gross General Government Debt (EDP face value) - EDP debt instrument assets - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-38276"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="Gross General Government Debt (EDP face value) - Net General Government Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="185334"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="General Government net worth - Net Worth at market value, excluding pension liabilities - ESA2010 Code (NW)"/>
+    <s v="Euro Million"/>
+    <n v="77128"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="General Government net worth - Non-financial assets at market value - ESA2010 Code (NFA)"/>
+    <s v="Euro Million"/>
+    <n v="203197"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="General Government net worth - Financial net worth at market value, excluding pension liabilities - ESA2010 Code (FNW)"/>
+    <s v="Euro Million"/>
+    <n v="-126069"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Financial assets at market value - ESA2010 Code (FA)"/>
+    <s v="Euro Million"/>
+    <n v="108164"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Asset) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="41425"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Equity and Investment Fund Shares (Asset) - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="33829"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="32910"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Liabilities at market value - ESA2010 Code (L)"/>
+    <s v="Euro Million"/>
+    <n v="234234"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Liability) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="206008"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="28226"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="Estimated pension liabilities of government"/>
+    <s v="Euro Million"/>
+    <n v="175700"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="Net worth, including pension liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-98572"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="Contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="6186"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="Net worth, including pension liabilities and contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-104758"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="15"/>
+    <s v="General Government: changes in net worth - Opening net worth"/>
+    <s v="Euro Million"/>
+    <n v="61189"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="Change in net worth due to transactions"/>
+    <s v="Euro Million"/>
+    <n v="14083"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="17"/>
+    <s v="Change in net worth due to transactions - Net acquisition of non-financial assets - ESA2010 Code (P5 +NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="5085"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="Change in net worth due to transactions - Net lending/net borrowing - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="8998"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="19"/>
+    <s v="Change in net worth due to other economic flows - ESA2010 Code (Kx)"/>
+    <s v="Euro Million"/>
+    <n v="1856"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Change in net worth due to other economic flows - Other changes in non-financial assets"/>
+    <s v="Euro Million"/>
+    <n v="8024"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="21"/>
+    <s v="Change in net worth due to other economic flows - Other changes in financial assets"/>
+    <s v="Euro Million"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="Change in net worth due to other economic flows - Other changes in liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-7142"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="23"/>
+    <s v="Closing net worth"/>
+    <s v="Euro Million"/>
+    <n v="77128"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="General Government Debt (GGDebt) - Debt instrument liabilities at market value - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="206008"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="25"/>
+    <s v="General Government Debt (GGDebt) - Difference between EDP face value and market value"/>
+    <s v="Euro Million"/>
+    <n v="13071"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="Gross General Government Debt (EDP face value) - Gross General Government Debt - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="219079"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="27"/>
+    <s v="Gross General Government Debt (EDP face value) - EDP debt instrument assets - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-41425"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="Gross General Government Debt (EDP face value) - Net General Government Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="177653"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="General Government net worth - Net Worth at market value, excluding pension liabilities - ESA2010 Code (NW)"/>
+    <s v="Euro Million"/>
+    <n v="121032"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="General Government net worth - Non-financial assets at market value - ESA2010 Code (NFA)"/>
+    <s v="Euro Million"/>
+    <n v="220981"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="General Government net worth - Financial net worth at market value, excluding pension liabilities - ESA2010 Code (FNW)"/>
+    <s v="Euro Million"/>
+    <n v="-99948"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Financial assets at market value - ESA2010 Code (FA)"/>
+    <s v="Euro Million"/>
+    <n v="116745"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="05"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Asset) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="60411"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="06"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Equity and Investment Fund Shares (Asset) - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="34270"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="07"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="22064"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="08"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Liabilities at market value - ESA2010 Code (L)"/>
+    <s v="Euro Million"/>
+    <n v="216693"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="09"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - EDP debt instruments (Liability) - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="202496"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="10"/>
+    <s v="Financial net worth at market value, excluding pension liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="14198"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="11"/>
+    <s v="Estimated pension liabilities of government"/>
+    <s v="Euro Million"/>
+    <n v="175700"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="12"/>
+    <s v="Net worth, including pension liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-54668"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="13"/>
+    <s v="Contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="6186"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="14"/>
+    <s v="Net worth, including pension liabilities and contingent liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-60854"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="15"/>
+    <s v="General Government: changes in net worth - Opening net worth"/>
+    <s v="Euro Million"/>
+    <n v="77128"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="16"/>
+    <s v="Change in net worth due to transactions"/>
+    <s v="Euro Million"/>
+    <n v="29600"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="17"/>
+    <s v="Change in net worth due to transactions - Net acquisition of non-financial assets - ESA2010 Code (P5 +NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="6821"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="18"/>
+    <s v="Change in net worth due to transactions - Net lending/net borrowing - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="22778"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="19"/>
+    <s v="Change in net worth due to other economic flows - ESA2010 Code (Kx)"/>
+    <s v="Euro Million"/>
+    <n v="14305"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="20"/>
+    <s v="Change in net worth due to other economic flows - Other changes in non-financial assets"/>
+    <s v="Euro Million"/>
+    <n v="10962"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="21"/>
+    <s v="Change in net worth due to other economic flows - Other changes in financial assets"/>
+    <s v="Euro Million"/>
+    <n v="4511"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="22"/>
+    <s v="Change in net worth due to other economic flows - Other changes in liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-1168"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="23"/>
+    <s v="Closing net worth"/>
+    <s v="Euro Million"/>
+    <n v="121033"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="24"/>
+    <s v="General Government Debt (GGDebt) - Debt instrument liabilities at market value - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="202496"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="25"/>
+    <s v="General Government Debt (GGDebt) - Difference between EDP face value and market value"/>
+    <s v="Euro Million"/>
+    <n v="12884"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="26"/>
+    <s v="Gross General Government Debt (EDP face value) - Gross General Government Debt - ESA2010 Code (GGDebt)"/>
+    <s v="Euro Million"/>
+    <n v="215380"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="27"/>
+    <s v="Gross General Government Debt (EDP face value) - EDP debt instrument assets - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-60411"/>
+  </r>
+  <r>
+    <s v="GFA02"/>
+    <s v="General Government Net Worth, Gross and Net Debt ESA 2010"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="28"/>
+    <s v="Gross General Government Debt (EDP face value) - Net General Government Debt - ESA2010 Code (GGNetDebt)"/>
+    <s v="Euro Million"/>
+    <n v="154969"/>
+  </r>
+</pivotCacheRecords>
 </file>