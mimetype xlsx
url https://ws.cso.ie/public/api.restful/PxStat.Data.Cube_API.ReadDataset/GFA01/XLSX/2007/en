--- v0 (2025-11-11)
+++ v1 (2026-02-16)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41a7393217714b6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7ef4f38e5b3b419c9888096f36317af5.psmdcp" Id="R78f2e10b02dd4461" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c2d73affad943ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/06a0af3f09b24b33ac6e54e2a0a0d11a.psmdcp" Id="Rba60b668b54e482c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>GFA01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/20/2025 11:00:00 AM</x:t>
+    <x:t>20/10/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:b/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Methodology(https://www.cso.ie/en/methods/governmentaccounts/governmentfinancestatisticsannual/)&lt;br&gt;&lt;br&gt;&lt;br&gt;</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>20 October 2025 - This release contains a downward revision to the overall General Government Balance (GGB) levels. As part of our ongoing quality and assurance processes, two areas have been identified for revision. A review of capital expenditure data sources identified that the level of Gross Fixed Capital Formation (P.51g) expenditure was underreported for the years 2022 to 2024. On the revenue side, a review of the compilation of current transfer receipts established an overstatement in the recording of Miscellaneous Current Transfers (D.75r) across the same period. The overall impact of these changes is a downward revision to the General Government surplus / deficit (B.9) for these years.</x:t>
@@ -630,603 +630,218 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...551 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="30">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="30">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03144V03796" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="29">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+      </items>
+    </pivotField>
+    <pivotField name="Item" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="29">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H871" totalsRowShown="0">
   <x:autoFilter ref="A1:H871"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03144V03796"/>
     <x:tableColumn id="6" name="Item"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1495,51 +1110,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/GFA01/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1728,51 +1343,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H871"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="80.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="113.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -24406,51 +24021,51 @@
       <x:c r="E871" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F871" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G871" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H871" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -24467,51 +24082,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H871" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="GFA01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="30">
         <x:s v="1995"/>
         <x:s v="1996"/>
         <x:s v="1997"/>
         <x:s v="1998"/>
         <x:s v="1999"/>
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
         <x:s v="2005"/>
@@ -25442,27 +25057,8728 @@
         <x:n v="33998"/>
         <x:n v="20187"/>
         <x:n v="7760"/>
         <x:n v="3363"/>
         <x:n v="2828"/>
         <x:n v="42719"/>
         <x:n v="5478"/>
         <x:n v="2844"/>
         <x:n v="29427"/>
         <x:n v="6821"/>
         <x:n v="22605"/>
         <x:n v="4069"/>
         <x:n v="18543"/>
         <x:n v="-3270"/>
         <x:n v="-11204"/>
         <x:n v="-18709"/>
         <x:n v="-4137"/>
         <x:n v="-14572"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="20959"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="18262"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="14933"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="3329"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="22096"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="21816"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="5831"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="3120"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="2814"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="6291"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="-857"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-1137"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="23074"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="20227"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="16798"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="3428"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="23192"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="22785"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="6137"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="3252"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="2644"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="6707"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="1683"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-119"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="26002"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="22827"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="19109"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="3718"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="25049"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="24465"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="6736"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="3663"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="2569"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="7843"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="1536"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="-217"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="29154"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="25826"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="21803"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="4024"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="27488"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="26651"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="7168"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="4265"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="2686"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="8352"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="2503"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="33447"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="29799"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="25269"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="4531"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="30165"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="28833"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="7896"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="4836"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="8562"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1362"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="4614"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="3282"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="38432"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="34508"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="29176"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="5332"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="33165"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="31209"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="8917"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="5492"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="1844"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="2107"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="9231"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="7223"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="5268"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="2140"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="-248"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-5142"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-5554"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="-37"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="40451"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="36306"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="30213"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="6092"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="39280"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="36227"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="10446"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="6348"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="2117"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="11108"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="4224"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3052"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="2780"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="3267"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="-729"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="-5"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="-68"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="44010"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="39477"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="32730"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="6748"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="1900"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="44716"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="41299"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="11977"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="7222"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="2339"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="13124"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="2313"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="2711"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3417"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-706"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-4660"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="5325"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="2430"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="1860"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="-66"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="48056"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="43273"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="36009"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="7264"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="2215"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="1595"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="47552"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="44735"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="13340"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="7634"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="2547"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="1775"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1490"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="14154"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="3321"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="2817"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1791"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="-35"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="53316"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="48111"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="40060"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="8051"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="2504"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="51287"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="48568"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="14494"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="8137"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="2788"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="1714"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1540"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="15675"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="2840"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="4747"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="2719"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="2029"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="2974"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="-29"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="58913"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="53150"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="44394"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="8756"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="2860"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="1697"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="56238"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="53225"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="16566"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="7896"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3008"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="17845"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="3062"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="5688"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3014"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="2675"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="4010"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="1625"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="-13"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="67195"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="60268"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="50686"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="9582"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="3259"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="2184"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="62063"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="58252"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="18164"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="8781"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3261"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="19921"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="3359"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="8943"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3811"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="5132"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="3963"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="2245"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-593"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-631"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="-19"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="70764"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="63096"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="52374"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="10723"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="3323"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="2505"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="70236"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="64462"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="19904"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="9733"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3433"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="1985"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="22608"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="3148"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="6302"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="5774"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="3839"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="2624"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3917"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="3431"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="64663"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="56899"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="45889"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="11010"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="3474"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="2167"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="1952"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="77830"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="71054"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="21206"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="10036"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3374"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="2403"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="25605"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="3511"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="2997"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="-6391"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="6776"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-13167"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="19200"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="18233"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="-436"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="32872"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="32573"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="55943"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="48998"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="38730"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="10268"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="4005"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="2002"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="79461"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="76292"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="20713"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="9982"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3238"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="3416"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1889"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="28352"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="2725"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="5976"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="-20348"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3169"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-23517"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="2824"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="5139"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="-2357"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="26377"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="26254"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="-7"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="54864"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="47401"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="37890"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="9511"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="4746"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="2129"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="108628"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="106129"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="19293"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="9167"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3113"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="4748"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1828"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="28314"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="2664"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="37001"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="-51265"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="2499"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-53764"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="-11975"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-9136"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="-2387"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="-452"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="41782"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="40652"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="57794"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="49848"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="38875"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="10973"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="4602"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="2473"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="81114"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="79892"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="20569"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="9218"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3154"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="5768"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1725"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="28419"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="2891"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="8149"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="-22098"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-23320"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="3680"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-736"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="3707"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="25374"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="25024"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="-132"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="59802"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="51733"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="40940"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="10793"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="4448"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="3068"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="74666"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="74189"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="19688"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="8719"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3208"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="7298"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="29091"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="2850"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="-14387"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-14864"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="5418"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="3949"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="1832"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="-363"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="20572"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="20554"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="-221"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="61395"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="53451"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="42517"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="10934"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="4230"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="3278"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="72875"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="72418"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="18912"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="8308"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3264"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="7761"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="28136"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="3179"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="-11023"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-11480"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="-5844"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-4533"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="-1303"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="-7"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="5581"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="5592"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="-11"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="-274"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="66266"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="58215"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="46508"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="11707"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="4151"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="3076"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="73322"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="72422"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="19131"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="9011"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3428"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="7591"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1853"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="27645"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="2635"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="-6155"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-7055"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="-18784"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-19578"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="-85"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-11397"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-12168"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="-264"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="71058"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="62971"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="50750"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="12221"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="4606"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="2720"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="76430"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="75426"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="19456"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="9560"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3662"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="6936"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="27933"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="2596"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="3495"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="-4368"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-5372"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="-8413"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-6796"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="-1859"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-2489"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-3101"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="-240"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="73822"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="65866"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="52814"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="13052"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="4617"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="1825"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="75924"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="74419"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="20035"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="10083"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3919"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="6271"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="27933"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="2966"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="-597"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-2102"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="-4720"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-4614"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="-389"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-2621"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-2176"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="-445"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="-275"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="77035"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="69515"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="55720"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="13795"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="4637"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="77952"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="76556"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="21194"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="10448"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="4160"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="5908"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="28623"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="2916"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-918"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="-3062"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="1984"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="-4496"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="-550"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-976"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-1188"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="-223"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="83239"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="75340"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="60509"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="14831"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="4928"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="1533"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="82935"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="80601"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="22303"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="11213"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="4466"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="5306"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="1959"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="29626"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="3816"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1911"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="2638"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="2335"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="16665"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="3375"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="-1257"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="14547"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="16879"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="2002"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="14877"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="-200"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="88298"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="80633"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="64606"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="16027"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="4969"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="86820"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="83492"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="23832"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="12426"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="4789"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="4618"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="2036"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="30835"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="3335"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="4806"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3329"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="-316"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="-2347"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-3773"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-4037"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="-137"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="83349"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="76951"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="61541"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="15410"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="3954"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="101932"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="98149"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="24953"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="14629"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="5097"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="3826"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="6515"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="37242"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="4376"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="-14800"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="3783"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-18583"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="-707"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-212"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="-1284"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="17346"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="15230"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="2115"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="-82"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="99667"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="93199"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="75710"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="17489"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="4058"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="105531"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="102604"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="26712"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="16073"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="5766"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="3290"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="7381"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="37319"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="4580"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="-2937"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="2927"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="-5864"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="13572"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="11335"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="-971"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="3208"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="19500"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="17488"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="2012"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="-29"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="115838"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="108859"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="88838"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="20020"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="4503"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="107603"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="103439"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="28834"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="17300"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="6684"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="3323"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="3451"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="37077"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="4923"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="1848"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="12399"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="4165"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="8235"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="-5914"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-6514"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="-2515"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="3115"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-13293"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-13764"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="-6"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="123780"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="115066"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="93594"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="21473"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="4728"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="1894"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="116622"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="111536"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="31410"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="19288"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="7248"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="3444"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="2624"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="39883"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="5326"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="2314"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="12244"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="5085"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="7159"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="3045"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="-2511"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-7770"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-6812"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="-958"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="General Government transactions - Revenue - ESA2010 Code (TR)"/>
+    <s v="Euro Million"/>
+    <n v="148603"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="General Government transactions - Revenue - Taxes and social contributions - ESA2010 Code ( D2 + D5 + D91 + D61)"/>
+    <s v="Euro Million"/>
+    <n v="125696"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="General Government transactions - Revenue - Taxes - ESA2010 Code (D2 + D5 + D91)"/>
+    <s v="Euro Million"/>
+    <n v="102729"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="General Government transactions - Revenue - Social contributions - ESA2010 Code (D61)"/>
+    <s v="Euro Million"/>
+    <n v="22967"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="05"/>
+    <s v="General Government transactions - Revenue - Sales of goods and services - ESA2010 Code (P10)"/>
+    <s v="Euro Million"/>
+    <n v="4647"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="06"/>
+    <s v="General Government transactions - Revenue - Investment income - ESA2010 Code (D4)"/>
+    <s v="Euro Million"/>
+    <n v="2195"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="07"/>
+    <s v="General Government transactions - Revenue - Current transfer revenue (excluding taxes) - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="08"/>
+    <s v="General Government transactions - Revenue - Capital transfer revenue (excluding taxes) - ESA2010 Code (D9N)"/>
+    <s v="Euro Million"/>
+    <n v="15015"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="09"/>
+    <s v="General Government transactions - Expenditure - ESA2010 Code (TE)"/>
+    <s v="Euro Million"/>
+    <n v="125998"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="10"/>
+    <s v="General Government transactions - Expenditure - Expense - ESA2010 Code (Expense)"/>
+    <s v="Euro Million"/>
+    <n v="119177"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="11"/>
+    <s v="General Government transactions - Expenditure - Compensation of employees - ESA2010 Code (D1)"/>
+    <s v="Euro Million"/>
+    <n v="33998"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="12"/>
+    <s v="General Government transactions - Expenditure - Use of goods and services plus taxes payable - ESA2010 Code (P2 + D5 + D29)"/>
+    <s v="Euro Million"/>
+    <n v="20187"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="13"/>
+    <s v="General Government transactions - Expenditure - Depreciation (consumption of fixed capital) - ESA2010 Code (P51c)"/>
+    <s v="Euro Million"/>
+    <n v="7760"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="14"/>
+    <s v="General Government transactions - Expenditure - Interest (excluding FISIM) - ESA2010 Code (D41)"/>
+    <s v="Euro Million"/>
+    <n v="3363"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="15"/>
+    <s v="General Government transactions - Expenditure - Subsidies - ESA2010 Code (D3)"/>
+    <s v="Euro Million"/>
+    <n v="2828"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="16"/>
+    <s v="General Government transactions - Expenditure - Social benefits - ESA2010 Code (D62 + D632)"/>
+    <s v="Euro Million"/>
+    <n v="42719"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="17"/>
+    <s v="General Government transactions - Expenditure - Other current transfers - ESA2010 Code (D7)"/>
+    <s v="Euro Million"/>
+    <n v="5478"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="18"/>
+    <s v="General Government transactions - Expenditure - Capital transfers - ESA2010 Code (D9)"/>
+    <s v="Euro Million"/>
+    <n v="2844"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="19"/>
+    <s v="Net operating balance - ESA2010 Code  (NOB)"/>
+    <s v="Euro Million"/>
+    <n v="29427"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="20"/>
+    <s v="Net acquisition of non-financial assets - ESA2010 Code (P5 + NP - P51c)"/>
+    <s v="Euro Million"/>
+    <n v="6821"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="21"/>
+    <s v="General Government Surplus/Deficit - ESA2010 Code (B9)"/>
+    <s v="Euro Million"/>
+    <n v="22605"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="22"/>
+    <s v="Net acquisition of financial assets"/>
+    <s v="Euro Million"/>
+    <n v="4069"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="23"/>
+    <s v="Net acquisition of financial assets - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="18543"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="24"/>
+    <s v="Net acquisition of financial assets - Equity and Investment Fund Shares - ESA2010 Code (F5)"/>
+    <s v="Euro Million"/>
+    <n v="-3270"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="25"/>
+    <s v="Net acquisition of financial assets - Other financial assets - ESA2010 Code (F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="-11204"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="26"/>
+    <s v="Net incurrence of liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-18709"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="27"/>
+    <s v="Net incurrence of liabilities - Debt instruments - ESA2010 Code (F2 + F3 + F4)"/>
+    <s v="Euro Million"/>
+    <n v="-4137"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="28"/>
+    <s v="Net incurrence of liabilities - Other liabilities - ESA2010 Code (F5 + F6 + F7 + F8)"/>
+    <s v="Euro Million"/>
+    <n v="-14572"/>
+  </r>
+  <r>
+    <s v="GFA01"/>
+    <s v="General Government Transactions ESA 2010: Revenue, Expenditure, Financing and Deficit"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="29"/>
+    <s v="Memo: Net derivative flows on debt interest swap contracts"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+</pivotCacheRecords>
 </file>