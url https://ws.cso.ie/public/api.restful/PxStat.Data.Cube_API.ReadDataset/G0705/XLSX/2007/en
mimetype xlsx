--- v0 (2025-10-25)
+++ v1 (2026-01-12)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3cab22f2bbe4e33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/28b7d9a4d7844ddb8ebf34faea47001f.psmdcp" Id="R04b21ee7011446f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcf455de732c412a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/59d89774615946cfaa4a82307733dcde.psmdcp" Id="R42c3ad7814a64e22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>G0705</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>SDG 7.2.1 Ireland's progress towards overall renewable energy share (RES) targets</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/23/2025 11:00:00 AM</x:t>
+    <x:t>23/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Besides specifying new EU and national renewable energy targets, RED II also introduced new sustainability and verification criteria for biomass fuels (solid and gaseous) to be implemented from the transposition date (30 June 2021). Introducing these criteria led to circumstances where a portion of the biomass fuel consumed in Ireland in 2021 and 2022 could not be counted in the national renewable shares, specifically towards the overall RES, RES-E and RES-H. &lt;br&gt;All Renewable Energy Share (RES) for 2020 was 16.2% with stat transfers.&lt;br&gt;Target data included for 2030.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/G0705/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SDG7</x:t>
   </x:si>
   <x:si>
     <x:t>Goal 7 - Affordable and Clean Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -192,50 +192,53 @@
     <x:t>Ireland's progress towards overall renewable energy share (RES) targets</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>300</x:t>
   </x:si>
   <x:si>
     <x:t>RES-E</x:t>
   </x:si>
   <x:si>
     <x:t>%</x:t>
   </x:si>
   <x:si>
     <x:t>320</x:t>
   </x:si>
   <x:si>
     <x:t>RES-T RED II</x:t>
   </x:si>
   <x:si>
     <x:t>330</x:t>
   </x:si>
   <x:si>
     <x:t>RES-T RED III</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>340</x:t>
   </x:si>
   <x:si>
     <x:t>RES-H RED III</x:t>
   </x:si>
   <x:si>
     <x:t>160</x:t>
   </x:si>
   <x:si>
     <x:t>Overall Renewable Energy Share (RES)</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2030</x:t>
   </x:si>
@@ -397,211 +400,120 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...159 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C04446V05228" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Renewable Energy Share" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H26" totalsRowShown="0">
   <x:autoFilter ref="A1:H26"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C04446V05228"/>
     <x:tableColumn id="6" name="Renewable Energy Share"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -870,51 +782,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/G0705/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seai.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1103,51 +1015,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H26"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="64.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="34.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -1223,627 +1135,639 @@
         <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H4" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H5" s="0">
         <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H6" s="0">
         <x:v>13.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H7" s="0">
         <x:v>37.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H8" s="0">
         <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H9" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H10" s="0">
         <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D11" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="E11" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F11" s="0" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H11" s="0">
         <x:v>12.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H12" s="0">
         <x:v>37.4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H13" s="0">
         <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H14" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H15" s="0">
         <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H16" s="0">
         <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H17" s="0">
         <x:v>40.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H18" s="0">
         <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H19" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H20" s="0">
         <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H21" s="0">
         <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H22" s="0">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H23" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H24" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H25" s="0">
         <x:v>15.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H26" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -1860,51 +1784,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H26" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="G0705C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Ireland's progress towards overall renewable energy share (RES) targets"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="5">
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2030"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="5">
         <x:s v="2020"/>
         <x:s v="2021"/>
@@ -1945,27 +1869,278 @@
         <x:n v="13.5"/>
         <x:n v="37.7"/>
         <x:n v="4.6"/>
         <x:n v="5.6"/>
         <x:n v="12.5"/>
         <x:n v="37.4"/>
         <x:n v="5.8"/>
         <x:n v="5.5"/>
         <x:n v="13.1"/>
         <x:n v="40.4"/>
         <x:n v="7.6"/>
         <x:n v="7.9"/>
         <x:n v="15.3"/>
         <x:n v="80"/>
         <x:n v="14"/>
         <x:n v="29"/>
         <x:n v="15.8"/>
         <x:n v="43"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="G0705C01"/>
+    <s v="Ireland's progress towards overall renewable energy share (RES) targets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="300"/>
+    <s v="RES-E"/>
+    <s v="%"/>
+    <n v="39.1"/>
+  </r>
+  <r>
+    <s v="G0705C01"/>
+    <s v="Ireland's progress towards overall renewable energy share (RES) targets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="320"/>
+    <s v="RES-T RED II"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="G0705C01"/>
+    <s v="Ireland's progress towards overall renewable energy share (RES) targets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="330"/>
+    <s v="RES-T RED III"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="G0705C01"/>
+    <s v="Ireland's progress towards overall renewable energy share (RES) targets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="340"/>
+    <s v="RES-H RED III"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="G0705C01"/>
+    <s v="Ireland's progress towards overall renewable energy share (RES) targets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="160"/>
+    <s v="Overall Renewable Energy Share (RES)"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="G0705C01"/>
+    <s v="Ireland's progress towards overall renewable energy share (RES) targets"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="300"/>
+    <s v="RES-E"/>
+    <s v="%"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="G0705C01"/>
+    <s v="Ireland's progress towards overall renewable energy share (RES) targets"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="320"/>
+    <s v="RES-T RED II"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="G0705C01"/>
+    <s v="Ireland's progress towards overall renewable energy share (RES) targets"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="330"/>
+    <s v="RES-T RED III"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="G0705C01"/>
+    <s v="Ireland's progress towards overall renewable energy share (RES) targets"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="340"/>
+    <s v="RES-H RED III"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="G0705C01"/>
+    <s v="Ireland's progress towards overall renewable energy share (RES) targets"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="160"/>
+    <s v="Overall Renewable Energy Share (RES)"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="G0705C01"/>
+    <s v="Ireland's progress towards overall renewable energy share (RES) targets"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="300"/>
+    <s v="RES-E"/>
+    <s v="%"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="G0705C01"/>
+    <s v="Ireland's progress towards overall renewable energy share (RES) targets"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="320"/>
+    <s v="RES-T RED II"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="G0705C01"/>
+    <s v="Ireland's progress towards overall renewable energy share (RES) targets"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="330"/>
+    <s v="RES-T RED III"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="G0705C01"/>
+    <s v="Ireland's progress towards overall renewable energy share (RES) targets"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="340"/>
+    <s v="RES-H RED III"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="G0705C01"/>
+    <s v="Ireland's progress towards overall renewable energy share (RES) targets"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="160"/>
+    <s v="Overall Renewable Energy Share (RES)"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="G0705C01"/>
+    <s v="Ireland's progress towards overall renewable energy share (RES) targets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="300"/>
+    <s v="RES-E"/>
+    <s v="%"/>
+    <n v="40.4"/>
+  </r>
+  <r>
+    <s v="G0705C01"/>
+    <s v="Ireland's progress towards overall renewable energy share (RES) targets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="320"/>
+    <s v="RES-T RED II"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="G0705C01"/>
+    <s v="Ireland's progress towards overall renewable energy share (RES) targets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="330"/>
+    <s v="RES-T RED III"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="G0705C01"/>
+    <s v="Ireland's progress towards overall renewable energy share (RES) targets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="340"/>
+    <s v="RES-H RED III"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="G0705C01"/>
+    <s v="Ireland's progress towards overall renewable energy share (RES) targets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="160"/>
+    <s v="Overall Renewable Energy Share (RES)"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="G0705C01"/>
+    <s v="Ireland's progress towards overall renewable energy share (RES) targets"/>
+    <s v="2030"/>
+    <s v="2030"/>
+    <s v="300"/>
+    <s v="RES-E"/>
+    <s v="%"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="G0705C01"/>
+    <s v="Ireland's progress towards overall renewable energy share (RES) targets"/>
+    <s v="2030"/>
+    <s v="2030"/>
+    <s v="320"/>
+    <s v="RES-T RED II"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="G0705C01"/>
+    <s v="Ireland's progress towards overall renewable energy share (RES) targets"/>
+    <s v="2030"/>
+    <s v="2030"/>
+    <s v="330"/>
+    <s v="RES-T RED III"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="G0705C01"/>
+    <s v="Ireland's progress towards overall renewable energy share (RES) targets"/>
+    <s v="2030"/>
+    <s v="2030"/>
+    <s v="340"/>
+    <s v="RES-H RED III"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="G0705C01"/>
+    <s v="Ireland's progress towards overall renewable energy share (RES) targets"/>
+    <s v="2030"/>
+    <s v="2030"/>
+    <s v="160"/>
+    <s v="Overall Renewable Energy Share (RES)"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+</pivotCacheRecords>
 </file>