--- v1 (2026-01-12)
+++ v2 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcf455de732c412a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/59d89774615946cfaa4a82307733dcde.psmdcp" Id="R42c3ad7814a64e22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdebbee9a28c544ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b20b06c98b424647a1448e20567d11a6.psmdcp" Id="R1cf3313aec134c05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>