--- v0 (2025-11-04)
+++ v1 (2026-01-10)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e4f8244d42d4f4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/39e69913b49b4c87a92f81e98c48bc46.psmdcp" Id="R9a211aaf57144149" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref8fd91174844a90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/161133f0326d4d4fbcf1294b57fb03e5.psmdcp" Id="R75754f6f6fca4a7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>G0322</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>SDG 3.8.1 Coverage of essential health services by  Sex, Region, Year and Statistic</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>12/1/2020 11:00:00 AM</x:t>
+    <x:t>01/12/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/G0322/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SDG3</x:t>
   </x:si>
   <x:si>
     <x:t>Goal 3 - Good Health and Well-Being</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Mary Smyth</x:t>
   </x:si>
@@ -451,307 +451,150 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...255 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Region" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J379" totalsRowShown="0">
   <x:autoFilter ref="A1:J379"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02196V02652"/>
     <x:tableColumn id="4" name="Region"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="Year"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1022,51 +865,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/G0322/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.ie/en/organisation/department-of-health/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1253,51 +1096,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J379"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="6.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="15.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -13415,51 +13258,51 @@
       <x:c r="G379" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I379" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J379" s="0">
         <x:v>37395</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13476,51 +13319,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J379" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="9">
         <x:s v="-"/>
         <x:s v="IE11"/>
         <x:s v="IE12"/>
         <x:s v="IE13"/>
         <x:s v="IE21"/>
         <x:s v="IE22"/>
         <x:s v="IE23"/>
@@ -13945,27 +13788,4564 @@
         <x:n v="92153"/>
         <x:n v="21146"/>
         <x:n v="88817"/>
         <x:n v="21763"/>
         <x:n v="128847"/>
         <x:n v="12979"/>
         <x:n v="139812"/>
         <x:n v="12629"/>
         <x:n v="138749"/>
         <x:n v="11453"/>
         <x:n v="133779"/>
         <x:n v="13600"/>
         <x:n v="131128"/>
         <x:n v="33829"/>
         <x:n v="128350"/>
         <x:n v="36308"/>
         <x:n v="123637"/>
         <x:n v="37395"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="1694065"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="125652"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="1853877"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="131102"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="1849380"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="125426"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="1768700"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="159576"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="1734853"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="431306"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="1683792"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="470505"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="1609820"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="487510"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="185708"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="15103"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="194988"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="14575"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="192032"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="12605"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="184739"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="15121"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="180551"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="34181"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="175241"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="37109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="166952"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="38927"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="113683"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="8757"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="126698"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="9108"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="127103"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="9077"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="123779"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="11053"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="122717"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="26479"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="119915"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="28608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="114967"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="29620"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="190901"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="14205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="203021"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="14542"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="199534"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="13189"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="189548"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="15737"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="184159"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="40568"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="178787"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="43901"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="170378"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="45667"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="371767"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="22252"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="417999"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="25157"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="422720"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="25216"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="400238"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="37237"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="394307"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="116917"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="381081"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="130238"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="364530"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="136146"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="227715"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="15817"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="250048"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="16213"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="253312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="16697"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="242458"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="21728"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="236127"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="64006"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="227586"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="69824"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="216388"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="71423"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="189964"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="12539"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="205398"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="13743"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="202238"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="13651"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="193573"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="16773"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="190667"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="42702"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="185659"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="46381"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="178448"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="47759"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="170803"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="12735"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="190728"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="13864"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="190183"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="13234"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="182180"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="16228"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="178840"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="39305"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="174475"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="42192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="167081"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="43342"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="243524"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="24244"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="264997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="23900"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="262258"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="21757"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="252185"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="25699"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="247485"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="67148"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="241048"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="72252"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="231076"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="74626"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="796872"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="58484"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="874710"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="61496"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="871087"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="58987"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="830760"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="74475"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="815123"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="214073"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="786742"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="233904"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="747412"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="242153"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="90022"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="7261"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="94428"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="6967"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="92670"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="6082"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="88963"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="7250"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="87032"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="17114"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="84085"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="18545"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="79684"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="19517"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="53841"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="4160"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="60292"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="4356"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="60376"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="4361"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="58588"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="5274"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="58170"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="13302"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="56587"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="14402"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="53937"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="14856"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="91974"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="6774"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="97925"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="6855"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="95919"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="6215"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="90969"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="7393"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="88479"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="20296"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="85418"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="21936"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="81047"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="22830"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="167191"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="9823"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="189555"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="11285"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="191962"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="11410"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="181359"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="16576"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="178697"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="57129"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="171828"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="63771"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="163096"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="66513"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="107071"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="7411"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="117935"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="7697"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="119388"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="7970"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="113924"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="10354"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="110774"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="32181"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="106005"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="35137"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="100176"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="35828"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="90571"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="5870"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="98032"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="6561"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="96349"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="6487"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="91894"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="7900"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="90590"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="21182"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="87799"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="23123"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="83769"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="23799"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="81525"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="5920"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="91358"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="6504"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="90914"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="6158"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="86657"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="7629"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="85024"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="19550"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="82322"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="21046"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="78264"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="21579"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="114677"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="11265"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="125185"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="11271"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="123509"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="10304"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="118406"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="12099"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="116357"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="33319"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="112698"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="35944"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="107439"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="37231"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="897193"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="67168"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="979167"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="69606"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="978293"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="66439"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="937940"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="85101"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="919730"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="217233"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="897050"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="236601"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="862408"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="245357"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="95686"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="7842"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="100560"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="7608"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="99362"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="6523"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="95776"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="7871"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="93519"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="17067"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="91156"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="18564"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="87268"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="19410"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="59842"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="4597"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="66406"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="4752"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="66727"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="4716"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="65191"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="5779"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="64547"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="13177"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="63328"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="14206"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="61030"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="14764"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="98927"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="7431"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="105096"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="7687"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="103615"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="6974"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="98579"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="8344"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="95680"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="20272"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="93369"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="21965"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="89331"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="22837"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="204576"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="12429"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="228444"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="13872"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="230758"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="13806"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="218879"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="20661"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="215610"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="59788"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="209253"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="66467"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="201434"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="69633"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="120644"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="8406"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="132113"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="8516"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="133924"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="8727"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="128534"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="11374"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="125353"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="31825"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="121581"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="34687"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="116212"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="35595"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="99393"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="6669"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="107366"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="7182"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="105889"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="7164"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="101679"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="8873"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="100077"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="21520"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="97860"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="23258"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="94679"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="23960"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="89278"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="6815"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="99370"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="7360"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="99269"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="7076"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="95523"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="8599"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="93816"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="19755"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="92153"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="21146"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="88817"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="21763"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="128847"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="12979"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="139812"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="12629"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="138749"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="11453"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="133779"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="13600"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="131128"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="33829"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="128350"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="36308"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C01"/>
+    <s v="Medical Cards"/>
+    <s v="Number"/>
+    <n v="123637"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G0322C02"/>
+    <s v="GP Visit Cards"/>
+    <s v="Number"/>
+    <n v="37395"/>
+  </r>
+</pivotCacheRecords>
 </file>