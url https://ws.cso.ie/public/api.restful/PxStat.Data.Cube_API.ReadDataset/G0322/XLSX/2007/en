--- v1 (2026-01-10)
+++ v2 (2026-03-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref8fd91174844a90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/161133f0326d4d4fbcf1294b57fb03e5.psmdcp" Id="R75754f6f6fca4a7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aa5a9d4881c47db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2cb0adaecd3544c7a9c2ea6cadd58fcc.psmdcp" Id="R3127e913af604533" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>