--- v0 (2025-11-06)
+++ v1 (2026-01-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabce325070424efd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/692152cdb80e4804a50700c3279d3299.psmdcp" Id="Rf4f41ecb631a4657" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec4e91dc8604407d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cbc1ad861a654f778187da2fa991cd6a.psmdcp" Id="Rad98fb23a27943a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>G0305</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Deaths occurred 0 - 4 years</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>12/1/2020 11:00:00 AM</x:t>
+    <x:t>01/12/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Source: CSO, Vital Statistics Link to VSD06 (https://data.cso.ie/table/VSD06)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/G0305/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SDG3</x:t>
   </x:si>
   <x:si>
     <x:t>Goal 3 - Good Health and Well-Being</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -345,50 +345,53 @@
     <x:t>Cork County</x:t>
   </x:si>
   <x:si>
     <x:t>150</x:t>
   </x:si>
   <x:si>
     <x:t>Kerry</x:t>
   </x:si>
   <x:si>
     <x:t>161</x:t>
   </x:si>
   <x:si>
     <x:t>Limerick City</x:t>
   </x:si>
   <x:si>
     <x:t>162</x:t>
   </x:si>
   <x:si>
     <x:t>Limerick County</x:t>
   </x:si>
   <x:si>
     <x:t>170</x:t>
   </x:si>
   <x:si>
     <x:t>Tipperary</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>171</x:t>
   </x:si>
   <x:si>
     <x:t>North Tipperary</x:t>
   </x:si>
   <x:si>
     <x:t>172</x:t>
   </x:si>
   <x:si>
     <x:t>South Tipperary</x:t>
   </x:si>
   <x:si>
     <x:t>181</x:t>
   </x:si>
   <x:si>
     <x:t>Waterford City</x:t>
   </x:si>
   <x:si>
     <x:t>182</x:t>
   </x:si>
   <x:si>
     <x:t>Waterford County</x:t>
   </x:si>
@@ -664,595 +667,216 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...543 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03171V03833" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="48">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+      </items>
+    </pivotField>
+    <pivotField name="Region" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="48">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H481" totalsRowShown="0">
   <x:autoFilter ref="A1:H481"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C03171V03833"/>
     <x:tableColumn id="4" name="Region"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="Year"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1521,51 +1145,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/G0305/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1754,51 +1378,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H481"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="24.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="23.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="6.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -8062,6251 +7686,6281 @@
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H242" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H243" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H244" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H245" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H246" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H247" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H248" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H249" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H250" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H251" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H252" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H253" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H254" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H255" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H256" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H257" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H258" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H259" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H260" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H261" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H262" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H263" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H264" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H265" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H266" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H267" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H268" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H269" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H270" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H271" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H272" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H273" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H274" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H275" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H276" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H277" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H278" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H279" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H280" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H281" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H282" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H283" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H284" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H285" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H286" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H287" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H288" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H289" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H290" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H291" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H292" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H293" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H294" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H295" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H296" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H297" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H298" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H299" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H300" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H301" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H302" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H303" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H304" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H305" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H306" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H307" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H308" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H309" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H310" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H311" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H312" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H313" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H314" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H315" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H316" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H317" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H318" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H319" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H320" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H321" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H322" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H323" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H324" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H325" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H326" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H327" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H328" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H329" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H330" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H331" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H332" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H333" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H334" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H335" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H336" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H337" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H338" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H339" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H340" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H341" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H342" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H343" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H344" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H345" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H346" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H347" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H348" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H349" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H350" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H351" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H352" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H353" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H354" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H355" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H356" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H357" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H358" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H359" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H360" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H361" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H362" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H363" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H364" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H365" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H366" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H367" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H368" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H369" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H370" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H371" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H372" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H373" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H374" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H375" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H376" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H377" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H378" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H379" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H380" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H381" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H382" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H383" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H384" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H385" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H386" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H387" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H388" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H389" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H390" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H391" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H392" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H393" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H394" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H395" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H396" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H397" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H398" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H399" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H400" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H401" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H402" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H403" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H404" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H405" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H406" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H407" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H408" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H409" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H410" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H411" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H412" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H413" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H414" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H415" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H416" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H417" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H418" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H419" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H420" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H421" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H422" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H423" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H424" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H425" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H426" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H427" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H428" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H429" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H430" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H431" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H432" s="0">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H433" s="0">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H434" s="0">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H435" s="0">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H436" s="0">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H437" s="0">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H438" s="0">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H439" s="0">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H440" s="0">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H441" s="0">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H442" s="0">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H443" s="0">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H444" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H445" s="0">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H446" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H447" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H448" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H449" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H450" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H451" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H452" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H453" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H454" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F455" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H455" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F456" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H456" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H457" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F458" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H458" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H459" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F460" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H460" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H461" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H462" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F463" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H463" s="0">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F464" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H464" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F465" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H465" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F466" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G466" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H466" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F467" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H467" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F468" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H468" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H469" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H470" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F471" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H471" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F472" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H472" s="0">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E473" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F473" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H473" s="0">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F474" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H474" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F475" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H475" s="0">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F476" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H476" s="0">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H477" s="0">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H478" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E479" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F479" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H479" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E480" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F480" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G480" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H480" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E481" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F481" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H481" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14323,51 +13977,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H481" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="G0305"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Deaths occurred 0 - 4 years"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03171V03833">
       <x:sharedItems count="48">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="010"/>
         <x:s v="021"/>
         <x:s v="022"/>
         <x:s v="023"/>
         <x:s v="024"/>
         <x:s v="030"/>
         <x:s v="040"/>
         <x:s v="050"/>
         <x:s v="060"/>
@@ -14570,27 +14224,4828 @@
         <x:n v="67"/>
         <x:n v="61"/>
         <x:n v="66"/>
         <x:n v="72"/>
         <x:n v="91"/>
         <x:n v="62"/>
         <x:n v="68"/>
         <x:n v="49"/>
         <x:n v="51"/>
         <x:n v="46"/>
         <x:n v="39"/>
         <x:n v="40"/>
         <x:n v="42"/>
         <x:n v="44"/>
         <x:n v="41"/>
         <x:n v="55"/>
         <x:n v="45"/>
         <x:n v="36"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="010"/>
+    <s v="Carlow"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="010"/>
+    <s v="Carlow"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="010"/>
+    <s v="Carlow"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="010"/>
+    <s v="Carlow"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="010"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="010"/>
+    <s v="Carlow"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="010"/>
+    <s v="Carlow"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="010"/>
+    <s v="Carlow"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="010"/>
+    <s v="Carlow"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="010"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="024"/>
+    <s v="Dun Laoghaire-Rathdown"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="024"/>
+    <s v="Dun Laoghaire-Rathdown"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="024"/>
+    <s v="Dun Laoghaire-Rathdown"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="024"/>
+    <s v="Dun Laoghaire-Rathdown"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="024"/>
+    <s v="Dun Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="024"/>
+    <s v="Dun Laoghaire-Rathdown"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="024"/>
+    <s v="Dun Laoghaire-Rathdown"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="024"/>
+    <s v="Dun Laoghaire-Rathdown"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="024"/>
+    <s v="Dun Laoghaire-Rathdown"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="024"/>
+    <s v="Dun Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="030"/>
+    <s v="Kildare"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="030"/>
+    <s v="Kildare"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="030"/>
+    <s v="Kildare"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="030"/>
+    <s v="Kildare"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="030"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="030"/>
+    <s v="Kildare"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="030"/>
+    <s v="Kildare"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="030"/>
+    <s v="Kildare"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="030"/>
+    <s v="Kildare"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="030"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="040"/>
+    <s v="Kilkenny"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="040"/>
+    <s v="Kilkenny"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="040"/>
+    <s v="Kilkenny"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="040"/>
+    <s v="Kilkenny"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="040"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="040"/>
+    <s v="Kilkenny"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="040"/>
+    <s v="Kilkenny"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="040"/>
+    <s v="Kilkenny"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="040"/>
+    <s v="Kilkenny"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="040"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="050"/>
+    <s v="Laois"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="050"/>
+    <s v="Laois"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="050"/>
+    <s v="Laois"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="050"/>
+    <s v="Laois"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="050"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="050"/>
+    <s v="Laois"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="050"/>
+    <s v="Laois"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="050"/>
+    <s v="Laois"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="050"/>
+    <s v="Laois"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="050"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="060"/>
+    <s v="Longford"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="060"/>
+    <s v="Longford"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="060"/>
+    <s v="Longford"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="060"/>
+    <s v="Longford"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="060"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="060"/>
+    <s v="Longford"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="060"/>
+    <s v="Longford"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="060"/>
+    <s v="Longford"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="060"/>
+    <s v="Longford"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="060"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="070"/>
+    <s v="Louth"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="070"/>
+    <s v="Louth"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="070"/>
+    <s v="Louth"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="070"/>
+    <s v="Louth"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="070"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="070"/>
+    <s v="Louth"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="070"/>
+    <s v="Louth"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="070"/>
+    <s v="Louth"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="070"/>
+    <s v="Louth"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="070"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="080"/>
+    <s v="Meath"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="080"/>
+    <s v="Meath"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="080"/>
+    <s v="Meath"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="080"/>
+    <s v="Meath"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="080"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="080"/>
+    <s v="Meath"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="080"/>
+    <s v="Meath"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="080"/>
+    <s v="Meath"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="080"/>
+    <s v="Meath"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="080"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="090"/>
+    <s v="Offaly"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="090"/>
+    <s v="Offaly"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="090"/>
+    <s v="Offaly"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="090"/>
+    <s v="Offaly"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="090"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="090"/>
+    <s v="Offaly"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="090"/>
+    <s v="Offaly"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="090"/>
+    <s v="Offaly"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="090"/>
+    <s v="Offaly"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="090"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="100"/>
+    <s v="Westmeath"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="100"/>
+    <s v="Westmeath"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="100"/>
+    <s v="Westmeath"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="100"/>
+    <s v="Westmeath"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="100"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="100"/>
+    <s v="Westmeath"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="100"/>
+    <s v="Westmeath"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="100"/>
+    <s v="Westmeath"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="100"/>
+    <s v="Westmeath"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="100"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="110"/>
+    <s v="Wexford"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="110"/>
+    <s v="Wexford"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="110"/>
+    <s v="Wexford"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="110"/>
+    <s v="Wexford"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="110"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="110"/>
+    <s v="Wexford"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="110"/>
+    <s v="Wexford"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="110"/>
+    <s v="Wexford"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="110"/>
+    <s v="Wexford"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="110"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="120"/>
+    <s v="Wicklow"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="120"/>
+    <s v="Wicklow"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="120"/>
+    <s v="Wicklow"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="120"/>
+    <s v="Wicklow"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="120"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="120"/>
+    <s v="Wicklow"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="120"/>
+    <s v="Wicklow"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="120"/>
+    <s v="Wicklow"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="120"/>
+    <s v="Wicklow"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="120"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="130"/>
+    <s v="Clare"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="130"/>
+    <s v="Clare"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="130"/>
+    <s v="Clare"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="130"/>
+    <s v="Clare"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="130"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="130"/>
+    <s v="Clare"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="130"/>
+    <s v="Clare"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="130"/>
+    <s v="Clare"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="130"/>
+    <s v="Clare"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="130"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="150"/>
+    <s v="Kerry"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="150"/>
+    <s v="Kerry"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="150"/>
+    <s v="Kerry"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="150"/>
+    <s v="Kerry"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="150"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="150"/>
+    <s v="Kerry"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="150"/>
+    <s v="Kerry"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="150"/>
+    <s v="Kerry"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="150"/>
+    <s v="Kerry"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="150"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="170"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="200"/>
+    <s v="Leitrim"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="200"/>
+    <s v="Leitrim"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="200"/>
+    <s v="Leitrim"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="200"/>
+    <s v="Leitrim"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="200"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="200"/>
+    <s v="Leitrim"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="200"/>
+    <s v="Leitrim"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="200"/>
+    <s v="Leitrim"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="200"/>
+    <s v="Leitrim"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="200"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="210"/>
+    <s v="Mayo"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="210"/>
+    <s v="Mayo"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="210"/>
+    <s v="Mayo"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="210"/>
+    <s v="Mayo"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="210"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="210"/>
+    <s v="Mayo"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="210"/>
+    <s v="Mayo"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="210"/>
+    <s v="Mayo"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="210"/>
+    <s v="Mayo"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="210"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="220"/>
+    <s v="Roscommon"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="220"/>
+    <s v="Roscommon"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="220"/>
+    <s v="Roscommon"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="220"/>
+    <s v="Roscommon"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="220"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="220"/>
+    <s v="Roscommon"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="220"/>
+    <s v="Roscommon"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="220"/>
+    <s v="Roscommon"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="220"/>
+    <s v="Roscommon"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="220"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="230"/>
+    <s v="Sligo"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="230"/>
+    <s v="Sligo"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="230"/>
+    <s v="Sligo"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="230"/>
+    <s v="Sligo"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="230"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="230"/>
+    <s v="Sligo"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="230"/>
+    <s v="Sligo"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="230"/>
+    <s v="Sligo"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="230"/>
+    <s v="Sligo"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="230"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="240"/>
+    <s v="Cavan"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="240"/>
+    <s v="Cavan"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="240"/>
+    <s v="Cavan"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="240"/>
+    <s v="Cavan"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="240"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="240"/>
+    <s v="Cavan"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="240"/>
+    <s v="Cavan"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="240"/>
+    <s v="Cavan"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="240"/>
+    <s v="Cavan"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="240"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="250"/>
+    <s v="Donegal"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="250"/>
+    <s v="Donegal"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="250"/>
+    <s v="Donegal"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="250"/>
+    <s v="Donegal"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="250"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="250"/>
+    <s v="Donegal"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="250"/>
+    <s v="Donegal"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="250"/>
+    <s v="Donegal"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="250"/>
+    <s v="Donegal"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="250"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="260"/>
+    <s v="Monaghan"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="260"/>
+    <s v="Monaghan"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="260"/>
+    <s v="Monaghan"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="260"/>
+    <s v="Monaghan"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="260"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="260"/>
+    <s v="Monaghan"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="260"/>
+    <s v="Monaghan"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="260"/>
+    <s v="Monaghan"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="260"/>
+    <s v="Monaghan"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="260"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="G0305"/>
+    <s v="Deaths occurred 0 - 4 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+</pivotCacheRecords>
 </file>