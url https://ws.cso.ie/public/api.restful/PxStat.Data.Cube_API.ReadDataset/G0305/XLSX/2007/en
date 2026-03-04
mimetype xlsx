--- v1 (2026-01-07)
+++ v2 (2026-03-04)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec4e91dc8604407d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cbc1ad861a654f778187da2fa991cd6a.psmdcp" Id="Rad98fb23a27943a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba619ec7e9b5478d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a09f2ef3f4bc450da4081c0c0db9f412.psmdcp" Id="Rcce7a1efb2e745c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>