--- v0 (2025-11-14)
+++ v1 (2026-02-14)
@@ -1,133 +1,133 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeaca457068d415e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4b3fc071fecd4445a50e267751dcf478.psmdcp" Id="R65089655eb1e46aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3cc4cf516284943" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4902363c795f412f9938b0bf43d7b261.psmdcp" Id="Re524f778ddd345d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>FPM01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Fuel Excise Clearance</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/8/2025 11:00:00 AM</x:t>
+    <x:t>23/01/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/FPM01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>FEC</x:t>
   </x:si>
   <x:si>
     <x:t>Fuel Excise Clearances</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Gerry Brady</x:t>
+    <x:t>Dympna Corry</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
-    <x:t>Gerry.Brady@cso.ie</x:t>
+    <x:t>Climateenergy@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 1 498 4201</x:t>
+    <x:t>(+353) 1 498 4207</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -2028,50 +2028,74 @@
     <x:t>2025 March</x:t>
   </x:si>
   <x:si>
     <x:t>202504</x:t>
   </x:si>
   <x:si>
     <x:t>2025 April</x:t>
   </x:si>
   <x:si>
     <x:t>202505</x:t>
   </x:si>
   <x:si>
     <x:t>2025 May</x:t>
   </x:si>
   <x:si>
     <x:t>202506</x:t>
   </x:si>
   <x:si>
     <x:t>2025 June</x:t>
   </x:si>
   <x:si>
     <x:t>202507</x:t>
   </x:si>
   <x:si>
     <x:t>2025 July</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 August</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 September</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 October</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 November</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -2209,2624 +2233,735 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...2567 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(M1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="311">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+        <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+        <item x="200"/>
+        <item x="201"/>
+        <item x="202"/>
+        <item x="203"/>
+        <item x="204"/>
+        <item x="205"/>
+        <item x="206"/>
+        <item x="207"/>
+        <item x="208"/>
+        <item x="209"/>
+        <item x="210"/>
+        <item x="211"/>
+        <item x="212"/>
+        <item x="213"/>
+        <item x="214"/>
+        <item x="215"/>
+        <item x="216"/>
+        <item x="217"/>
+        <item x="218"/>
+        <item x="219"/>
+        <item x="220"/>
+        <item x="221"/>
+        <item x="222"/>
+        <item x="223"/>
+        <item x="224"/>
+        <item x="225"/>
+        <item x="226"/>
+        <item x="227"/>
+        <item x="228"/>
+        <item x="229"/>
+        <item x="230"/>
+        <item x="231"/>
+        <item x="232"/>
+        <item x="233"/>
+        <item x="234"/>
+        <item x="235"/>
+        <item x="236"/>
+        <item x="237"/>
+        <item x="238"/>
+        <item x="239"/>
+        <item x="240"/>
+        <item x="241"/>
+        <item x="242"/>
+        <item x="243"/>
+        <item x="244"/>
+        <item x="245"/>
+        <item x="246"/>
+        <item x="247"/>
+        <item x="248"/>
+        <item x="249"/>
+        <item x="250"/>
+        <item x="251"/>
+        <item x="252"/>
+        <item x="253"/>
+        <item x="254"/>
+        <item x="255"/>
+        <item x="256"/>
+        <item x="257"/>
+        <item x="258"/>
+        <item x="259"/>
+        <item x="260"/>
+        <item x="261"/>
+        <item x="262"/>
+        <item x="263"/>
+        <item x="264"/>
+        <item x="265"/>
+        <item x="266"/>
+        <item x="267"/>
+        <item x="268"/>
+        <item x="269"/>
+        <item x="270"/>
+        <item x="271"/>
+        <item x="272"/>
+        <item x="273"/>
+        <item x="274"/>
+        <item x="275"/>
+        <item x="276"/>
+        <item x="277"/>
+        <item x="278"/>
+        <item x="279"/>
+        <item x="280"/>
+        <item x="281"/>
+        <item x="282"/>
+        <item x="283"/>
+        <item x="284"/>
+        <item x="285"/>
+        <item x="286"/>
+        <item x="287"/>
+        <item x="288"/>
+        <item x="289"/>
+        <item x="290"/>
+        <item x="291"/>
+        <item x="292"/>
+        <item x="293"/>
+        <item x="294"/>
+        <item x="295"/>
+        <item x="296"/>
+        <item x="297"/>
+        <item x="298"/>
+        <item x="299"/>
+        <item x="300"/>
+        <item x="301"/>
+        <item x="302"/>
+        <item x="303"/>
+        <item x="304"/>
+        <item x="305"/>
+        <item x="306"/>
+        <item x="307"/>
+        <item x="308"/>
+        <item x="309"/>
+        <item x="310"/>
+      </items>
+    </pivotField>
+    <pivotField name="Month" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="311">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+        <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+        <item x="200"/>
+        <item x="201"/>
+        <item x="202"/>
+        <item x="203"/>
+        <item x="204"/>
+        <item x="205"/>
+        <item x="206"/>
+        <item x="207"/>
+        <item x="208"/>
+        <item x="209"/>
+        <item x="210"/>
+        <item x="211"/>
+        <item x="212"/>
+        <item x="213"/>
+        <item x="214"/>
+        <item x="215"/>
+        <item x="216"/>
+        <item x="217"/>
+        <item x="218"/>
+        <item x="219"/>
+        <item x="220"/>
+        <item x="221"/>
+        <item x="222"/>
+        <item x="223"/>
+        <item x="224"/>
+        <item x="225"/>
+        <item x="226"/>
+        <item x="227"/>
+        <item x="228"/>
+        <item x="229"/>
+        <item x="230"/>
+        <item x="231"/>
+        <item x="232"/>
+        <item x="233"/>
+        <item x="234"/>
+        <item x="235"/>
+        <item x="236"/>
+        <item x="237"/>
+        <item x="238"/>
+        <item x="239"/>
+        <item x="240"/>
+        <item x="241"/>
+        <item x="242"/>
+        <item x="243"/>
+        <item x="244"/>
+        <item x="245"/>
+        <item x="246"/>
+        <item x="247"/>
+        <item x="248"/>
+        <item x="249"/>
+        <item x="250"/>
+        <item x="251"/>
+        <item x="252"/>
+        <item x="253"/>
+        <item x="254"/>
+        <item x="255"/>
+        <item x="256"/>
+        <item x="257"/>
+        <item x="258"/>
+        <item x="259"/>
+        <item x="260"/>
+        <item x="261"/>
+        <item x="262"/>
+        <item x="263"/>
+        <item x="264"/>
+        <item x="265"/>
+        <item x="266"/>
+        <item x="267"/>
+        <item x="268"/>
+        <item x="269"/>
+        <item x="270"/>
+        <item x="271"/>
+        <item x="272"/>
+        <item x="273"/>
+        <item x="274"/>
+        <item x="275"/>
+        <item x="276"/>
+        <item x="277"/>
+        <item x="278"/>
+        <item x="279"/>
+        <item x="280"/>
+        <item x="281"/>
+        <item x="282"/>
+        <item x="283"/>
+        <item x="284"/>
+        <item x="285"/>
+        <item x="286"/>
+        <item x="287"/>
+        <item x="288"/>
+        <item x="289"/>
+        <item x="290"/>
+        <item x="291"/>
+        <item x="292"/>
+        <item x="293"/>
+        <item x="294"/>
+        <item x="295"/>
+        <item x="296"/>
+        <item x="297"/>
+        <item x="298"/>
+        <item x="299"/>
+        <item x="300"/>
+        <item x="301"/>
+        <item x="302"/>
+        <item x="303"/>
+        <item x="304"/>
+        <item x="305"/>
+        <item x="306"/>
+        <item x="307"/>
+        <item x="308"/>
+        <item x="309"/>
+        <item x="310"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03636V04376" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Fuel Type" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1229" totalsRowShown="0">
-  <x:autoFilter ref="A1:H1229"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1245" totalsRowShown="0">
+  <x:autoFilter ref="A1:H1245"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(M1)"/>
     <x:tableColumn id="4" name="Month"/>
     <x:tableColumn id="5" name="C03636V04376"/>
     <x:tableColumn id="6" name="Fuel Type"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -5090,51 +3225,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/FPM01/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -5321,55 +3456,55 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H1229"/>
+  <x:dimension ref="A1:H1245"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="19.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.996339" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="15.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="15.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -37295,63 +35430,479 @@
       <x:c r="A1229" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1229" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1229" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="D1229" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="E1229" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1229" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1229" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H1229" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
+    <x:row r="1230" spans="1:8">
+      <x:c r="A1230" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1230" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1230" s="0" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="D1230" s="0" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="E1230" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="F1230" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="G1230" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H1230" s="0">
+        <x:v>279</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1231" spans="1:8">
+      <x:c r="A1231" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1231" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1231" s="0" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="D1231" s="0" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="E1231" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F1231" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G1231" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H1231" s="0">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1232" spans="1:8">
+      <x:c r="A1232" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1232" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1232" s="0" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="D1232" s="0" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="E1232" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F1232" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="G1232" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H1232" s="0">
+        <x:v>95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1233" spans="1:8">
+      <x:c r="A1233" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1233" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1233" s="0" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="D1233" s="0" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="E1233" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F1233" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G1233" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H1233" s="0">
+        <x:v>28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1234" spans="1:8">
+      <x:c r="A1234" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1234" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1234" s="0" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="D1234" s="0" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="E1234" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="F1234" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="G1234" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H1234" s="0">
+        <x:v>290</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1235" spans="1:8">
+      <x:c r="A1235" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1235" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1235" s="0" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="D1235" s="0" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="E1235" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F1235" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G1235" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H1235" s="0">
+        <x:v>95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1236" spans="1:8">
+      <x:c r="A1236" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1236" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1236" s="0" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="D1236" s="0" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="E1236" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F1236" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="G1236" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H1236" s="0">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1237" spans="1:8">
+      <x:c r="A1237" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1237" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1237" s="0" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="D1237" s="0" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="E1237" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F1237" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G1237" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H1237" s="0">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1238" spans="1:8">
+      <x:c r="A1238" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1238" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1238" s="0" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="D1238" s="0" t="s">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="E1238" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="F1238" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="G1238" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H1238" s="0">
+        <x:v>275</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1239" spans="1:8">
+      <x:c r="A1239" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1239" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1239" s="0" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="D1239" s="0" t="s">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="E1239" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F1239" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G1239" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H1239" s="0">
+        <x:v>99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1240" spans="1:8">
+      <x:c r="A1240" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1240" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1240" s="0" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="D1240" s="0" t="s">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="E1240" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F1240" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="G1240" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H1240" s="0">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1241" spans="1:8">
+      <x:c r="A1241" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1241" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1241" s="0" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="D1241" s="0" t="s">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="E1241" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F1241" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G1241" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H1241" s="0">
+        <x:v>101</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1242" spans="1:8">
+      <x:c r="A1242" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1242" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1242" s="0" t="s">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="D1242" s="0" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="E1242" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="F1242" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="G1242" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H1242" s="0">
+        <x:v>281</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1243" spans="1:8">
+      <x:c r="A1243" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1243" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1243" s="0" t="s">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="D1243" s="0" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="E1243" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F1243" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G1243" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H1243" s="0">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1244" spans="1:8">
+      <x:c r="A1244" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1244" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1244" s="0" t="s">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="D1244" s="0" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="E1244" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F1244" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="G1244" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H1244" s="0">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1245" spans="1:8">
+      <x:c r="A1245" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1245" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1245" s="0" t="s">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="D1245" s="0" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="E1245" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F1245" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G1245" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H1245" s="0">
+        <x:v>114</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -37368,65 +35919,65 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1229" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="FPM01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Fuel Excise Clearance"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(M1)">
-      <x:sharedItems count="307">
+      <x:sharedItems count="311">
         <x:s v="200001"/>
         <x:s v="200002"/>
         <x:s v="200003"/>
         <x:s v="200004"/>
         <x:s v="200005"/>
         <x:s v="200006"/>
         <x:s v="200007"/>
         <x:s v="200008"/>
         <x:s v="200009"/>
         <x:s v="200010"/>
         <x:s v="200011"/>
         <x:s v="200012"/>
         <x:s v="200101"/>
         <x:s v="200102"/>
         <x:s v="200103"/>
         <x:s v="200104"/>
         <x:s v="200105"/>
         <x:s v="200106"/>
         <x:s v="200107"/>
         <x:s v="200108"/>
         <x:s v="200109"/>
         <x:s v="200110"/>
         <x:s v="200111"/>
         <x:s v="200112"/>
         <x:s v="200201"/>
@@ -37690,54 +36241,58 @@
         <x:s v="202307"/>
         <x:s v="202308"/>
         <x:s v="202309"/>
         <x:s v="202310"/>
         <x:s v="202311"/>
         <x:s v="202312"/>
         <x:s v="202401"/>
         <x:s v="202402"/>
         <x:s v="202403"/>
         <x:s v="202404"/>
         <x:s v="202405"/>
         <x:s v="202406"/>
         <x:s v="202407"/>
         <x:s v="202408"/>
         <x:s v="202409"/>
         <x:s v="202410"/>
         <x:s v="202411"/>
         <x:s v="202412"/>
         <x:s v="202501"/>
         <x:s v="202502"/>
         <x:s v="202503"/>
         <x:s v="202504"/>
         <x:s v="202505"/>
         <x:s v="202506"/>
         <x:s v="202507"/>
+        <x:s v="202508"/>
+        <x:s v="202509"/>
+        <x:s v="202510"/>
+        <x:s v="202511"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Month">
-      <x:sharedItems count="307">
+      <x:sharedItems count="311">
         <x:s v="2000 January"/>
         <x:s v="2000 February"/>
         <x:s v="2000 March"/>
         <x:s v="2000 April"/>
         <x:s v="2000 May"/>
         <x:s v="2000 June"/>
         <x:s v="2000 July"/>
         <x:s v="2000 August"/>
         <x:s v="2000 September"/>
         <x:s v="2000 October"/>
         <x:s v="2000 November"/>
         <x:s v="2000 December"/>
         <x:s v="2001 January"/>
         <x:s v="2001 February"/>
         <x:s v="2001 March"/>
         <x:s v="2001 April"/>
         <x:s v="2001 May"/>
         <x:s v="2001 June"/>
         <x:s v="2001 July"/>
         <x:s v="2001 August"/>
         <x:s v="2001 September"/>
         <x:s v="2001 October"/>
         <x:s v="2001 November"/>
         <x:s v="2001 December"/>
         <x:s v="2002 January"/>
@@ -38001,50 +36556,54 @@
         <x:s v="2023 July"/>
         <x:s v="2023 August"/>
         <x:s v="2023 September"/>
         <x:s v="2023 October"/>
         <x:s v="2023 November"/>
         <x:s v="2023 December"/>
         <x:s v="2024 January"/>
         <x:s v="2024 February"/>
         <x:s v="2024 March"/>
         <x:s v="2024 April"/>
         <x:s v="2024 May"/>
         <x:s v="2024 June"/>
         <x:s v="2024 July"/>
         <x:s v="2024 August"/>
         <x:s v="2024 September"/>
         <x:s v="2024 October"/>
         <x:s v="2024 November"/>
         <x:s v="2024 December"/>
         <x:s v="2025 January"/>
         <x:s v="2025 February"/>
         <x:s v="2025 March"/>
         <x:s v="2025 April"/>
         <x:s v="2025 May"/>
         <x:s v="2025 June"/>
         <x:s v="2025 July"/>
+        <x:s v="2025 August"/>
+        <x:s v="2025 September"/>
+        <x:s v="2025 October"/>
+        <x:s v="2025 November"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03636V04376">
       <x:sharedItems count="4">
         <x:s v="1"/>
         <x:s v="2"/>
         <x:s v="3"/>
         <x:s v="4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Fuel Type">
       <x:sharedItems count="4">
         <x:s v="Autodiesel"/>
         <x:s v="Unleaded petrol"/>
         <x:s v="Marked gas oil"/>
         <x:s v="Kerosene"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Million Litres"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
       <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="14" maxValue="365" count="295">
@@ -38328,27 +36887,12468 @@
         <x:n v="304"/>
         <x:n v="310"/>
         <x:n v="336"/>
         <x:n v="309"/>
         <x:n v="306"/>
         <x:n v="314"/>
         <x:n v="303"/>
         <x:n v="275"/>
         <x:n v="285"/>
         <x:n v="294"/>
         <x:n v="342"/>
         <x:n v="36"/>
         <x:n v="289"/>
         <x:n v="20"/>
         <x:n v="319"/>
         <x:n v="315"/>
         <x:n v="33"/>
         <x:n v="261"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200001"/>
+    <s v="2000 January"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200001"/>
+    <s v="2000 January"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200001"/>
+    <s v="2000 January"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200001"/>
+    <s v="2000 January"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200002"/>
+    <s v="2000 February"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200002"/>
+    <s v="2000 February"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200002"/>
+    <s v="2000 February"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200002"/>
+    <s v="2000 February"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200003"/>
+    <s v="2000 March"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200003"/>
+    <s v="2000 March"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200003"/>
+    <s v="2000 March"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200003"/>
+    <s v="2000 March"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200004"/>
+    <s v="2000 April"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200004"/>
+    <s v="2000 April"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200004"/>
+    <s v="2000 April"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200004"/>
+    <s v="2000 April"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200005"/>
+    <s v="2000 May"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200005"/>
+    <s v="2000 May"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200005"/>
+    <s v="2000 May"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200005"/>
+    <s v="2000 May"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200006"/>
+    <s v="2000 June"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200006"/>
+    <s v="2000 June"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200006"/>
+    <s v="2000 June"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200006"/>
+    <s v="2000 June"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200007"/>
+    <s v="2000 July"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200007"/>
+    <s v="2000 July"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200007"/>
+    <s v="2000 July"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200007"/>
+    <s v="2000 July"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200008"/>
+    <s v="2000 August"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200008"/>
+    <s v="2000 August"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200008"/>
+    <s v="2000 August"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200008"/>
+    <s v="2000 August"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200009"/>
+    <s v="2000 September"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200009"/>
+    <s v="2000 September"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200009"/>
+    <s v="2000 September"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200009"/>
+    <s v="2000 September"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200010"/>
+    <s v="2000 October"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200010"/>
+    <s v="2000 October"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200010"/>
+    <s v="2000 October"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200010"/>
+    <s v="2000 October"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200011"/>
+    <s v="2000 November"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200011"/>
+    <s v="2000 November"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200011"/>
+    <s v="2000 November"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200011"/>
+    <s v="2000 November"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200012"/>
+    <s v="2000 December"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200012"/>
+    <s v="2000 December"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200012"/>
+    <s v="2000 December"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200012"/>
+    <s v="2000 December"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200101"/>
+    <s v="2001 January"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200101"/>
+    <s v="2001 January"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200101"/>
+    <s v="2001 January"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200101"/>
+    <s v="2001 January"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200102"/>
+    <s v="2001 February"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200102"/>
+    <s v="2001 February"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200102"/>
+    <s v="2001 February"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200102"/>
+    <s v="2001 February"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200103"/>
+    <s v="2001 March"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200103"/>
+    <s v="2001 March"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200103"/>
+    <s v="2001 March"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200103"/>
+    <s v="2001 March"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200104"/>
+    <s v="2001 April"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200104"/>
+    <s v="2001 April"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200104"/>
+    <s v="2001 April"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200104"/>
+    <s v="2001 April"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200105"/>
+    <s v="2001 May"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200105"/>
+    <s v="2001 May"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200105"/>
+    <s v="2001 May"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200105"/>
+    <s v="2001 May"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200106"/>
+    <s v="2001 June"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200106"/>
+    <s v="2001 June"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200106"/>
+    <s v="2001 June"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200106"/>
+    <s v="2001 June"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200107"/>
+    <s v="2001 July"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200107"/>
+    <s v="2001 July"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200107"/>
+    <s v="2001 July"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200107"/>
+    <s v="2001 July"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200108"/>
+    <s v="2001 August"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200108"/>
+    <s v="2001 August"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200108"/>
+    <s v="2001 August"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200108"/>
+    <s v="2001 August"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200109"/>
+    <s v="2001 September"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200109"/>
+    <s v="2001 September"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200109"/>
+    <s v="2001 September"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200109"/>
+    <s v="2001 September"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200110"/>
+    <s v="2001 October"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200110"/>
+    <s v="2001 October"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200110"/>
+    <s v="2001 October"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200110"/>
+    <s v="2001 October"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200111"/>
+    <s v="2001 November"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200111"/>
+    <s v="2001 November"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200111"/>
+    <s v="2001 November"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200111"/>
+    <s v="2001 November"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200112"/>
+    <s v="2001 December"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200112"/>
+    <s v="2001 December"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200112"/>
+    <s v="2001 December"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200112"/>
+    <s v="2001 December"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200201"/>
+    <s v="2002 January"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200201"/>
+    <s v="2002 January"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200201"/>
+    <s v="2002 January"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200201"/>
+    <s v="2002 January"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200202"/>
+    <s v="2002 February"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200202"/>
+    <s v="2002 February"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200202"/>
+    <s v="2002 February"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200202"/>
+    <s v="2002 February"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200203"/>
+    <s v="2002 March"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200203"/>
+    <s v="2002 March"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200203"/>
+    <s v="2002 March"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200203"/>
+    <s v="2002 March"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200204"/>
+    <s v="2002 April"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200204"/>
+    <s v="2002 April"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200204"/>
+    <s v="2002 April"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200204"/>
+    <s v="2002 April"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200205"/>
+    <s v="2002 May"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200205"/>
+    <s v="2002 May"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200205"/>
+    <s v="2002 May"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200205"/>
+    <s v="2002 May"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200206"/>
+    <s v="2002 June"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200206"/>
+    <s v="2002 June"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200206"/>
+    <s v="2002 June"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200206"/>
+    <s v="2002 June"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200207"/>
+    <s v="2002 July"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200207"/>
+    <s v="2002 July"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200207"/>
+    <s v="2002 July"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200207"/>
+    <s v="2002 July"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200208"/>
+    <s v="2002 August"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200208"/>
+    <s v="2002 August"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200208"/>
+    <s v="2002 August"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200208"/>
+    <s v="2002 August"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200209"/>
+    <s v="2002 September"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200209"/>
+    <s v="2002 September"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200209"/>
+    <s v="2002 September"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200209"/>
+    <s v="2002 September"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200210"/>
+    <s v="2002 October"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200210"/>
+    <s v="2002 October"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200210"/>
+    <s v="2002 October"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200210"/>
+    <s v="2002 October"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200211"/>
+    <s v="2002 November"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200211"/>
+    <s v="2002 November"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200211"/>
+    <s v="2002 November"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200211"/>
+    <s v="2002 November"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200212"/>
+    <s v="2002 December"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200212"/>
+    <s v="2002 December"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200212"/>
+    <s v="2002 December"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200212"/>
+    <s v="2002 December"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200301"/>
+    <s v="2003 January"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200301"/>
+    <s v="2003 January"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200301"/>
+    <s v="2003 January"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200301"/>
+    <s v="2003 January"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200302"/>
+    <s v="2003 February"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200302"/>
+    <s v="2003 February"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200302"/>
+    <s v="2003 February"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200302"/>
+    <s v="2003 February"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200303"/>
+    <s v="2003 March"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200303"/>
+    <s v="2003 March"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200303"/>
+    <s v="2003 March"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200303"/>
+    <s v="2003 March"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200304"/>
+    <s v="2003 April"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200304"/>
+    <s v="2003 April"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200304"/>
+    <s v="2003 April"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200304"/>
+    <s v="2003 April"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200305"/>
+    <s v="2003 May"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200305"/>
+    <s v="2003 May"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200305"/>
+    <s v="2003 May"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200305"/>
+    <s v="2003 May"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200306"/>
+    <s v="2003 June"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200306"/>
+    <s v="2003 June"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200306"/>
+    <s v="2003 June"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200306"/>
+    <s v="2003 June"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200307"/>
+    <s v="2003 July"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200307"/>
+    <s v="2003 July"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200307"/>
+    <s v="2003 July"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200307"/>
+    <s v="2003 July"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200308"/>
+    <s v="2003 August"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200308"/>
+    <s v="2003 August"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200308"/>
+    <s v="2003 August"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200308"/>
+    <s v="2003 August"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200309"/>
+    <s v="2003 September"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200309"/>
+    <s v="2003 September"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200309"/>
+    <s v="2003 September"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200309"/>
+    <s v="2003 September"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200310"/>
+    <s v="2003 October"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200310"/>
+    <s v="2003 October"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200310"/>
+    <s v="2003 October"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200310"/>
+    <s v="2003 October"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200311"/>
+    <s v="2003 November"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200311"/>
+    <s v="2003 November"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200311"/>
+    <s v="2003 November"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200311"/>
+    <s v="2003 November"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200312"/>
+    <s v="2003 December"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200312"/>
+    <s v="2003 December"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200312"/>
+    <s v="2003 December"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200312"/>
+    <s v="2003 December"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200401"/>
+    <s v="2004 January"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200401"/>
+    <s v="2004 January"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200401"/>
+    <s v="2004 January"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200401"/>
+    <s v="2004 January"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200402"/>
+    <s v="2004 February"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200402"/>
+    <s v="2004 February"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200402"/>
+    <s v="2004 February"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200402"/>
+    <s v="2004 February"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200403"/>
+    <s v="2004 March"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200403"/>
+    <s v="2004 March"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200403"/>
+    <s v="2004 March"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200403"/>
+    <s v="2004 March"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200404"/>
+    <s v="2004 April"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200404"/>
+    <s v="2004 April"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200404"/>
+    <s v="2004 April"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200404"/>
+    <s v="2004 April"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200405"/>
+    <s v="2004 May"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200405"/>
+    <s v="2004 May"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200405"/>
+    <s v="2004 May"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200405"/>
+    <s v="2004 May"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200406"/>
+    <s v="2004 June"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200406"/>
+    <s v="2004 June"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200406"/>
+    <s v="2004 June"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200406"/>
+    <s v="2004 June"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200407"/>
+    <s v="2004 July"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200407"/>
+    <s v="2004 July"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200407"/>
+    <s v="2004 July"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200407"/>
+    <s v="2004 July"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200408"/>
+    <s v="2004 August"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200408"/>
+    <s v="2004 August"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200408"/>
+    <s v="2004 August"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200408"/>
+    <s v="2004 August"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200409"/>
+    <s v="2004 September"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200409"/>
+    <s v="2004 September"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200409"/>
+    <s v="2004 September"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200409"/>
+    <s v="2004 September"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200410"/>
+    <s v="2004 October"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200410"/>
+    <s v="2004 October"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200410"/>
+    <s v="2004 October"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200410"/>
+    <s v="2004 October"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200411"/>
+    <s v="2004 November"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200411"/>
+    <s v="2004 November"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200411"/>
+    <s v="2004 November"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200411"/>
+    <s v="2004 November"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200412"/>
+    <s v="2004 December"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200412"/>
+    <s v="2004 December"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200412"/>
+    <s v="2004 December"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200412"/>
+    <s v="2004 December"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200501"/>
+    <s v="2005 January"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200501"/>
+    <s v="2005 January"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200501"/>
+    <s v="2005 January"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200501"/>
+    <s v="2005 January"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200502"/>
+    <s v="2005 February"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200502"/>
+    <s v="2005 February"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200502"/>
+    <s v="2005 February"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200502"/>
+    <s v="2005 February"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200503"/>
+    <s v="2005 March"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200503"/>
+    <s v="2005 March"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200503"/>
+    <s v="2005 March"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200503"/>
+    <s v="2005 March"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200504"/>
+    <s v="2005 April"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200504"/>
+    <s v="2005 April"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200504"/>
+    <s v="2005 April"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200504"/>
+    <s v="2005 April"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200505"/>
+    <s v="2005 May"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200505"/>
+    <s v="2005 May"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200505"/>
+    <s v="2005 May"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200505"/>
+    <s v="2005 May"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200506"/>
+    <s v="2005 June"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200506"/>
+    <s v="2005 June"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200506"/>
+    <s v="2005 June"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200506"/>
+    <s v="2005 June"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200507"/>
+    <s v="2005 July"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200507"/>
+    <s v="2005 July"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200507"/>
+    <s v="2005 July"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200507"/>
+    <s v="2005 July"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200508"/>
+    <s v="2005 August"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200508"/>
+    <s v="2005 August"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200508"/>
+    <s v="2005 August"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200508"/>
+    <s v="2005 August"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200509"/>
+    <s v="2005 September"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200509"/>
+    <s v="2005 September"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200509"/>
+    <s v="2005 September"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200509"/>
+    <s v="2005 September"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200510"/>
+    <s v="2005 October"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200510"/>
+    <s v="2005 October"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200510"/>
+    <s v="2005 October"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200510"/>
+    <s v="2005 October"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200511"/>
+    <s v="2005 November"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200511"/>
+    <s v="2005 November"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200511"/>
+    <s v="2005 November"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200511"/>
+    <s v="2005 November"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200512"/>
+    <s v="2005 December"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200512"/>
+    <s v="2005 December"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200512"/>
+    <s v="2005 December"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200512"/>
+    <s v="2005 December"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200601"/>
+    <s v="2006 January"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200601"/>
+    <s v="2006 January"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200601"/>
+    <s v="2006 January"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200601"/>
+    <s v="2006 January"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200602"/>
+    <s v="2006 February"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200602"/>
+    <s v="2006 February"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200602"/>
+    <s v="2006 February"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200602"/>
+    <s v="2006 February"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200603"/>
+    <s v="2006 March"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200603"/>
+    <s v="2006 March"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200603"/>
+    <s v="2006 March"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200603"/>
+    <s v="2006 March"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200604"/>
+    <s v="2006 April"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200604"/>
+    <s v="2006 April"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200604"/>
+    <s v="2006 April"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200604"/>
+    <s v="2006 April"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200605"/>
+    <s v="2006 May"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200605"/>
+    <s v="2006 May"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200605"/>
+    <s v="2006 May"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200605"/>
+    <s v="2006 May"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200606"/>
+    <s v="2006 June"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200606"/>
+    <s v="2006 June"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200606"/>
+    <s v="2006 June"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200606"/>
+    <s v="2006 June"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200607"/>
+    <s v="2006 July"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200607"/>
+    <s v="2006 July"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200607"/>
+    <s v="2006 July"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200607"/>
+    <s v="2006 July"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200608"/>
+    <s v="2006 August"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200608"/>
+    <s v="2006 August"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200608"/>
+    <s v="2006 August"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200608"/>
+    <s v="2006 August"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200609"/>
+    <s v="2006 September"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200609"/>
+    <s v="2006 September"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200609"/>
+    <s v="2006 September"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200609"/>
+    <s v="2006 September"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200610"/>
+    <s v="2006 October"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200610"/>
+    <s v="2006 October"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200610"/>
+    <s v="2006 October"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200610"/>
+    <s v="2006 October"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200611"/>
+    <s v="2006 November"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200611"/>
+    <s v="2006 November"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200611"/>
+    <s v="2006 November"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200611"/>
+    <s v="2006 November"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200612"/>
+    <s v="2006 December"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200612"/>
+    <s v="2006 December"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200612"/>
+    <s v="2006 December"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200612"/>
+    <s v="2006 December"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200701"/>
+    <s v="2007 January"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200701"/>
+    <s v="2007 January"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200701"/>
+    <s v="2007 January"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200701"/>
+    <s v="2007 January"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200702"/>
+    <s v="2007 February"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200702"/>
+    <s v="2007 February"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200702"/>
+    <s v="2007 February"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200702"/>
+    <s v="2007 February"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200703"/>
+    <s v="2007 March"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200703"/>
+    <s v="2007 March"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200703"/>
+    <s v="2007 March"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200703"/>
+    <s v="2007 March"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200704"/>
+    <s v="2007 April"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200704"/>
+    <s v="2007 April"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200704"/>
+    <s v="2007 April"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200704"/>
+    <s v="2007 April"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200705"/>
+    <s v="2007 May"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200705"/>
+    <s v="2007 May"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200705"/>
+    <s v="2007 May"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200705"/>
+    <s v="2007 May"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200706"/>
+    <s v="2007 June"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200706"/>
+    <s v="2007 June"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200706"/>
+    <s v="2007 June"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200706"/>
+    <s v="2007 June"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200707"/>
+    <s v="2007 July"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200707"/>
+    <s v="2007 July"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200707"/>
+    <s v="2007 July"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200707"/>
+    <s v="2007 July"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200708"/>
+    <s v="2007 August"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200708"/>
+    <s v="2007 August"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200708"/>
+    <s v="2007 August"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200708"/>
+    <s v="2007 August"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200709"/>
+    <s v="2007 September"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200709"/>
+    <s v="2007 September"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200709"/>
+    <s v="2007 September"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200709"/>
+    <s v="2007 September"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200710"/>
+    <s v="2007 October"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200710"/>
+    <s v="2007 October"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200710"/>
+    <s v="2007 October"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200710"/>
+    <s v="2007 October"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200711"/>
+    <s v="2007 November"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200711"/>
+    <s v="2007 November"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200711"/>
+    <s v="2007 November"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200711"/>
+    <s v="2007 November"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200712"/>
+    <s v="2007 December"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200712"/>
+    <s v="2007 December"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200712"/>
+    <s v="2007 December"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200712"/>
+    <s v="2007 December"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200801"/>
+    <s v="2008 January"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200801"/>
+    <s v="2008 January"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200801"/>
+    <s v="2008 January"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200801"/>
+    <s v="2008 January"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200802"/>
+    <s v="2008 February"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200802"/>
+    <s v="2008 February"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200802"/>
+    <s v="2008 February"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200802"/>
+    <s v="2008 February"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200803"/>
+    <s v="2008 March"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200803"/>
+    <s v="2008 March"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200803"/>
+    <s v="2008 March"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200803"/>
+    <s v="2008 March"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200804"/>
+    <s v="2008 April"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200804"/>
+    <s v="2008 April"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200804"/>
+    <s v="2008 April"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200804"/>
+    <s v="2008 April"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200805"/>
+    <s v="2008 May"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200805"/>
+    <s v="2008 May"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200805"/>
+    <s v="2008 May"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200805"/>
+    <s v="2008 May"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200806"/>
+    <s v="2008 June"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200806"/>
+    <s v="2008 June"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200806"/>
+    <s v="2008 June"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200806"/>
+    <s v="2008 June"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200807"/>
+    <s v="2008 July"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200807"/>
+    <s v="2008 July"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200807"/>
+    <s v="2008 July"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200807"/>
+    <s v="2008 July"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200808"/>
+    <s v="2008 August"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200808"/>
+    <s v="2008 August"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200808"/>
+    <s v="2008 August"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200808"/>
+    <s v="2008 August"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200809"/>
+    <s v="2008 September"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200809"/>
+    <s v="2008 September"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200809"/>
+    <s v="2008 September"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200809"/>
+    <s v="2008 September"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200810"/>
+    <s v="2008 October"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200810"/>
+    <s v="2008 October"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200810"/>
+    <s v="2008 October"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200810"/>
+    <s v="2008 October"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200811"/>
+    <s v="2008 November"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200811"/>
+    <s v="2008 November"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200811"/>
+    <s v="2008 November"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200811"/>
+    <s v="2008 November"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200812"/>
+    <s v="2008 December"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200812"/>
+    <s v="2008 December"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200812"/>
+    <s v="2008 December"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200812"/>
+    <s v="2008 December"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200901"/>
+    <s v="2009 January"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200901"/>
+    <s v="2009 January"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200901"/>
+    <s v="2009 January"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200901"/>
+    <s v="2009 January"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200902"/>
+    <s v="2009 February"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200902"/>
+    <s v="2009 February"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200902"/>
+    <s v="2009 February"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200902"/>
+    <s v="2009 February"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200903"/>
+    <s v="2009 March"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200903"/>
+    <s v="2009 March"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200903"/>
+    <s v="2009 March"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200903"/>
+    <s v="2009 March"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200904"/>
+    <s v="2009 April"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200904"/>
+    <s v="2009 April"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200904"/>
+    <s v="2009 April"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200904"/>
+    <s v="2009 April"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200905"/>
+    <s v="2009 May"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200905"/>
+    <s v="2009 May"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200905"/>
+    <s v="2009 May"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200905"/>
+    <s v="2009 May"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200906"/>
+    <s v="2009 June"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200906"/>
+    <s v="2009 June"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200906"/>
+    <s v="2009 June"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200906"/>
+    <s v="2009 June"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200907"/>
+    <s v="2009 July"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200907"/>
+    <s v="2009 July"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200907"/>
+    <s v="2009 July"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200907"/>
+    <s v="2009 July"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200908"/>
+    <s v="2009 August"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200908"/>
+    <s v="2009 August"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200908"/>
+    <s v="2009 August"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200908"/>
+    <s v="2009 August"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200909"/>
+    <s v="2009 September"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200909"/>
+    <s v="2009 September"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200909"/>
+    <s v="2009 September"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200909"/>
+    <s v="2009 September"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200910"/>
+    <s v="2009 October"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200910"/>
+    <s v="2009 October"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200910"/>
+    <s v="2009 October"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200910"/>
+    <s v="2009 October"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200911"/>
+    <s v="2009 November"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200911"/>
+    <s v="2009 November"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200911"/>
+    <s v="2009 November"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200911"/>
+    <s v="2009 November"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200912"/>
+    <s v="2009 December"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200912"/>
+    <s v="2009 December"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200912"/>
+    <s v="2009 December"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="200912"/>
+    <s v="2009 December"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201001"/>
+    <s v="2010 January"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201001"/>
+    <s v="2010 January"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201001"/>
+    <s v="2010 January"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201001"/>
+    <s v="2010 January"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201002"/>
+    <s v="2010 February"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201002"/>
+    <s v="2010 February"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201002"/>
+    <s v="2010 February"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201002"/>
+    <s v="2010 February"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201003"/>
+    <s v="2010 March"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201003"/>
+    <s v="2010 March"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201003"/>
+    <s v="2010 March"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201003"/>
+    <s v="2010 March"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201004"/>
+    <s v="2010 April"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201004"/>
+    <s v="2010 April"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201004"/>
+    <s v="2010 April"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201004"/>
+    <s v="2010 April"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201005"/>
+    <s v="2010 May"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201005"/>
+    <s v="2010 May"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201005"/>
+    <s v="2010 May"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201005"/>
+    <s v="2010 May"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201006"/>
+    <s v="2010 June"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201006"/>
+    <s v="2010 June"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201006"/>
+    <s v="2010 June"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201006"/>
+    <s v="2010 June"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201007"/>
+    <s v="2010 July"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201007"/>
+    <s v="2010 July"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201007"/>
+    <s v="2010 July"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201007"/>
+    <s v="2010 July"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201008"/>
+    <s v="2010 August"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201008"/>
+    <s v="2010 August"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201008"/>
+    <s v="2010 August"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201008"/>
+    <s v="2010 August"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201009"/>
+    <s v="2010 September"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201009"/>
+    <s v="2010 September"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201009"/>
+    <s v="2010 September"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201009"/>
+    <s v="2010 September"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201010"/>
+    <s v="2010 October"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201010"/>
+    <s v="2010 October"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201010"/>
+    <s v="2010 October"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201010"/>
+    <s v="2010 October"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201011"/>
+    <s v="2010 November"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201011"/>
+    <s v="2010 November"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201011"/>
+    <s v="2010 November"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201011"/>
+    <s v="2010 November"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201012"/>
+    <s v="2010 December"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201012"/>
+    <s v="2010 December"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201012"/>
+    <s v="2010 December"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201012"/>
+    <s v="2010 December"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201101"/>
+    <s v="2011 January"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201101"/>
+    <s v="2011 January"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201101"/>
+    <s v="2011 January"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201101"/>
+    <s v="2011 January"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201102"/>
+    <s v="2011 February"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201102"/>
+    <s v="2011 February"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201102"/>
+    <s v="2011 February"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201102"/>
+    <s v="2011 February"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201103"/>
+    <s v="2011 March"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201103"/>
+    <s v="2011 March"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201103"/>
+    <s v="2011 March"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201103"/>
+    <s v="2011 March"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201104"/>
+    <s v="2011 April"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201104"/>
+    <s v="2011 April"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201104"/>
+    <s v="2011 April"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201104"/>
+    <s v="2011 April"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201105"/>
+    <s v="2011 May"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201105"/>
+    <s v="2011 May"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201105"/>
+    <s v="2011 May"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201105"/>
+    <s v="2011 May"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201106"/>
+    <s v="2011 June"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201106"/>
+    <s v="2011 June"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201106"/>
+    <s v="2011 June"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201106"/>
+    <s v="2011 June"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201107"/>
+    <s v="2011 July"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201107"/>
+    <s v="2011 July"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201107"/>
+    <s v="2011 July"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201107"/>
+    <s v="2011 July"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201108"/>
+    <s v="2011 August"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201108"/>
+    <s v="2011 August"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201108"/>
+    <s v="2011 August"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201108"/>
+    <s v="2011 August"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201109"/>
+    <s v="2011 September"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201109"/>
+    <s v="2011 September"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201109"/>
+    <s v="2011 September"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201109"/>
+    <s v="2011 September"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201110"/>
+    <s v="2011 October"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201110"/>
+    <s v="2011 October"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201110"/>
+    <s v="2011 October"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201110"/>
+    <s v="2011 October"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201111"/>
+    <s v="2011 November"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201111"/>
+    <s v="2011 November"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201111"/>
+    <s v="2011 November"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201111"/>
+    <s v="2011 November"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201112"/>
+    <s v="2011 December"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201112"/>
+    <s v="2011 December"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201112"/>
+    <s v="2011 December"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201112"/>
+    <s v="2011 December"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201201"/>
+    <s v="2012 January"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201201"/>
+    <s v="2012 January"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201201"/>
+    <s v="2012 January"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201201"/>
+    <s v="2012 January"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201202"/>
+    <s v="2012 February"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201202"/>
+    <s v="2012 February"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201202"/>
+    <s v="2012 February"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201202"/>
+    <s v="2012 February"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201203"/>
+    <s v="2012 March"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201203"/>
+    <s v="2012 March"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201203"/>
+    <s v="2012 March"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201203"/>
+    <s v="2012 March"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201204"/>
+    <s v="2012 April"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201204"/>
+    <s v="2012 April"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201204"/>
+    <s v="2012 April"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201204"/>
+    <s v="2012 April"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201205"/>
+    <s v="2012 May"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201205"/>
+    <s v="2012 May"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201205"/>
+    <s v="2012 May"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201205"/>
+    <s v="2012 May"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201206"/>
+    <s v="2012 June"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201206"/>
+    <s v="2012 June"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201206"/>
+    <s v="2012 June"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201206"/>
+    <s v="2012 June"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201207"/>
+    <s v="2012 July"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201207"/>
+    <s v="2012 July"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201207"/>
+    <s v="2012 July"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201207"/>
+    <s v="2012 July"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201208"/>
+    <s v="2012 August"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201208"/>
+    <s v="2012 August"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201208"/>
+    <s v="2012 August"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201208"/>
+    <s v="2012 August"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201209"/>
+    <s v="2012 September"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201209"/>
+    <s v="2012 September"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201209"/>
+    <s v="2012 September"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201209"/>
+    <s v="2012 September"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201210"/>
+    <s v="2012 October"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201210"/>
+    <s v="2012 October"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201210"/>
+    <s v="2012 October"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201210"/>
+    <s v="2012 October"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201211"/>
+    <s v="2012 November"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201211"/>
+    <s v="2012 November"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201211"/>
+    <s v="2012 November"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201211"/>
+    <s v="2012 November"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201212"/>
+    <s v="2012 December"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201212"/>
+    <s v="2012 December"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201212"/>
+    <s v="2012 December"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201212"/>
+    <s v="2012 December"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201301"/>
+    <s v="2013 January"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201301"/>
+    <s v="2013 January"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201301"/>
+    <s v="2013 January"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201301"/>
+    <s v="2013 January"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201302"/>
+    <s v="2013 February"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201302"/>
+    <s v="2013 February"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201302"/>
+    <s v="2013 February"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201302"/>
+    <s v="2013 February"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201303"/>
+    <s v="2013 March"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201303"/>
+    <s v="2013 March"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201303"/>
+    <s v="2013 March"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201303"/>
+    <s v="2013 March"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201304"/>
+    <s v="2013 April"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201304"/>
+    <s v="2013 April"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201304"/>
+    <s v="2013 April"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201304"/>
+    <s v="2013 April"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201305"/>
+    <s v="2013 May"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201305"/>
+    <s v="2013 May"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201305"/>
+    <s v="2013 May"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201305"/>
+    <s v="2013 May"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201306"/>
+    <s v="2013 June"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201306"/>
+    <s v="2013 June"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201306"/>
+    <s v="2013 June"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201306"/>
+    <s v="2013 June"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201307"/>
+    <s v="2013 July"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201307"/>
+    <s v="2013 July"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201307"/>
+    <s v="2013 July"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201307"/>
+    <s v="2013 July"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201308"/>
+    <s v="2013 August"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201308"/>
+    <s v="2013 August"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201308"/>
+    <s v="2013 August"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201308"/>
+    <s v="2013 August"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201309"/>
+    <s v="2013 September"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201309"/>
+    <s v="2013 September"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201309"/>
+    <s v="2013 September"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201309"/>
+    <s v="2013 September"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201310"/>
+    <s v="2013 October"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201310"/>
+    <s v="2013 October"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201310"/>
+    <s v="2013 October"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201310"/>
+    <s v="2013 October"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201311"/>
+    <s v="2013 November"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201311"/>
+    <s v="2013 November"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201311"/>
+    <s v="2013 November"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201311"/>
+    <s v="2013 November"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201312"/>
+    <s v="2013 December"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201312"/>
+    <s v="2013 December"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201312"/>
+    <s v="2013 December"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201312"/>
+    <s v="2013 December"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201401"/>
+    <s v="2014 January"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201401"/>
+    <s v="2014 January"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201401"/>
+    <s v="2014 January"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201401"/>
+    <s v="2014 January"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201402"/>
+    <s v="2014 February"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201402"/>
+    <s v="2014 February"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201402"/>
+    <s v="2014 February"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201402"/>
+    <s v="2014 February"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201403"/>
+    <s v="2014 March"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201403"/>
+    <s v="2014 March"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201403"/>
+    <s v="2014 March"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201403"/>
+    <s v="2014 March"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201404"/>
+    <s v="2014 April"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201404"/>
+    <s v="2014 April"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201404"/>
+    <s v="2014 April"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201404"/>
+    <s v="2014 April"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201405"/>
+    <s v="2014 May"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201405"/>
+    <s v="2014 May"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201405"/>
+    <s v="2014 May"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201405"/>
+    <s v="2014 May"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201406"/>
+    <s v="2014 June"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201406"/>
+    <s v="2014 June"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201406"/>
+    <s v="2014 June"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201406"/>
+    <s v="2014 June"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201407"/>
+    <s v="2014 July"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201407"/>
+    <s v="2014 July"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201407"/>
+    <s v="2014 July"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201407"/>
+    <s v="2014 July"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201408"/>
+    <s v="2014 August"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201408"/>
+    <s v="2014 August"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201408"/>
+    <s v="2014 August"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201408"/>
+    <s v="2014 August"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201409"/>
+    <s v="2014 September"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201409"/>
+    <s v="2014 September"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201409"/>
+    <s v="2014 September"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201409"/>
+    <s v="2014 September"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201410"/>
+    <s v="2014 October"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201410"/>
+    <s v="2014 October"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201410"/>
+    <s v="2014 October"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201410"/>
+    <s v="2014 October"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201411"/>
+    <s v="2014 November"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201411"/>
+    <s v="2014 November"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201411"/>
+    <s v="2014 November"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201411"/>
+    <s v="2014 November"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201412"/>
+    <s v="2014 December"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201412"/>
+    <s v="2014 December"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201412"/>
+    <s v="2014 December"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201412"/>
+    <s v="2014 December"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201501"/>
+    <s v="2015 January"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201501"/>
+    <s v="2015 January"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201501"/>
+    <s v="2015 January"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201501"/>
+    <s v="2015 January"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201502"/>
+    <s v="2015 February"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201502"/>
+    <s v="2015 February"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201502"/>
+    <s v="2015 February"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201502"/>
+    <s v="2015 February"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201503"/>
+    <s v="2015 March"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201503"/>
+    <s v="2015 March"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201503"/>
+    <s v="2015 March"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201503"/>
+    <s v="2015 March"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201504"/>
+    <s v="2015 April"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201504"/>
+    <s v="2015 April"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201504"/>
+    <s v="2015 April"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201504"/>
+    <s v="2015 April"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201505"/>
+    <s v="2015 May"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201505"/>
+    <s v="2015 May"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201505"/>
+    <s v="2015 May"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201505"/>
+    <s v="2015 May"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201506"/>
+    <s v="2015 June"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201506"/>
+    <s v="2015 June"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201506"/>
+    <s v="2015 June"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201506"/>
+    <s v="2015 June"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201507"/>
+    <s v="2015 July"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201507"/>
+    <s v="2015 July"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201507"/>
+    <s v="2015 July"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201507"/>
+    <s v="2015 July"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201508"/>
+    <s v="2015 August"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201508"/>
+    <s v="2015 August"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201508"/>
+    <s v="2015 August"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201508"/>
+    <s v="2015 August"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201509"/>
+    <s v="2015 September"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201509"/>
+    <s v="2015 September"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201509"/>
+    <s v="2015 September"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201509"/>
+    <s v="2015 September"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201510"/>
+    <s v="2015 October"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201510"/>
+    <s v="2015 October"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201510"/>
+    <s v="2015 October"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201510"/>
+    <s v="2015 October"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201511"/>
+    <s v="2015 November"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201511"/>
+    <s v="2015 November"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201511"/>
+    <s v="2015 November"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201511"/>
+    <s v="2015 November"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201512"/>
+    <s v="2015 December"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201512"/>
+    <s v="2015 December"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201512"/>
+    <s v="2015 December"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201512"/>
+    <s v="2015 December"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201601"/>
+    <s v="2016 January"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201601"/>
+    <s v="2016 January"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201601"/>
+    <s v="2016 January"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201601"/>
+    <s v="2016 January"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201602"/>
+    <s v="2016 February"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201602"/>
+    <s v="2016 February"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201602"/>
+    <s v="2016 February"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201602"/>
+    <s v="2016 February"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201603"/>
+    <s v="2016 March"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201603"/>
+    <s v="2016 March"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201603"/>
+    <s v="2016 March"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201603"/>
+    <s v="2016 March"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201604"/>
+    <s v="2016 April"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201604"/>
+    <s v="2016 April"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201604"/>
+    <s v="2016 April"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201604"/>
+    <s v="2016 April"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201605"/>
+    <s v="2016 May"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201605"/>
+    <s v="2016 May"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201605"/>
+    <s v="2016 May"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201605"/>
+    <s v="2016 May"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201606"/>
+    <s v="2016 June"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201606"/>
+    <s v="2016 June"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201606"/>
+    <s v="2016 June"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201606"/>
+    <s v="2016 June"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201607"/>
+    <s v="2016 July"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201607"/>
+    <s v="2016 July"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201607"/>
+    <s v="2016 July"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201607"/>
+    <s v="2016 July"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201608"/>
+    <s v="2016 August"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201608"/>
+    <s v="2016 August"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201608"/>
+    <s v="2016 August"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201608"/>
+    <s v="2016 August"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201609"/>
+    <s v="2016 September"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201609"/>
+    <s v="2016 September"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201609"/>
+    <s v="2016 September"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201609"/>
+    <s v="2016 September"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201610"/>
+    <s v="2016 October"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201610"/>
+    <s v="2016 October"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201610"/>
+    <s v="2016 October"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201610"/>
+    <s v="2016 October"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201611"/>
+    <s v="2016 November"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201611"/>
+    <s v="2016 November"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201611"/>
+    <s v="2016 November"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201611"/>
+    <s v="2016 November"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201612"/>
+    <s v="2016 December"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201612"/>
+    <s v="2016 December"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201612"/>
+    <s v="2016 December"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201612"/>
+    <s v="2016 December"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201701"/>
+    <s v="2017 January"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201701"/>
+    <s v="2017 January"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201701"/>
+    <s v="2017 January"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201701"/>
+    <s v="2017 January"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201702"/>
+    <s v="2017 February"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201702"/>
+    <s v="2017 February"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201702"/>
+    <s v="2017 February"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201702"/>
+    <s v="2017 February"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201703"/>
+    <s v="2017 March"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201703"/>
+    <s v="2017 March"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201703"/>
+    <s v="2017 March"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201703"/>
+    <s v="2017 March"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201704"/>
+    <s v="2017 April"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201704"/>
+    <s v="2017 April"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201704"/>
+    <s v="2017 April"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201704"/>
+    <s v="2017 April"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201705"/>
+    <s v="2017 May"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201705"/>
+    <s v="2017 May"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201705"/>
+    <s v="2017 May"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201705"/>
+    <s v="2017 May"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201706"/>
+    <s v="2017 June"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201706"/>
+    <s v="2017 June"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201706"/>
+    <s v="2017 June"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201706"/>
+    <s v="2017 June"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201707"/>
+    <s v="2017 July"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201707"/>
+    <s v="2017 July"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201707"/>
+    <s v="2017 July"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201707"/>
+    <s v="2017 July"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201708"/>
+    <s v="2017 August"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201708"/>
+    <s v="2017 August"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201708"/>
+    <s v="2017 August"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201708"/>
+    <s v="2017 August"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201709"/>
+    <s v="2017 September"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201709"/>
+    <s v="2017 September"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201709"/>
+    <s v="2017 September"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201709"/>
+    <s v="2017 September"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201710"/>
+    <s v="2017 October"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201710"/>
+    <s v="2017 October"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201710"/>
+    <s v="2017 October"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201710"/>
+    <s v="2017 October"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201711"/>
+    <s v="2017 November"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201711"/>
+    <s v="2017 November"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201711"/>
+    <s v="2017 November"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201711"/>
+    <s v="2017 November"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201712"/>
+    <s v="2017 December"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201712"/>
+    <s v="2017 December"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201712"/>
+    <s v="2017 December"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201712"/>
+    <s v="2017 December"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201801"/>
+    <s v="2018 January"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201801"/>
+    <s v="2018 January"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201801"/>
+    <s v="2018 January"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201801"/>
+    <s v="2018 January"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201802"/>
+    <s v="2018 February"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201802"/>
+    <s v="2018 February"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201802"/>
+    <s v="2018 February"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201802"/>
+    <s v="2018 February"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201803"/>
+    <s v="2018 March"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201803"/>
+    <s v="2018 March"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201803"/>
+    <s v="2018 March"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201803"/>
+    <s v="2018 March"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201804"/>
+    <s v="2018 April"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201804"/>
+    <s v="2018 April"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201804"/>
+    <s v="2018 April"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201804"/>
+    <s v="2018 April"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201805"/>
+    <s v="2018 May"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201805"/>
+    <s v="2018 May"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201805"/>
+    <s v="2018 May"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201805"/>
+    <s v="2018 May"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201806"/>
+    <s v="2018 June"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201806"/>
+    <s v="2018 June"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201806"/>
+    <s v="2018 June"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201806"/>
+    <s v="2018 June"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201807"/>
+    <s v="2018 July"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201807"/>
+    <s v="2018 July"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201807"/>
+    <s v="2018 July"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201807"/>
+    <s v="2018 July"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201808"/>
+    <s v="2018 August"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201808"/>
+    <s v="2018 August"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201808"/>
+    <s v="2018 August"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201808"/>
+    <s v="2018 August"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201809"/>
+    <s v="2018 September"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201809"/>
+    <s v="2018 September"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201809"/>
+    <s v="2018 September"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201809"/>
+    <s v="2018 September"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201810"/>
+    <s v="2018 October"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201810"/>
+    <s v="2018 October"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201810"/>
+    <s v="2018 October"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201810"/>
+    <s v="2018 October"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201811"/>
+    <s v="2018 November"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201811"/>
+    <s v="2018 November"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201811"/>
+    <s v="2018 November"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201811"/>
+    <s v="2018 November"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201812"/>
+    <s v="2018 December"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201812"/>
+    <s v="2018 December"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201812"/>
+    <s v="2018 December"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201812"/>
+    <s v="2018 December"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201901"/>
+    <s v="2019 January"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201901"/>
+    <s v="2019 January"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201901"/>
+    <s v="2019 January"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201901"/>
+    <s v="2019 January"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201902"/>
+    <s v="2019 February"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201902"/>
+    <s v="2019 February"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201902"/>
+    <s v="2019 February"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201902"/>
+    <s v="2019 February"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201903"/>
+    <s v="2019 March"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201903"/>
+    <s v="2019 March"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201903"/>
+    <s v="2019 March"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201903"/>
+    <s v="2019 March"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201904"/>
+    <s v="2019 April"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201904"/>
+    <s v="2019 April"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201904"/>
+    <s v="2019 April"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201904"/>
+    <s v="2019 April"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201905"/>
+    <s v="2019 May"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201905"/>
+    <s v="2019 May"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201905"/>
+    <s v="2019 May"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201905"/>
+    <s v="2019 May"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201906"/>
+    <s v="2019 June"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201906"/>
+    <s v="2019 June"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201906"/>
+    <s v="2019 June"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201906"/>
+    <s v="2019 June"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201907"/>
+    <s v="2019 July"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201907"/>
+    <s v="2019 July"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201907"/>
+    <s v="2019 July"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201907"/>
+    <s v="2019 July"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201908"/>
+    <s v="2019 August"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201908"/>
+    <s v="2019 August"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201908"/>
+    <s v="2019 August"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201908"/>
+    <s v="2019 August"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201909"/>
+    <s v="2019 September"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201909"/>
+    <s v="2019 September"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201909"/>
+    <s v="2019 September"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201909"/>
+    <s v="2019 September"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201910"/>
+    <s v="2019 October"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201910"/>
+    <s v="2019 October"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201910"/>
+    <s v="2019 October"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201910"/>
+    <s v="2019 October"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201911"/>
+    <s v="2019 November"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201911"/>
+    <s v="2019 November"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201911"/>
+    <s v="2019 November"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201911"/>
+    <s v="2019 November"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201912"/>
+    <s v="2019 December"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201912"/>
+    <s v="2019 December"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201912"/>
+    <s v="2019 December"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="201912"/>
+    <s v="2019 December"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202001"/>
+    <s v="2020 January"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202001"/>
+    <s v="2020 January"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202001"/>
+    <s v="2020 January"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202001"/>
+    <s v="2020 January"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202002"/>
+    <s v="2020 February"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202002"/>
+    <s v="2020 February"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202002"/>
+    <s v="2020 February"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202002"/>
+    <s v="2020 February"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202003"/>
+    <s v="2020 March"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202003"/>
+    <s v="2020 March"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202003"/>
+    <s v="2020 March"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202003"/>
+    <s v="2020 March"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202004"/>
+    <s v="2020 April"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202004"/>
+    <s v="2020 April"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202004"/>
+    <s v="2020 April"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202004"/>
+    <s v="2020 April"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202005"/>
+    <s v="2020 May"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202005"/>
+    <s v="2020 May"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202005"/>
+    <s v="2020 May"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202005"/>
+    <s v="2020 May"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202006"/>
+    <s v="2020 June"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202006"/>
+    <s v="2020 June"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202006"/>
+    <s v="2020 June"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202006"/>
+    <s v="2020 June"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202007"/>
+    <s v="2020 July"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202007"/>
+    <s v="2020 July"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202007"/>
+    <s v="2020 July"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202007"/>
+    <s v="2020 July"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202008"/>
+    <s v="2020 August"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202008"/>
+    <s v="2020 August"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202008"/>
+    <s v="2020 August"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202008"/>
+    <s v="2020 August"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202009"/>
+    <s v="2020 September"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202009"/>
+    <s v="2020 September"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202009"/>
+    <s v="2020 September"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202009"/>
+    <s v="2020 September"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202010"/>
+    <s v="2020 October"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202010"/>
+    <s v="2020 October"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202010"/>
+    <s v="2020 October"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202010"/>
+    <s v="2020 October"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202011"/>
+    <s v="2020 November"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202011"/>
+    <s v="2020 November"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202011"/>
+    <s v="2020 November"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202011"/>
+    <s v="2020 November"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202012"/>
+    <s v="2020 December"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202012"/>
+    <s v="2020 December"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202012"/>
+    <s v="2020 December"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202012"/>
+    <s v="2020 December"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202101"/>
+    <s v="2021 January"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202101"/>
+    <s v="2021 January"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202101"/>
+    <s v="2021 January"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202101"/>
+    <s v="2021 January"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202102"/>
+    <s v="2021 February"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202102"/>
+    <s v="2021 February"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202102"/>
+    <s v="2021 February"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202102"/>
+    <s v="2021 February"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202103"/>
+    <s v="2021 March"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202103"/>
+    <s v="2021 March"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202103"/>
+    <s v="2021 March"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202103"/>
+    <s v="2021 March"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202104"/>
+    <s v="2021 April"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202104"/>
+    <s v="2021 April"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202104"/>
+    <s v="2021 April"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202104"/>
+    <s v="2021 April"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202105"/>
+    <s v="2021 May"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202105"/>
+    <s v="2021 May"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202105"/>
+    <s v="2021 May"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202105"/>
+    <s v="2021 May"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202106"/>
+    <s v="2021 June"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202106"/>
+    <s v="2021 June"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202106"/>
+    <s v="2021 June"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202106"/>
+    <s v="2021 June"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202107"/>
+    <s v="2021 July"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202107"/>
+    <s v="2021 July"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202107"/>
+    <s v="2021 July"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202107"/>
+    <s v="2021 July"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202108"/>
+    <s v="2021 August"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202108"/>
+    <s v="2021 August"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202108"/>
+    <s v="2021 August"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202108"/>
+    <s v="2021 August"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202109"/>
+    <s v="2021 September"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202109"/>
+    <s v="2021 September"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202109"/>
+    <s v="2021 September"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202109"/>
+    <s v="2021 September"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202110"/>
+    <s v="2021 October"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202110"/>
+    <s v="2021 October"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202110"/>
+    <s v="2021 October"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202110"/>
+    <s v="2021 October"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202111"/>
+    <s v="2021 November"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202111"/>
+    <s v="2021 November"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202111"/>
+    <s v="2021 November"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202111"/>
+    <s v="2021 November"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202112"/>
+    <s v="2021 December"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202112"/>
+    <s v="2021 December"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202112"/>
+    <s v="2021 December"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202112"/>
+    <s v="2021 December"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202201"/>
+    <s v="2022 January"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202201"/>
+    <s v="2022 January"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202201"/>
+    <s v="2022 January"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202201"/>
+    <s v="2022 January"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202202"/>
+    <s v="2022 February"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202202"/>
+    <s v="2022 February"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202202"/>
+    <s v="2022 February"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202202"/>
+    <s v="2022 February"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202203"/>
+    <s v="2022 March"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202203"/>
+    <s v="2022 March"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202203"/>
+    <s v="2022 March"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202203"/>
+    <s v="2022 March"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202204"/>
+    <s v="2022 April"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202204"/>
+    <s v="2022 April"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202204"/>
+    <s v="2022 April"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202204"/>
+    <s v="2022 April"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202205"/>
+    <s v="2022 May"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202205"/>
+    <s v="2022 May"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202205"/>
+    <s v="2022 May"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202205"/>
+    <s v="2022 May"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202206"/>
+    <s v="2022 June"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202206"/>
+    <s v="2022 June"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202206"/>
+    <s v="2022 June"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202206"/>
+    <s v="2022 June"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202207"/>
+    <s v="2022 July"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202207"/>
+    <s v="2022 July"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202207"/>
+    <s v="2022 July"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202207"/>
+    <s v="2022 July"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202208"/>
+    <s v="2022 August"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202208"/>
+    <s v="2022 August"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202208"/>
+    <s v="2022 August"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202208"/>
+    <s v="2022 August"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202209"/>
+    <s v="2022 September"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202209"/>
+    <s v="2022 September"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202209"/>
+    <s v="2022 September"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202209"/>
+    <s v="2022 September"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202210"/>
+    <s v="2022 October"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202210"/>
+    <s v="2022 October"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202210"/>
+    <s v="2022 October"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202210"/>
+    <s v="2022 October"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202211"/>
+    <s v="2022 November"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202211"/>
+    <s v="2022 November"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202211"/>
+    <s v="2022 November"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202211"/>
+    <s v="2022 November"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202212"/>
+    <s v="2022 December"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202212"/>
+    <s v="2022 December"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202212"/>
+    <s v="2022 December"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202212"/>
+    <s v="2022 December"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202301"/>
+    <s v="2023 January"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202301"/>
+    <s v="2023 January"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202301"/>
+    <s v="2023 January"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202301"/>
+    <s v="2023 January"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202302"/>
+    <s v="2023 February"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202302"/>
+    <s v="2023 February"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202302"/>
+    <s v="2023 February"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202302"/>
+    <s v="2023 February"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202303"/>
+    <s v="2023 March"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202303"/>
+    <s v="2023 March"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202303"/>
+    <s v="2023 March"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202303"/>
+    <s v="2023 March"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202304"/>
+    <s v="2023 April"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202304"/>
+    <s v="2023 April"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202304"/>
+    <s v="2023 April"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202304"/>
+    <s v="2023 April"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202305"/>
+    <s v="2023 May"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202305"/>
+    <s v="2023 May"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202305"/>
+    <s v="2023 May"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202305"/>
+    <s v="2023 May"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202306"/>
+    <s v="2023 June"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202306"/>
+    <s v="2023 June"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202306"/>
+    <s v="2023 June"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202306"/>
+    <s v="2023 June"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202307"/>
+    <s v="2023 July"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202307"/>
+    <s v="2023 July"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202307"/>
+    <s v="2023 July"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202307"/>
+    <s v="2023 July"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202308"/>
+    <s v="2023 August"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202308"/>
+    <s v="2023 August"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202308"/>
+    <s v="2023 August"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202308"/>
+    <s v="2023 August"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202309"/>
+    <s v="2023 September"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202309"/>
+    <s v="2023 September"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202309"/>
+    <s v="2023 September"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202309"/>
+    <s v="2023 September"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202310"/>
+    <s v="2023 October"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202310"/>
+    <s v="2023 October"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202310"/>
+    <s v="2023 October"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202310"/>
+    <s v="2023 October"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202311"/>
+    <s v="2023 November"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202311"/>
+    <s v="2023 November"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202311"/>
+    <s v="2023 November"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202311"/>
+    <s v="2023 November"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202312"/>
+    <s v="2023 December"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202312"/>
+    <s v="2023 December"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202312"/>
+    <s v="2023 December"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202312"/>
+    <s v="2023 December"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202401"/>
+    <s v="2024 January"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202401"/>
+    <s v="2024 January"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202401"/>
+    <s v="2024 January"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202401"/>
+    <s v="2024 January"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202402"/>
+    <s v="2024 February"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202402"/>
+    <s v="2024 February"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202402"/>
+    <s v="2024 February"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202402"/>
+    <s v="2024 February"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202403"/>
+    <s v="2024 March"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202403"/>
+    <s v="2024 March"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202403"/>
+    <s v="2024 March"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202403"/>
+    <s v="2024 March"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202404"/>
+    <s v="2024 April"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202404"/>
+    <s v="2024 April"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202404"/>
+    <s v="2024 April"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202404"/>
+    <s v="2024 April"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202405"/>
+    <s v="2024 May"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202405"/>
+    <s v="2024 May"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202405"/>
+    <s v="2024 May"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202405"/>
+    <s v="2024 May"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202406"/>
+    <s v="2024 June"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202406"/>
+    <s v="2024 June"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202406"/>
+    <s v="2024 June"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202406"/>
+    <s v="2024 June"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202407"/>
+    <s v="2024 July"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202407"/>
+    <s v="2024 July"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202407"/>
+    <s v="2024 July"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202407"/>
+    <s v="2024 July"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202408"/>
+    <s v="2024 August"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202408"/>
+    <s v="2024 August"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202408"/>
+    <s v="2024 August"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202408"/>
+    <s v="2024 August"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202409"/>
+    <s v="2024 September"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202409"/>
+    <s v="2024 September"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202409"/>
+    <s v="2024 September"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202409"/>
+    <s v="2024 September"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202410"/>
+    <s v="2024 October"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202410"/>
+    <s v="2024 October"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202410"/>
+    <s v="2024 October"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202410"/>
+    <s v="2024 October"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202411"/>
+    <s v="2024 November"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202411"/>
+    <s v="2024 November"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202411"/>
+    <s v="2024 November"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202411"/>
+    <s v="2024 November"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202412"/>
+    <s v="2024 December"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202412"/>
+    <s v="2024 December"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202412"/>
+    <s v="2024 December"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202412"/>
+    <s v="2024 December"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202501"/>
+    <s v="2025 January"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202501"/>
+    <s v="2025 January"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202501"/>
+    <s v="2025 January"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202501"/>
+    <s v="2025 January"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202502"/>
+    <s v="2025 February"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202502"/>
+    <s v="2025 February"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202502"/>
+    <s v="2025 February"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202502"/>
+    <s v="2025 February"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202503"/>
+    <s v="2025 March"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202503"/>
+    <s v="2025 March"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202503"/>
+    <s v="2025 March"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202503"/>
+    <s v="2025 March"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202504"/>
+    <s v="2025 April"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202504"/>
+    <s v="2025 April"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202504"/>
+    <s v="2025 April"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202504"/>
+    <s v="2025 April"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202505"/>
+    <s v="2025 May"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202505"/>
+    <s v="2025 May"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202505"/>
+    <s v="2025 May"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202505"/>
+    <s v="2025 May"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202506"/>
+    <s v="2025 June"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202506"/>
+    <s v="2025 June"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202506"/>
+    <s v="2025 June"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202506"/>
+    <s v="2025 June"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202507"/>
+    <s v="2025 July"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202507"/>
+    <s v="2025 July"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202507"/>
+    <s v="2025 July"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202507"/>
+    <s v="2025 July"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202508"/>
+    <s v="2025 August"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202508"/>
+    <s v="2025 August"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202508"/>
+    <s v="2025 August"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202508"/>
+    <s v="2025 August"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202509"/>
+    <s v="2025 September"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202509"/>
+    <s v="2025 September"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202509"/>
+    <s v="2025 September"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202509"/>
+    <s v="2025 September"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202510"/>
+    <s v="2025 October"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202510"/>
+    <s v="2025 October"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202510"/>
+    <s v="2025 October"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202510"/>
+    <s v="2025 October"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202511"/>
+    <s v="2025 November"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202511"/>
+    <s v="2025 November"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202511"/>
+    <s v="2025 November"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="FPM01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="202511"/>
+    <s v="2025 November"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="114"/>
+  </r>
+</pivotCacheRecords>
 </file>