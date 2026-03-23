--- v0 (2025-10-21)
+++ v1 (2026-03-23)
@@ -1,133 +1,133 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31009e0e6df64674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dbd01f2818f2449fa02609c523d08bb6.psmdcp" Id="R2ef137b0651e4db1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75fdbd693da94898" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ab6516a2fab54c04b943c0ff5b83e0fd.psmdcp" Id="R900f29a1ee2f4e46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>FPA01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Fuel Excise Clearance</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/8/2025 11:00:00 AM</x:t>
+    <x:t>20/03/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/FPA01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>FEC</x:t>
   </x:si>
   <x:si>
     <x:t>Fuel Excise Clearances</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Gerry Brady</x:t>
+    <x:t>Dympna Corry</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
-    <x:t>Gerry.Brady@cso.ie</x:t>
+    <x:t>Climateenergy@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 1 498 4201</x:t>
+    <x:t>(+353) 1 498 4207</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -282,50 +282,53 @@
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -463,392 +466,171 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03636V04376" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Fuel Type" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H176" totalsRowShown="0">
-  <x:autoFilter ref="A1:H176"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H183" totalsRowShown="0">
+  <x:autoFilter ref="A1:H183"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03636V04376"/>
     <x:tableColumn id="6" name="Fuel Type"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1112,51 +894,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/FPA01/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1343,55 +1125,55 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H176"/>
+  <x:dimension ref="A1:H183"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="19.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="15.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -5939,63 +5721,245 @@
       <x:c r="A176" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H176" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
+    <x:row r="177" spans="1:8">
+      <x:c r="A177" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B177" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C177" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D177" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E177" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="F177" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="G177" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H177" s="0">
+        <x:v>3407</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="178" spans="1:8">
+      <x:c r="A178" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B178" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C178" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D178" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E178" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F178" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G178" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H178" s="0">
+        <x:v>1124</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="179" spans="1:8">
+      <x:c r="A179" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B179" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C179" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D179" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E179" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F179" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="G179" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H179" s="0">
+        <x:v>1137</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="180" spans="1:8">
+      <x:c r="A180" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B180" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C180" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D180" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E180" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F180" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G180" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H180" s="0">
+        <x:v>964</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="181" spans="1:8">
+      <x:c r="A181" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B181" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C181" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D181" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E181" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F181" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G181" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H181" s="0">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="182" spans="1:8">
+      <x:c r="A182" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B182" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C182" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D182" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E182" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F182" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G182" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H182" s="0">
+        <x:v>334</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="183" spans="1:8">
+      <x:c r="A183" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B183" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C183" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D183" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E183" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F183" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G183" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H183" s="0">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -6012,150 +5976,152 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H176" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="FPA01C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Fuel Excise Clearance"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
-      <x:sharedItems count="25">
+      <x:sharedItems count="26">
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
         <x:s v="2005"/>
         <x:s v="2006"/>
         <x:s v="2007"/>
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
+        <x:s v="2025"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
-      <x:sharedItems count="25">
+      <x:sharedItems count="26">
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
         <x:s v="2005"/>
         <x:s v="2006"/>
         <x:s v="2007"/>
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
+        <x:s v="2025"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03636V04376">
       <x:sharedItems count="7">
         <x:s v="1"/>
         <x:s v="2"/>
         <x:s v="3"/>
         <x:s v="4"/>
         <x:s v="5"/>
         <x:s v="6"/>
         <x:s v="7"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Fuel Type">
       <x:sharedItems count="7">
         <x:s v="Autodiesel"/>
         <x:s v="Unleaded petrol"/>
         <x:s v="Marked gas oil"/>
         <x:s v="Kerosene"/>
         <x:s v="Auto LPG"/>
         <x:s v="Other LPG"/>
         <x:s v="Fuel oil"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Million Litres"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="3679" count="151">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="3679" count="156">
         <x:n v="1992"/>
         <x:n v="1954"/>
         <x:n v="1596"/>
         <x:n v="789"/>
         <x:n v="4"/>
         <x:n v="285"/>
         <x:n v="1443"/>
         <x:n v="2150"/>
         <x:n v="2044"/>
         <x:n v="1630"/>
         <x:n v="950"/>
         <x:n v="3"/>
         <x:n v="277"/>
         <x:n v="1597"/>
         <x:n v="2263"/>
         <x:n v="2120"/>
         <x:n v="1547"/>
         <x:n v="939"/>
         <x:n v="2"/>
         <x:n v="267"/>
         <x:n v="1200"/>
         <x:n v="2299"/>
         <x:n v="2114"/>
         <x:n v="1565"/>
         <x:n v="983"/>
@@ -6263,34 +6229,1860 @@
         <x:n v="41"/>
         <x:n v="3398"/>
         <x:n v="825"/>
         <x:n v="1173"/>
         <x:n v="1107"/>
         <x:n v="352"/>
         <x:n v="35"/>
         <x:n v="3588"/>
         <x:n v="931"/>
         <x:n v="1147"/>
         <x:n v="922"/>
         <x:n v="344"/>
         <x:n v="34"/>
         <x:n v="3594"/>
         <x:n v="1010"/>
         <x:n v="1096"/>
         <x:n v="918"/>
         <x:n v="365"/>
         <x:n v="24"/>
         <x:n v="3539"/>
         <x:n v="1067"/>
         <x:n v="1123"/>
         <x:n v="973"/>
         <x:n v="392"/>
         <x:n v="12"/>
+        <x:n v="3407"/>
+        <x:n v="1137"/>
+        <x:n v="964"/>
+        <x:n v="334"/>
+        <x:n v="7"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="1992"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="1954"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="5"/>
+    <s v="Auto LPG"/>
+    <s v="Million Litres"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="6"/>
+    <s v="Other LPG"/>
+    <s v="Million Litres"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="7"/>
+    <s v="Fuel oil"/>
+    <s v="Million Litres"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="2150"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="2044"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="1630"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="5"/>
+    <s v="Auto LPG"/>
+    <s v="Million Litres"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="6"/>
+    <s v="Other LPG"/>
+    <s v="Million Litres"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="7"/>
+    <s v="Fuel oil"/>
+    <s v="Million Litres"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="2263"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="2120"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="5"/>
+    <s v="Auto LPG"/>
+    <s v="Million Litres"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="6"/>
+    <s v="Other LPG"/>
+    <s v="Million Litres"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="7"/>
+    <s v="Fuel oil"/>
+    <s v="Million Litres"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="2299"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="2114"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="5"/>
+    <s v="Auto LPG"/>
+    <s v="Million Litres"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="6"/>
+    <s v="Other LPG"/>
+    <s v="Million Litres"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="7"/>
+    <s v="Fuel oil"/>
+    <s v="Million Litres"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="2444"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="2188"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="5"/>
+    <s v="Auto LPG"/>
+    <s v="Million Litres"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="6"/>
+    <s v="Other LPG"/>
+    <s v="Million Litres"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="7"/>
+    <s v="Fuel oil"/>
+    <s v="Million Litres"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="2596"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="2264"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="5"/>
+    <s v="Auto LPG"/>
+    <s v="Million Litres"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="6"/>
+    <s v="Other LPG"/>
+    <s v="Million Litres"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="7"/>
+    <s v="Fuel oil"/>
+    <s v="Million Litres"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="2836"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="2330"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="5"/>
+    <s v="Auto LPG"/>
+    <s v="Million Litres"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="6"/>
+    <s v="Other LPG"/>
+    <s v="Million Litres"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="7"/>
+    <s v="Fuel oil"/>
+    <s v="Million Litres"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="3025"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="2377"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="5"/>
+    <s v="Auto LPG"/>
+    <s v="Million Litres"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="6"/>
+    <s v="Other LPG"/>
+    <s v="Million Litres"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="7"/>
+    <s v="Fuel oil"/>
+    <s v="Million Litres"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="2960"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="2310"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="1503"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="5"/>
+    <s v="Auto LPG"/>
+    <s v="Million Litres"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="6"/>
+    <s v="Other LPG"/>
+    <s v="Million Litres"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="7"/>
+    <s v="Fuel oil"/>
+    <s v="Million Litres"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="2714"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="2117"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="5"/>
+    <s v="Auto LPG"/>
+    <s v="Million Litres"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="6"/>
+    <s v="Other LPG"/>
+    <s v="Million Litres"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="7"/>
+    <s v="Fuel oil"/>
+    <s v="Million Litres"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="2560"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="1930"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="5"/>
+    <s v="Auto LPG"/>
+    <s v="Million Litres"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="6"/>
+    <s v="Other LPG"/>
+    <s v="Million Litres"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="7"/>
+    <s v="Fuel oil"/>
+    <s v="Million Litres"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="2563"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="5"/>
+    <s v="Auto LPG"/>
+    <s v="Million Litres"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="6"/>
+    <s v="Other LPG"/>
+    <s v="Million Litres"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="7"/>
+    <s v="Fuel oil"/>
+    <s v="Million Litres"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="2548"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="1668"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="5"/>
+    <s v="Auto LPG"/>
+    <s v="Million Litres"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="6"/>
+    <s v="Other LPG"/>
+    <s v="Million Litres"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="7"/>
+    <s v="Fuel oil"/>
+    <s v="Million Litres"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="2676"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="5"/>
+    <s v="Auto LPG"/>
+    <s v="Million Litres"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="6"/>
+    <s v="Other LPG"/>
+    <s v="Million Litres"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="7"/>
+    <s v="Fuel oil"/>
+    <s v="Million Litres"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="2847"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="1483"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="5"/>
+    <s v="Auto LPG"/>
+    <s v="Million Litres"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="6"/>
+    <s v="Other LPG"/>
+    <s v="Million Litres"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="7"/>
+    <s v="Fuel oil"/>
+    <s v="Million Litres"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="3106"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="5"/>
+    <s v="Auto LPG"/>
+    <s v="Million Litres"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="6"/>
+    <s v="Other LPG"/>
+    <s v="Million Litres"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="7"/>
+    <s v="Fuel oil"/>
+    <s v="Million Litres"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="3330"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="5"/>
+    <s v="Auto LPG"/>
+    <s v="Million Litres"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="6"/>
+    <s v="Other LPG"/>
+    <s v="Million Litres"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="7"/>
+    <s v="Fuel oil"/>
+    <s v="Million Litres"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="3571"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="5"/>
+    <s v="Auto LPG"/>
+    <s v="Million Litres"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="6"/>
+    <s v="Other LPG"/>
+    <s v="Million Litres"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="7"/>
+    <s v="Fuel oil"/>
+    <s v="Million Litres"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="3589"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Auto LPG"/>
+    <s v="Million Litres"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="6"/>
+    <s v="Other LPG"/>
+    <s v="Million Litres"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Fuel oil"/>
+    <s v="Million Litres"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="3679"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="5"/>
+    <s v="Auto LPG"/>
+    <s v="Million Litres"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="6"/>
+    <s v="Other LPG"/>
+    <s v="Million Litres"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="7"/>
+    <s v="Fuel oil"/>
+    <s v="Million Litres"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="3167"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Auto LPG"/>
+    <s v="Million Litres"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="6"/>
+    <s v="Other LPG"/>
+    <s v="Million Litres"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Fuel oil"/>
+    <s v="Million Litres"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="3398"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="5"/>
+    <s v="Auto LPG"/>
+    <s v="Million Litres"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="6"/>
+    <s v="Other LPG"/>
+    <s v="Million Litres"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="7"/>
+    <s v="Fuel oil"/>
+    <s v="Million Litres"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="3588"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="5"/>
+    <s v="Auto LPG"/>
+    <s v="Million Litres"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="6"/>
+    <s v="Other LPG"/>
+    <s v="Million Litres"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="7"/>
+    <s v="Fuel oil"/>
+    <s v="Million Litres"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="3594"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="5"/>
+    <s v="Auto LPG"/>
+    <s v="Million Litres"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="6"/>
+    <s v="Other LPG"/>
+    <s v="Million Litres"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="7"/>
+    <s v="Fuel oil"/>
+    <s v="Million Litres"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="3539"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="5"/>
+    <s v="Auto LPG"/>
+    <s v="Million Litres"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="6"/>
+    <s v="Other LPG"/>
+    <s v="Million Litres"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="7"/>
+    <s v="Fuel oil"/>
+    <s v="Million Litres"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="Million Litres"/>
+    <n v="3407"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="Million Litres"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="Million Litres"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="Million Litres"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="5"/>
+    <s v="Auto LPG"/>
+    <s v="Million Litres"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="6"/>
+    <s v="Other LPG"/>
+    <s v="Million Litres"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="FPA01C01"/>
+    <s v="Fuel Excise Clearance"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="7"/>
+    <s v="Fuel oil"/>
+    <s v="Million Litres"/>
+    <n v="7"/>
+  </r>
+</pivotCacheRecords>
 </file>