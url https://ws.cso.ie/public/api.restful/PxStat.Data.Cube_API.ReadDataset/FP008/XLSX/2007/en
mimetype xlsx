--- v0 (2025-11-08)
+++ v1 (2025-12-31)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44ebd7d4831f40df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9f7d03ad3d354f378ed9ff9e9b0884e8.psmdcp" Id="Re0288b76cb754c73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e1a74c9b1284162" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5690108c65d74e3a90c8904bf6d49081.psmdcp" Id="R1e7c3cab3a1348f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>FP008</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Housing Stock and Vacant Dwellings 2016 to 2022</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/23/2022 11:00:00 AM</x:t>
+    <x:t>23/06/2022 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Figures for 2022 are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/FP008/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2022SR</x:t>
   </x:si>
   <x:si>
     <x:t>Census 2022 Summary Results</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -574,427 +574,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...375 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Census Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03788V04538" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="County" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H271" totalsRowShown="0">
   <x:autoFilter ref="A1:H271"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Census Year"/>
     <x:tableColumn id="5" name="C03788V04538"/>
     <x:tableColumn id="6" name="County"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1263,51 +1010,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/FP008/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1496,51 +1243,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H271"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="35.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="37.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="15.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -8574,51 +8321,51 @@
       <x:c r="E271" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H271" s="0">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -8635,51 +8382,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H271" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="10">
         <x:s v="FP008C01"/>
         <x:s v="FP008C02"/>
         <x:s v="FP008C03"/>
         <x:s v="FP008C04"/>
         <x:s v="FP008C05"/>
         <x:s v="FP008C06"/>
         <x:s v="FP008C07"/>
         <x:s v="FP008C08"/>
         <x:s v="FP008C09"/>
         <x:s v="FP008C10"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="10">
         <x:s v="Housing Stock - 2016"/>
         <x:s v="Unoccupied Holiday Homes 2016"/>
         <x:s v="Vacant Dwellings 2016"/>
         <x:s v="Vacancy Rate - 2016"/>
         <x:s v="Housing Stock -2022"/>
         <x:s v="Unoccupied Holiday Homes 2022"/>
         <x:s v="Vacant Dwellings 2022"/>
@@ -9007,27 +8754,2728 @@
         <x:n v="5.2"/>
         <x:n v="6.3"/>
         <x:n v="-11.9"/>
         <x:n v="-19.3"/>
         <x:n v="-14.3"/>
         <x:n v="-17.2"/>
         <x:n v="-7"/>
         <x:n v="-13.5"/>
         <x:n v="-0.8"/>
         <x:n v="-0.4"/>
         <x:n v="0.9"/>
         <x:n v="-18.7"/>
         <x:n v="-14.9"/>
         <x:n v="-14.7"/>
         <x:n v="-24.6"/>
         <x:n v="-14.4"/>
         <x:n v="-9.1"/>
         <x:n v="1.6"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="FP008C01"/>
+    <s v="Housing Stock - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="2003645"/>
+  </r>
+  <r>
+    <s v="FP008C01"/>
+    <s v="Housing Stock - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="23274"/>
+  </r>
+  <r>
+    <s v="FP008C01"/>
+    <s v="Housing Stock - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="33585"/>
+  </r>
+  <r>
+    <s v="FP008C01"/>
+    <s v="Housing Stock - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="55779"/>
+  </r>
+  <r>
+    <s v="FP008C01"/>
+    <s v="Housing Stock - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="229495"/>
+  </r>
+  <r>
+    <s v="FP008C01"/>
+    <s v="Housing Stock - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="83931"/>
+  </r>
+  <r>
+    <s v="FP008C01"/>
+    <s v="Housing Stock - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="530753"/>
+  </r>
+  <r>
+    <s v="FP008C01"/>
+    <s v="Housing Stock - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="112054"/>
+  </r>
+  <r>
+    <s v="FP008C01"/>
+    <s v="Housing Stock - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="74094"/>
+  </r>
+  <r>
+    <s v="FP008C01"/>
+    <s v="Housing Stock - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="80158"/>
+  </r>
+  <r>
+    <s v="FP008C01"/>
+    <s v="Housing Stock - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="39226"/>
+  </r>
+  <r>
+    <s v="FP008C01"/>
+    <s v="Housing Stock - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="32794"/>
+  </r>
+  <r>
+    <s v="FP008C01"/>
+    <s v="Housing Stock - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="18051"/>
+  </r>
+  <r>
+    <s v="FP008C01"/>
+    <s v="Housing Stock - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="82112"/>
+  </r>
+  <r>
+    <s v="FP008C01"/>
+    <s v="Housing Stock - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="18591"/>
+  </r>
+  <r>
+    <s v="FP008C01"/>
+    <s v="Housing Stock - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="51399"/>
+  </r>
+  <r>
+    <s v="FP008C01"/>
+    <s v="Housing Stock - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="65921"/>
+  </r>
+  <r>
+    <s v="FP008C01"/>
+    <s v="Housing Stock - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="70649"/>
+  </r>
+  <r>
+    <s v="FP008C01"/>
+    <s v="Housing Stock - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="25311"/>
+  </r>
+  <r>
+    <s v="FP008C01"/>
+    <s v="Housing Stock - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="30740"/>
+  </r>
+  <r>
+    <s v="FP008C01"/>
+    <s v="Housing Stock - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="31285"/>
+  </r>
+  <r>
+    <s v="FP008C01"/>
+    <s v="Housing Stock - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="32764"/>
+  </r>
+  <r>
+    <s v="FP008C01"/>
+    <s v="Housing Stock - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="69106"/>
+  </r>
+  <r>
+    <s v="FP008C01"/>
+    <s v="Housing Stock - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="52491"/>
+  </r>
+  <r>
+    <s v="FP008C01"/>
+    <s v="Housing Stock - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="36890"/>
+  </r>
+  <r>
+    <s v="FP008C01"/>
+    <s v="Housing Stock - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="68206"/>
+  </r>
+  <r>
+    <s v="FP008C01"/>
+    <s v="Housing Stock - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="54986"/>
+  </r>
+  <r>
+    <s v="FP008C02"/>
+    <s v="Unoccupied Holiday Homes 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="62148"/>
+  </r>
+  <r>
+    <s v="FP008C02"/>
+    <s v="Unoccupied Holiday Homes 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="FP008C02"/>
+    <s v="Unoccupied Holiday Homes 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="FP008C02"/>
+    <s v="Unoccupied Holiday Homes 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="4821"/>
+  </r>
+  <r>
+    <s v="FP008C02"/>
+    <s v="Unoccupied Holiday Homes 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="7272"/>
+  </r>
+  <r>
+    <s v="FP008C02"/>
+    <s v="Unoccupied Holiday Homes 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="11288"/>
+  </r>
+  <r>
+    <s v="FP008C02"/>
+    <s v="Unoccupied Holiday Homes 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="FP008C02"/>
+    <s v="Unoccupied Holiday Homes 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="4119"/>
+  </r>
+  <r>
+    <s v="FP008C02"/>
+    <s v="Unoccupied Holiday Homes 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="8056"/>
+  </r>
+  <r>
+    <s v="FP008C02"/>
+    <s v="Unoccupied Holiday Homes 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="FP008C02"/>
+    <s v="Unoccupied Holiday Homes 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="FP008C02"/>
+    <s v="Unoccupied Holiday Homes 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="FP008C02"/>
+    <s v="Unoccupied Holiday Homes 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="FP008C02"/>
+    <s v="Unoccupied Holiday Homes 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="FP008C02"/>
+    <s v="Unoccupied Holiday Homes 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="FP008C02"/>
+    <s v="Unoccupied Holiday Homes 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="FP008C02"/>
+    <s v="Unoccupied Holiday Homes 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="4855"/>
+  </r>
+  <r>
+    <s v="FP008C02"/>
+    <s v="Unoccupied Holiday Homes 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="FP008C02"/>
+    <s v="Unoccupied Holiday Homes 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="FP008C02"/>
+    <s v="Unoccupied Holiday Homes 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="FP008C02"/>
+    <s v="Unoccupied Holiday Homes 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="FP008C02"/>
+    <s v="Unoccupied Holiday Homes 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="1844"/>
+  </r>
+  <r>
+    <s v="FP008C02"/>
+    <s v="Unoccupied Holiday Homes 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="FP008C02"/>
+    <s v="Unoccupied Holiday Homes 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="FP008C02"/>
+    <s v="Unoccupied Holiday Homes 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="FP008C02"/>
+    <s v="Unoccupied Holiday Homes 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="6629"/>
+  </r>
+  <r>
+    <s v="FP008C02"/>
+    <s v="Unoccupied Holiday Homes 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="FP008C03"/>
+    <s v="Vacant Dwellings 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="183312"/>
+  </r>
+  <r>
+    <s v="FP008C03"/>
+    <s v="Vacant Dwellings 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="1864"/>
+  </r>
+  <r>
+    <s v="FP008C03"/>
+    <s v="Vacant Dwellings 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="4829"/>
+  </r>
+  <r>
+    <s v="FP008C03"/>
+    <s v="Vacant Dwellings 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="6104"/>
+  </r>
+  <r>
+    <s v="FP008C03"/>
+    <s v="Vacant Dwellings 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="19937"/>
+  </r>
+  <r>
+    <s v="FP008C03"/>
+    <s v="Vacant Dwellings 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="11704"/>
+  </r>
+  <r>
+    <s v="FP008C03"/>
+    <s v="Vacant Dwellings 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="31459"/>
+  </r>
+  <r>
+    <s v="FP008C03"/>
+    <s v="Vacant Dwellings 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="12487"/>
+  </r>
+  <r>
+    <s v="FP008C03"/>
+    <s v="Vacant Dwellings 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="9691"/>
+  </r>
+  <r>
+    <s v="FP008C03"/>
+    <s v="Vacant Dwellings 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="4560"/>
+  </r>
+  <r>
+    <s v="FP008C03"/>
+    <s v="Vacant Dwellings 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="2995"/>
+  </r>
+  <r>
+    <s v="FP008C03"/>
+    <s v="Vacant Dwellings 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="3007"/>
+  </r>
+  <r>
+    <s v="FP008C03"/>
+    <s v="Vacant Dwellings 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="3589"/>
+  </r>
+  <r>
+    <s v="FP008C03"/>
+    <s v="Vacant Dwellings 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="7752"/>
+  </r>
+  <r>
+    <s v="FP008C03"/>
+    <s v="Vacant Dwellings 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="2824"/>
+  </r>
+  <r>
+    <s v="FP008C03"/>
+    <s v="Vacant Dwellings 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="3952"/>
+  </r>
+  <r>
+    <s v="FP008C03"/>
+    <s v="Vacant Dwellings 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="10597"/>
+  </r>
+  <r>
+    <s v="FP008C03"/>
+    <s v="Vacant Dwellings 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="4640"/>
+  </r>
+  <r>
+    <s v="FP008C03"/>
+    <s v="Vacant Dwellings 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="2884"/>
+  </r>
+  <r>
+    <s v="FP008C03"/>
+    <s v="Vacant Dwellings 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="2640"/>
+  </r>
+  <r>
+    <s v="FP008C03"/>
+    <s v="Vacant Dwellings 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="5323"/>
+  </r>
+  <r>
+    <s v="FP008C03"/>
+    <s v="Vacant Dwellings 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="4727"/>
+  </r>
+  <r>
+    <s v="FP008C03"/>
+    <s v="Vacant Dwellings 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="7493"/>
+  </r>
+  <r>
+    <s v="FP008C03"/>
+    <s v="Vacant Dwellings 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="5194"/>
+  </r>
+  <r>
+    <s v="FP008C03"/>
+    <s v="Vacant Dwellings 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="3728"/>
+  </r>
+  <r>
+    <s v="FP008C03"/>
+    <s v="Vacant Dwellings 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="5918"/>
+  </r>
+  <r>
+    <s v="FP008C03"/>
+    <s v="Vacant Dwellings 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="3414"/>
+  </r>
+  <r>
+    <s v="FP008C04"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="FP008C04"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="FP008C04"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="FP008C04"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="FP008C04"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="FP008C04"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="FP008C04"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="FP008C04"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="FP008C04"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="FP008C04"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="FP008C04"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="FP008C04"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="FP008C04"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="FP008C04"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="FP008C04"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="FP008C04"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="FP008C04"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="FP008C04"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="FP008C04"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="FP008C04"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="FP008C04"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="FP008C04"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="FP008C04"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="FP008C04"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="FP008C04"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="FP008C04"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="FP008C04"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="FP008C05"/>
+    <s v="Housing Stock -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="2124590"/>
+  </r>
+  <r>
+    <s v="FP008C05"/>
+    <s v="Housing Stock -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="24686"/>
+  </r>
+  <r>
+    <s v="FP008C05"/>
+    <s v="Housing Stock -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="34601"/>
+  </r>
+  <r>
+    <s v="FP008C05"/>
+    <s v="Housing Stock -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="58148"/>
+  </r>
+  <r>
+    <s v="FP008C05"/>
+    <s v="Housing Stock -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="242199"/>
+  </r>
+  <r>
+    <s v="FP008C05"/>
+    <s v="Housing Stock -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="86489"/>
+  </r>
+  <r>
+    <s v="FP008C05"/>
+    <s v="Housing Stock -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="568037"/>
+  </r>
+  <r>
+    <s v="FP008C05"/>
+    <s v="Housing Stock -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="118443"/>
+  </r>
+  <r>
+    <s v="FP008C05"/>
+    <s v="Housing Stock -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="77824"/>
+  </r>
+  <r>
+    <s v="FP008C05"/>
+    <s v="Housing Stock -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="89668"/>
+  </r>
+  <r>
+    <s v="FP008C05"/>
+    <s v="Housing Stock -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="41279"/>
+  </r>
+  <r>
+    <s v="FP008C05"/>
+    <s v="Housing Stock -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="34686"/>
+  </r>
+  <r>
+    <s v="FP008C05"/>
+    <s v="Housing Stock -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="18657"/>
+  </r>
+  <r>
+    <s v="FP008C05"/>
+    <s v="Housing Stock -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="85776"/>
+  </r>
+  <r>
+    <s v="FP008C05"/>
+    <s v="Housing Stock -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="19292"/>
+  </r>
+  <r>
+    <s v="FP008C05"/>
+    <s v="Housing Stock -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="55147"/>
+  </r>
+  <r>
+    <s v="FP008C05"/>
+    <s v="Housing Stock -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="68735"/>
+  </r>
+  <r>
+    <s v="FP008C05"/>
+    <s v="Housing Stock -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="79224"/>
+  </r>
+  <r>
+    <s v="FP008C05"/>
+    <s v="Housing Stock -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="26548"/>
+  </r>
+  <r>
+    <s v="FP008C05"/>
+    <s v="Housing Stock -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="32151"/>
+  </r>
+  <r>
+    <s v="FP008C05"/>
+    <s v="Housing Stock -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="32265"/>
+  </r>
+  <r>
+    <s v="FP008C05"/>
+    <s v="Housing Stock -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="33991"/>
+  </r>
+  <r>
+    <s v="FP008C05"/>
+    <s v="Housing Stock -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="71033"/>
+  </r>
+  <r>
+    <s v="FP008C05"/>
+    <s v="Housing Stock -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="55159"/>
+  </r>
+  <r>
+    <s v="FP008C05"/>
+    <s v="Housing Stock -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="38411"/>
+  </r>
+  <r>
+    <s v="FP008C05"/>
+    <s v="Housing Stock -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="72028"/>
+  </r>
+  <r>
+    <s v="FP008C05"/>
+    <s v="Housing Stock -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="60113"/>
+  </r>
+  <r>
+    <s v="FP008C06"/>
+    <s v="Unoccupied Holiday Homes 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="66135"/>
+  </r>
+  <r>
+    <s v="FP008C06"/>
+    <s v="Unoccupied Holiday Homes 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="FP008C06"/>
+    <s v="Unoccupied Holiday Homes 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="FP008C06"/>
+    <s v="Unoccupied Holiday Homes 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="4912"/>
+  </r>
+  <r>
+    <s v="FP008C06"/>
+    <s v="Unoccupied Holiday Homes 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="7280"/>
+  </r>
+  <r>
+    <s v="FP008C06"/>
+    <s v="Unoccupied Holiday Homes 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="12377"/>
+  </r>
+  <r>
+    <s v="FP008C06"/>
+    <s v="Unoccupied Holiday Homes 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="FP008C06"/>
+    <s v="Unoccupied Holiday Homes 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="4846"/>
+  </r>
+  <r>
+    <s v="FP008C06"/>
+    <s v="Unoccupied Holiday Homes 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="8716"/>
+  </r>
+  <r>
+    <s v="FP008C06"/>
+    <s v="Unoccupied Holiday Homes 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="FP008C06"/>
+    <s v="Unoccupied Holiday Homes 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="FP008C06"/>
+    <s v="Unoccupied Holiday Homes 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="FP008C06"/>
+    <s v="Unoccupied Holiday Homes 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="1681"/>
+  </r>
+  <r>
+    <s v="FP008C06"/>
+    <s v="Unoccupied Holiday Homes 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="FP008C06"/>
+    <s v="Unoccupied Holiday Homes 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="FP008C06"/>
+    <s v="Unoccupied Holiday Homes 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="FP008C06"/>
+    <s v="Unoccupied Holiday Homes 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="5911"/>
+  </r>
+  <r>
+    <s v="FP008C06"/>
+    <s v="Unoccupied Holiday Homes 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="FP008C06"/>
+    <s v="Unoccupied Holiday Homes 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="FP008C06"/>
+    <s v="Unoccupied Holiday Homes 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="FP008C06"/>
+    <s v="Unoccupied Holiday Homes 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="FP008C06"/>
+    <s v="Unoccupied Holiday Homes 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="2011"/>
+  </r>
+  <r>
+    <s v="FP008C06"/>
+    <s v="Unoccupied Holiday Homes 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="FP008C06"/>
+    <s v="Unoccupied Holiday Homes 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="2126"/>
+  </r>
+  <r>
+    <s v="FP008C06"/>
+    <s v="Unoccupied Holiday Homes 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="FP008C06"/>
+    <s v="Unoccupied Holiday Homes 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="5977"/>
+  </r>
+  <r>
+    <s v="FP008C06"/>
+    <s v="Unoccupied Holiday Homes 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="FP008C07"/>
+    <s v="Vacant Dwellings 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="166752"/>
+  </r>
+  <r>
+    <s v="FP008C07"/>
+    <s v="Vacant Dwellings 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="1772"/>
+  </r>
+  <r>
+    <s v="FP008C07"/>
+    <s v="Vacant Dwellings 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="4074"/>
+  </r>
+  <r>
+    <s v="FP008C07"/>
+    <s v="Vacant Dwellings 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="5369"/>
+  </r>
+  <r>
+    <s v="FP008C07"/>
+    <s v="Vacant Dwellings 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="17280"/>
+  </r>
+  <r>
+    <s v="FP008C07"/>
+    <s v="Vacant Dwellings 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="9851"/>
+  </r>
+  <r>
+    <s v="FP008C07"/>
+    <s v="Vacant Dwellings 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="31367"/>
+  </r>
+  <r>
+    <s v="FP008C07"/>
+    <s v="Vacant Dwellings 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="12008"/>
+  </r>
+  <r>
+    <s v="FP008C07"/>
+    <s v="Vacant Dwellings 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="8849"/>
+  </r>
+  <r>
+    <s v="FP008C07"/>
+    <s v="Vacant Dwellings 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="4797"/>
+  </r>
+  <r>
+    <s v="FP008C07"/>
+    <s v="Vacant Dwellings 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="3183"/>
+  </r>
+  <r>
+    <s v="FP008C07"/>
+    <s v="Vacant Dwellings 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="2650"/>
+  </r>
+  <r>
+    <s v="FP008C07"/>
+    <s v="Vacant Dwellings 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="2897"/>
+  </r>
+  <r>
+    <s v="FP008C07"/>
+    <s v="Vacant Dwellings 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="6643"/>
+  </r>
+  <r>
+    <s v="FP008C07"/>
+    <s v="Vacant Dwellings 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="2338"/>
+  </r>
+  <r>
+    <s v="FP008C07"/>
+    <s v="Vacant Dwellings 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="3675"/>
+  </r>
+  <r>
+    <s v="FP008C07"/>
+    <s v="Vacant Dwellings 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="9166"/>
+  </r>
+  <r>
+    <s v="FP008C07"/>
+    <s v="Vacant Dwellings 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="4605"/>
+  </r>
+  <r>
+    <s v="FP008C07"/>
+    <s v="Vacant Dwellings 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="2873"/>
+  </r>
+  <r>
+    <s v="FP008C07"/>
+    <s v="Vacant Dwellings 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="FP008C07"/>
+    <s v="Vacant Dwellings 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="4326"/>
+  </r>
+  <r>
+    <s v="FP008C07"/>
+    <s v="Vacant Dwellings 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="4021"/>
+  </r>
+  <r>
+    <s v="FP008C07"/>
+    <s v="Vacant Dwellings 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="6390"/>
+  </r>
+  <r>
+    <s v="FP008C07"/>
+    <s v="Vacant Dwellings 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="3916"/>
+  </r>
+  <r>
+    <s v="FP008C07"/>
+    <s v="Vacant Dwellings 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="3193"/>
+  </r>
+  <r>
+    <s v="FP008C07"/>
+    <s v="Vacant Dwellings 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="5377"/>
+  </r>
+  <r>
+    <s v="FP008C07"/>
+    <s v="Vacant Dwellings 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="3469"/>
+  </r>
+  <r>
+    <s v="FP008C08"/>
+    <s v="Vacancy Rate -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="FP008C08"/>
+    <s v="Vacancy Rate -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="FP008C08"/>
+    <s v="Vacancy Rate -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="FP008C08"/>
+    <s v="Vacancy Rate -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="FP008C08"/>
+    <s v="Vacancy Rate -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="FP008C08"/>
+    <s v="Vacancy Rate -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="FP008C08"/>
+    <s v="Vacancy Rate -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="FP008C08"/>
+    <s v="Vacancy Rate -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="FP008C08"/>
+    <s v="Vacancy Rate -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="FP008C08"/>
+    <s v="Vacancy Rate -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="FP008C08"/>
+    <s v="Vacancy Rate -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="FP008C08"/>
+    <s v="Vacancy Rate -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="FP008C08"/>
+    <s v="Vacancy Rate -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="FP008C08"/>
+    <s v="Vacancy Rate -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="FP008C08"/>
+    <s v="Vacancy Rate -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="FP008C08"/>
+    <s v="Vacancy Rate -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="FP008C08"/>
+    <s v="Vacancy Rate -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="FP008C08"/>
+    <s v="Vacancy Rate -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="FP008C08"/>
+    <s v="Vacancy Rate -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="FP008C08"/>
+    <s v="Vacancy Rate -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="FP008C08"/>
+    <s v="Vacancy Rate -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="FP008C08"/>
+    <s v="Vacancy Rate -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="FP008C08"/>
+    <s v="Vacancy Rate -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="FP008C08"/>
+    <s v="Vacancy Rate -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="FP008C08"/>
+    <s v="Vacancy Rate -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="FP008C08"/>
+    <s v="Vacancy Rate -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="FP008C08"/>
+    <s v="Vacancy Rate -2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="FP008C09"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="-16560"/>
+  </r>
+  <r>
+    <s v="FP008C09"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="-92"/>
+  </r>
+  <r>
+    <s v="FP008C09"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="-755"/>
+  </r>
+  <r>
+    <s v="FP008C09"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="-735"/>
+  </r>
+  <r>
+    <s v="FP008C09"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="-2657"/>
+  </r>
+  <r>
+    <s v="FP008C09"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="-1853"/>
+  </r>
+  <r>
+    <s v="FP008C09"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="-92"/>
+  </r>
+  <r>
+    <s v="FP008C09"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="-479"/>
+  </r>
+  <r>
+    <s v="FP008C09"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="-842"/>
+  </r>
+  <r>
+    <s v="FP008C09"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="FP008C09"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="FP008C09"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="-357"/>
+  </r>
+  <r>
+    <s v="FP008C09"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="-692"/>
+  </r>
+  <r>
+    <s v="FP008C09"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="-1109"/>
+  </r>
+  <r>
+    <s v="FP008C09"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="-486"/>
+  </r>
+  <r>
+    <s v="FP008C09"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="-277"/>
+  </r>
+  <r>
+    <s v="FP008C09"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="-1431"/>
+  </r>
+  <r>
+    <s v="FP008C09"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="-35"/>
+  </r>
+  <r>
+    <s v="FP008C09"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="-11"/>
+  </r>
+  <r>
+    <s v="FP008C09"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="FP008C09"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="-997"/>
+  </r>
+  <r>
+    <s v="FP008C09"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="-706"/>
+  </r>
+  <r>
+    <s v="FP008C09"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="-1103"/>
+  </r>
+  <r>
+    <s v="FP008C09"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="-1278"/>
+  </r>
+  <r>
+    <s v="FP008C09"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="-535"/>
+  </r>
+  <r>
+    <s v="FP008C09"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="-541"/>
+  </r>
+  <r>
+    <s v="FP008C09"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="FP008C10"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="-9"/>
+  </r>
+  <r>
+    <s v="FP008C10"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="%"/>
+    <n v="-4.9"/>
+  </r>
+  <r>
+    <s v="FP008C10"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="%"/>
+    <n v="-15.6"/>
+  </r>
+  <r>
+    <s v="FP008C10"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="%"/>
+    <n v="-12"/>
+  </r>
+  <r>
+    <s v="FP008C10"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="%"/>
+    <n v="-13.3"/>
+  </r>
+  <r>
+    <s v="FP008C10"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="%"/>
+    <n v="-15.8"/>
+  </r>
+  <r>
+    <s v="FP008C10"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="FP008C10"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="%"/>
+    <n v="-3.8"/>
+  </r>
+  <r>
+    <s v="FP008C10"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="%"/>
+    <n v="-8.7"/>
+  </r>
+  <r>
+    <s v="FP008C10"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="FP008C10"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="FP008C10"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="%"/>
+    <n v="-11.9"/>
+  </r>
+  <r>
+    <s v="FP008C10"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="%"/>
+    <n v="-19.3"/>
+  </r>
+  <r>
+    <s v="FP008C10"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="%"/>
+    <n v="-14.3"/>
+  </r>
+  <r>
+    <s v="FP008C10"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="%"/>
+    <n v="-17.2"/>
+  </r>
+  <r>
+    <s v="FP008C10"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="%"/>
+    <n v="-7"/>
+  </r>
+  <r>
+    <s v="FP008C10"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="%"/>
+    <n v="-13.5"/>
+  </r>
+  <r>
+    <s v="FP008C10"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="%"/>
+    <n v="-0.8"/>
+  </r>
+  <r>
+    <s v="FP008C10"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="FP008C10"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="FP008C10"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="%"/>
+    <n v="-18.7"/>
+  </r>
+  <r>
+    <s v="FP008C10"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="%"/>
+    <n v="-14.9"/>
+  </r>
+  <r>
+    <s v="FP008C10"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="%"/>
+    <n v="-14.7"/>
+  </r>
+  <r>
+    <s v="FP008C10"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="%"/>
+    <n v="-24.6"/>
+  </r>
+  <r>
+    <s v="FP008C10"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="%"/>
+    <n v="-14.4"/>
+  </r>
+  <r>
+    <s v="FP008C10"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="%"/>
+    <n v="-9.1"/>
+  </r>
+  <r>
+    <s v="FP008C10"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+</pivotCacheRecords>
 </file>