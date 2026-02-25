--- v1 (2025-12-31)
+++ v2 (2026-02-25)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e1a74c9b1284162" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5690108c65d74e3a90c8904bf6d49081.psmdcp" Id="R1e7c3cab3a1348f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28fb38cf7f674806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2aa1171ac3c84abf9b366d5157ae34b6.psmdcp" Id="R1cf08b41eb7a47f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>