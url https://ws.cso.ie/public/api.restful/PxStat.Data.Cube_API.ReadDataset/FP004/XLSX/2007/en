--- v0 (2025-11-04)
+++ v1 (2025-12-25)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06e675730b84475a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ae99f2bcd5b9427a852c7191a925ebac.psmdcp" Id="Raeadd5b1d2d64f26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cf66f45e3794d45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0964a3fbc0d14659afa7624779111936.psmdcp" Id="R00e6af04a0fa43b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>FP004</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Preliminary Population as per Member of Dáil Éireann and Percentage Change 2016-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/24/2022 11:00:00 AM</x:t>
+    <x:t>24/11/2022 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Figures for 2022 are preliminary. Please note this data is presented for Dáil Constituencies 2017 . Electoral (Amendment) (Dáil Constituencies) Act 2017 and took effect at the 2020 general election. The Dáil Seats data has been obtained from the Oireachtas Members(https://www.oireachtas.ie/en/members/) website.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/FP004/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2022SR</x:t>
   </x:si>
   <x:si>
     <x:t>Census 2022 Summary Results</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -628,499 +628,192 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...447 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Census Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03903V04655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="40">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+      </items>
+    </pivotField>
+    <pivotField name="Constituency 2017" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="40">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H241" totalsRowShown="0">
   <x:autoFilter ref="A1:H241"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Census Year"/>
     <x:tableColumn id="5" name="C03903V04655"/>
     <x:tableColumn id="6" name="Constituency 2017"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1389,51 +1082,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/FP004/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1622,51 +1315,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H241"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="31.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="39.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="32.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -7920,51 +7613,51 @@
       <x:c r="E241" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H241" s="0">
         <x:v>31426</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -7981,51 +7674,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H241" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="6">
         <x:s v="FP004C01"/>
         <x:s v="FP004C02"/>
         <x:s v="FP004C03"/>
         <x:s v="FP004C04"/>
         <x:s v="FP004C05"/>
         <x:s v="FP004C06"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="6">
         <x:s v="Population 2016"/>
         <x:s v="Population 2022"/>
         <x:s v="Percentage change 2016-2022"/>
         <x:s v="Dáil member in each Constituency"/>
         <x:s v="Population per Dáil member 2016"/>
         <x:s v="Population per Dáil member 2022"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="1">
         <x:s v="2022"/>
@@ -8320,27 +8013,2428 @@
         <x:n v="30791"/>
         <x:n v="32604"/>
         <x:n v="31792"/>
         <x:n v="31679"/>
         <x:n v="31727"/>
         <x:n v="32249"/>
         <x:n v="31855"/>
         <x:n v="32733"/>
         <x:n v="32835"/>
         <x:n v="32679"/>
         <x:n v="32004"/>
         <x:n v="30744"/>
         <x:n v="31398"/>
         <x:n v="30919"/>
         <x:n v="32339"/>
         <x:n v="31052"/>
         <x:n v="33589"/>
         <x:n v="31426"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="4761865"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AA601F40-12B7-41E8-A384-74688CC75084"/>
+    <s v="Carlow-Kilkenny Constituency"/>
+    <s v="Number"/>
+    <n v="156164"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="6ABAF341-6DD5-4072-84DC-C3511DF6952C"/>
+    <s v="Limerick County Constituency"/>
+    <s v="Number"/>
+    <n v="85853"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DDA7971D-4034-4C75-96E5-D760E33555A2"/>
+    <s v="Limerick City Constituency"/>
+    <s v="Number"/>
+    <n v="113421"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="C7390FE4-96BC-4BFA-8F4D-09E4BD3E0BE9"/>
+    <s v="Longford-Westmeath Constituency"/>
+    <s v="Number"/>
+    <n v="120962"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="957D1D37-5221-4B23-AADD-41F48DE00C7A"/>
+    <s v="Louth Constituency"/>
+    <s v="Number"/>
+    <n v="150924"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4B5510D1-9892-46C1-8403-F65F42B9A8CF"/>
+    <s v="Mayo Constituency"/>
+    <s v="Number"/>
+    <n v="124975"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="6051CABD-672B-4EAF-9B4A-CF28C936A140"/>
+    <s v="Meath East Constituency"/>
+    <s v="Number"/>
+    <n v="87169"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4DC42418-6191-47F7-B92D-0EFE5591FC92"/>
+    <s v="Meath West Constituency"/>
+    <s v="Number"/>
+    <n v="90543"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="7465141C-6D30-4331-AC42-90DD4F143B63"/>
+    <s v="Roscommon-Galway Constituency"/>
+    <s v="Number"/>
+    <n v="85866"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="9CE771FE-AEC9-4BA0-B664-64D6B659A6A8"/>
+    <s v="Sligo-Leitrim Constituency"/>
+    <s v="Number"/>
+    <n v="113920"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AC869BFE-5EB7-4479-AF27-670D394B2656"/>
+    <s v="Cavan-Monaghan Constituency"/>
+    <s v="Number"/>
+    <n v="141535"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="037BD046-B699-4930-AAF6-B9029B4CAF4B"/>
+    <s v="Tipperary Constituency"/>
+    <s v="Number"/>
+    <n v="155178"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2C10CC63-EE08-47CF-AE85-FE5A8A385DFD"/>
+    <s v="Waterford Constituency"/>
+    <s v="Number"/>
+    <n v="116176"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="393B7DEB-C417-423C-A271-1166DDC527E1"/>
+    <s v="Wexford Constituency"/>
+    <s v="Number"/>
+    <n v="149722"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3F59EE2B-8D39-4C40-ACD1-EEFC7F879936"/>
+    <s v="Wicklow Constituency"/>
+    <s v="Number"/>
+    <n v="142425"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="C9E585BC-CE08-4FD7-873B-F89D6341B9A2"/>
+    <s v="Dublin Rathdown Constituency"/>
+    <s v="Number"/>
+    <n v="92937"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F6515FCB-9907-4575-918F-6DFC7DF2C290"/>
+    <s v="Dún Laoghaire Constituency"/>
+    <s v="Number"/>
+    <n v="125081"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="5EEBE287-5ED9-454D-8E42-C988531C8CCC"/>
+    <s v="Dublin Fingal Constituency"/>
+    <s v="Number"/>
+    <n v="152086"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FB3305C4-5CFE-4B3F-81E7-89E31BC39858"/>
+    <s v="Dublin West Constituency"/>
+    <s v="Number"/>
+    <n v="121895"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="481F9B8B-15C3-46EA-A407-775F3281D16D"/>
+    <s v="Dublin North-West Constituency"/>
+    <s v="Number"/>
+    <n v="84598"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3AF7A302-D4F3-4789-809C-75A4D96EED14"/>
+    <s v="Dublin Bay North Constituency"/>
+    <s v="Number"/>
+    <n v="147879"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4B160D1C-41B2-40EC-9C14-F9F53D1F3FDB"/>
+    <s v="Dublin Central Constituency"/>
+    <s v="Number"/>
+    <n v="113765"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="C86502E5-5DBB-46A4-B913-7A37F813C57B"/>
+    <s v="Dublin Mid-West Constituency"/>
+    <s v="Number"/>
+    <n v="117986"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F429C537-3D0C-4816-8470-E5C44A107190"/>
+    <s v="Dublin South Central Constituency"/>
+    <s v="Number"/>
+    <n v="119392"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B4A90DB6-E625-4B70-813D-BE136A92C9A9"/>
+    <s v="Dublin Bay South Constituency"/>
+    <s v="Number"/>
+    <n v="121176"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="9C1D8D61-9319-4A69-8A59-3E9496F04382"/>
+    <s v="Dublin South-West Constituency"/>
+    <s v="Number"/>
+    <n v="150564"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DB3DEB29-6F26-4C5D-B479-35594FE4554C"/>
+    <s v="Laois-Offaly Constituency"/>
+    <s v="Number"/>
+    <n v="150804"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3D7FB62A-AF60-4D22-A873-542ACE8EA01D"/>
+    <s v="Clare Constituency"/>
+    <s v="Number"/>
+    <n v="118817"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="48BFAC96-2DFF-4372-B216-A46EA183E87E"/>
+    <s v="Cork East Constituency"/>
+    <s v="Number"/>
+    <n v="121429"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CD9AB3FF-8A12-4F77-96D4-5F4EF76E07CC"/>
+    <s v="Cork North-Central Constituency"/>
+    <s v="Number"/>
+    <n v="124800"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="218E3BC9-65E5-48A3-9934-F03C5C150993"/>
+    <s v="Cork South-Central Constituency"/>
+    <s v="Number"/>
+    <n v="122257"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="D15D7151-21A5-4CAE-8764-32664B9BC9E1"/>
+    <s v="Cork North-West Constituency"/>
+    <s v="Number"/>
+    <n v="89080"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B7BEC117-108B-4F0A-AC81-036DC4AE990E"/>
+    <s v="Cork South-West Constituency"/>
+    <s v="Number"/>
+    <n v="85302"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3320217E-0AA4-4419-832C-654AE7016F52"/>
+    <s v="Donegal Constituency"/>
+    <s v="Number"/>
+    <n v="150657"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="42C8AA87-94C3-4013-8F82-2D57739B7FA7"/>
+    <s v="Galway West Constituency"/>
+    <s v="Number"/>
+    <n v="144914"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2B7D9E8B-BFDD-46DF-AAC2-831A4A0C03CB"/>
+    <s v="Galway East Constituency"/>
+    <s v="Number"/>
+    <n v="89548"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F5A00F1F-91F8-454C-9DA7-55753A3BB6CD"/>
+    <s v="Kerry Constituency"/>
+    <s v="Number"/>
+    <n v="147707"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A3633282-2E52-45AF-A81E-74F45C96C653"/>
+    <s v="Kildare North Constituency"/>
+    <s v="Number"/>
+    <n v="119548"/>
+  </r>
+  <r>
+    <s v="FP004C01"/>
+    <s v="Population 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="558A721C-E5E6-432E-BE8F-8489BD52105E"/>
+    <s v="Kildare South Constituency"/>
+    <s v="Number"/>
+    <n v="114810"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="5123536"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AA601F40-12B7-41E8-A384-74688CC75084"/>
+    <s v="Carlow-Kilkenny Constituency"/>
+    <s v="Number"/>
+    <n v="165616"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="6ABAF341-6DD5-4072-84DC-C3511DF6952C"/>
+    <s v="Limerick County Constituency"/>
+    <s v="Number"/>
+    <n v="89479"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DDA7971D-4034-4C75-96E5-D760E33555A2"/>
+    <s v="Limerick City Constituency"/>
+    <s v="Number"/>
+    <n v="120639"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="C7390FE4-96BC-4BFA-8F4D-09E4BD3E0BE9"/>
+    <s v="Longford-Westmeath Constituency"/>
+    <s v="Number"/>
+    <n v="133056"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="957D1D37-5221-4B23-AADD-41F48DE00C7A"/>
+    <s v="Louth Constituency"/>
+    <s v="Number"/>
+    <n v="167012"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4B5510D1-9892-46C1-8403-F65F42B9A8CF"/>
+    <s v="Mayo Constituency"/>
+    <s v="Number"/>
+    <n v="131353"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="6051CABD-672B-4EAF-9B4A-CF28C936A140"/>
+    <s v="Meath East Constituency"/>
+    <s v="Number"/>
+    <n v="98662"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4DC42418-6191-47F7-B92D-0EFE5591FC92"/>
+    <s v="Meath West Constituency"/>
+    <s v="Number"/>
+    <n v="98935"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="7465141C-6D30-4331-AC42-90DD4F143B63"/>
+    <s v="Roscommon-Galway Constituency"/>
+    <s v="Number"/>
+    <n v="92189"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="9CE771FE-AEC9-4BA0-B664-64D6B659A6A8"/>
+    <s v="Sligo-Leitrim Constituency"/>
+    <s v="Number"/>
+    <n v="122760"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AC869BFE-5EB7-4479-AF27-670D394B2656"/>
+    <s v="Cavan-Monaghan Constituency"/>
+    <s v="Number"/>
+    <n v="150238"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="037BD046-B699-4930-AAF6-B9029B4CAF4B"/>
+    <s v="Tipperary Constituency"/>
+    <s v="Number"/>
+    <n v="162987"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2C10CC63-EE08-47CF-AE85-FE5A8A385DFD"/>
+    <s v="Waterford Constituency"/>
+    <s v="Number"/>
+    <n v="127085"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="393B7DEB-C417-423C-A271-1166DDC527E1"/>
+    <s v="Wexford Constituency"/>
+    <s v="Number"/>
+    <n v="163527"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3F59EE2B-8D39-4C40-ACD1-EEFC7F879936"/>
+    <s v="Wicklow Constituency"/>
+    <s v="Number"/>
+    <n v="155485"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="C9E585BC-CE08-4FD7-873B-F89D6341B9A2"/>
+    <s v="Dublin Rathdown Constituency"/>
+    <s v="Number"/>
+    <n v="101155"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F6515FCB-9907-4575-918F-6DFC7DF2C290"/>
+    <s v="Dún Laoghaire Constituency"/>
+    <s v="Number"/>
+    <n v="132302"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="5EEBE287-5ED9-454D-8E42-C988531C8CCC"/>
+    <s v="Dublin Fingal Constituency"/>
+    <s v="Number"/>
+    <n v="170690"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FB3305C4-5CFE-4B3F-81E7-89E31BC39858"/>
+    <s v="Dublin West Constituency"/>
+    <s v="Number"/>
+    <n v="134331"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="481F9B8B-15C3-46EA-A407-775F3281D16D"/>
+    <s v="Dublin North-West Constituency"/>
+    <s v="Number"/>
+    <n v="90219"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3AF7A302-D4F3-4789-809C-75A4D96EED14"/>
+    <s v="Dublin Bay North Constituency"/>
+    <s v="Number"/>
+    <n v="155905"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4B160D1C-41B2-40EC-9C14-F9F53D1F3FDB"/>
+    <s v="Dublin Central Constituency"/>
+    <s v="Number"/>
+    <n v="123165"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="C86502E5-5DBB-46A4-B913-7A37F813C57B"/>
+    <s v="Dublin Mid-West Constituency"/>
+    <s v="Number"/>
+    <n v="130415"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F429C537-3D0C-4816-8470-E5C44A107190"/>
+    <s v="Dublin South Central Constituency"/>
+    <s v="Number"/>
+    <n v="127169"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B4A90DB6-E625-4B70-813D-BE136A92C9A9"/>
+    <s v="Dublin Bay South Constituency"/>
+    <s v="Number"/>
+    <n v="126714"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="9C1D8D61-9319-4A69-8A59-3E9496F04382"/>
+    <s v="Dublin South-West Constituency"/>
+    <s v="Number"/>
+    <n v="158636"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DB3DEB29-6F26-4C5D-B479-35594FE4554C"/>
+    <s v="Laois-Offaly Constituency"/>
+    <s v="Number"/>
+    <n v="161245"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3D7FB62A-AF60-4D22-A873-542ACE8EA01D"/>
+    <s v="Clare Constituency"/>
+    <s v="Number"/>
+    <n v="127419"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="48BFAC96-2DFF-4372-B216-A46EA183E87E"/>
+    <s v="Cork East Constituency"/>
+    <s v="Number"/>
+    <n v="130930"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CD9AB3FF-8A12-4F77-96D4-5F4EF76E07CC"/>
+    <s v="Cork North-Central Constituency"/>
+    <s v="Number"/>
+    <n v="131341"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="218E3BC9-65E5-48A3-9934-F03C5C150993"/>
+    <s v="Cork South-Central Constituency"/>
+    <s v="Number"/>
+    <n v="130716"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="D15D7151-21A5-4CAE-8764-32664B9BC9E1"/>
+    <s v="Cork North-West Constituency"/>
+    <s v="Number"/>
+    <n v="96012"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B7BEC117-108B-4F0A-AC81-036DC4AE990E"/>
+    <s v="Cork South-West Constituency"/>
+    <s v="Number"/>
+    <n v="92232"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3320217E-0AA4-4419-832C-654AE7016F52"/>
+    <s v="Donegal Constituency"/>
+    <s v="Number"/>
+    <n v="156990"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="42C8AA87-94C3-4013-8F82-2D57739B7FA7"/>
+    <s v="Galway West Constituency"/>
+    <s v="Number"/>
+    <n v="154596"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2B7D9E8B-BFDD-46DF-AAC2-831A4A0C03CB"/>
+    <s v="Galway East Constituency"/>
+    <s v="Number"/>
+    <n v="97016"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F5A00F1F-91F8-454C-9DA7-55753A3BB6CD"/>
+    <s v="Kerry Constituency"/>
+    <s v="Number"/>
+    <n v="155258"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A3633282-2E52-45AF-A81E-74F45C96C653"/>
+    <s v="Kildare North Constituency"/>
+    <s v="Number"/>
+    <n v="134354"/>
+  </r>
+  <r>
+    <s v="FP004C02"/>
+    <s v="Population 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="558A721C-E5E6-432E-BE8F-8489BD52105E"/>
+    <s v="Kildare South Constituency"/>
+    <s v="Number"/>
+    <n v="125703"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AA601F40-12B7-41E8-A384-74688CC75084"/>
+    <s v="Carlow-Kilkenny Constituency"/>
+    <s v="%"/>
+    <n v="6.05"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="6ABAF341-6DD5-4072-84DC-C3511DF6952C"/>
+    <s v="Limerick County Constituency"/>
+    <s v="%"/>
+    <n v="4.22"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DDA7971D-4034-4C75-96E5-D760E33555A2"/>
+    <s v="Limerick City Constituency"/>
+    <s v="%"/>
+    <n v="6.36"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="C7390FE4-96BC-4BFA-8F4D-09E4BD3E0BE9"/>
+    <s v="Longford-Westmeath Constituency"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="957D1D37-5221-4B23-AADD-41F48DE00C7A"/>
+    <s v="Louth Constituency"/>
+    <s v="%"/>
+    <n v="10.66"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4B5510D1-9892-46C1-8403-F65F42B9A8CF"/>
+    <s v="Mayo Constituency"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="6051CABD-672B-4EAF-9B4A-CF28C936A140"/>
+    <s v="Meath East Constituency"/>
+    <s v="%"/>
+    <n v="13.18"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4DC42418-6191-47F7-B92D-0EFE5591FC92"/>
+    <s v="Meath West Constituency"/>
+    <s v="%"/>
+    <n v="9.27"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="7465141C-6D30-4331-AC42-90DD4F143B63"/>
+    <s v="Roscommon-Galway Constituency"/>
+    <s v="%"/>
+    <n v="7.36"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="9CE771FE-AEC9-4BA0-B664-64D6B659A6A8"/>
+    <s v="Sligo-Leitrim Constituency"/>
+    <s v="%"/>
+    <n v="7.76"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AC869BFE-5EB7-4479-AF27-670D394B2656"/>
+    <s v="Cavan-Monaghan Constituency"/>
+    <s v="%"/>
+    <n v="6.15"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="037BD046-B699-4930-AAF6-B9029B4CAF4B"/>
+    <s v="Tipperary Constituency"/>
+    <s v="%"/>
+    <n v="5.03"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2C10CC63-EE08-47CF-AE85-FE5A8A385DFD"/>
+    <s v="Waterford Constituency"/>
+    <s v="%"/>
+    <n v="9.39"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="393B7DEB-C417-423C-A271-1166DDC527E1"/>
+    <s v="Wexford Constituency"/>
+    <s v="%"/>
+    <n v="9.22"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3F59EE2B-8D39-4C40-ACD1-EEFC7F879936"/>
+    <s v="Wicklow Constituency"/>
+    <s v="%"/>
+    <n v="9.17"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="C9E585BC-CE08-4FD7-873B-F89D6341B9A2"/>
+    <s v="Dublin Rathdown Constituency"/>
+    <s v="%"/>
+    <n v="8.84"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F6515FCB-9907-4575-918F-6DFC7DF2C290"/>
+    <s v="Dún Laoghaire Constituency"/>
+    <s v="%"/>
+    <n v="5.77"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="5EEBE287-5ED9-454D-8E42-C988531C8CCC"/>
+    <s v="Dublin Fingal Constituency"/>
+    <s v="%"/>
+    <n v="12.23"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FB3305C4-5CFE-4B3F-81E7-89E31BC39858"/>
+    <s v="Dublin West Constituency"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="481F9B8B-15C3-46EA-A407-775F3281D16D"/>
+    <s v="Dublin North-West Constituency"/>
+    <s v="%"/>
+    <n v="6.64"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3AF7A302-D4F3-4789-809C-75A4D96EED14"/>
+    <s v="Dublin Bay North Constituency"/>
+    <s v="%"/>
+    <n v="5.43"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4B160D1C-41B2-40EC-9C14-F9F53D1F3FDB"/>
+    <s v="Dublin Central Constituency"/>
+    <s v="%"/>
+    <n v="8.26"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="C86502E5-5DBB-46A4-B913-7A37F813C57B"/>
+    <s v="Dublin Mid-West Constituency"/>
+    <s v="%"/>
+    <n v="10.53"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F429C537-3D0C-4816-8470-E5C44A107190"/>
+    <s v="Dublin South Central Constituency"/>
+    <s v="%"/>
+    <n v="6.51"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B4A90DB6-E625-4B70-813D-BE136A92C9A9"/>
+    <s v="Dublin Bay South Constituency"/>
+    <s v="%"/>
+    <n v="4.57"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="9C1D8D61-9319-4A69-8A59-3E9496F04382"/>
+    <s v="Dublin South-West Constituency"/>
+    <s v="%"/>
+    <n v="5.36"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DB3DEB29-6F26-4C5D-B479-35594FE4554C"/>
+    <s v="Laois-Offaly Constituency"/>
+    <s v="%"/>
+    <n v="6.92"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3D7FB62A-AF60-4D22-A873-542ACE8EA01D"/>
+    <s v="Clare Constituency"/>
+    <s v="%"/>
+    <n v="7.24"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="48BFAC96-2DFF-4372-B216-A46EA183E87E"/>
+    <s v="Cork East Constituency"/>
+    <s v="%"/>
+    <n v="7.82"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CD9AB3FF-8A12-4F77-96D4-5F4EF76E07CC"/>
+    <s v="Cork North-Central Constituency"/>
+    <s v="%"/>
+    <n v="5.24"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="218E3BC9-65E5-48A3-9934-F03C5C150993"/>
+    <s v="Cork South-Central Constituency"/>
+    <s v="%"/>
+    <n v="6.92"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="D15D7151-21A5-4CAE-8764-32664B9BC9E1"/>
+    <s v="Cork North-West Constituency"/>
+    <s v="%"/>
+    <n v="7.78"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B7BEC117-108B-4F0A-AC81-036DC4AE990E"/>
+    <s v="Cork South-West Constituency"/>
+    <s v="%"/>
+    <n v="8.12"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3320217E-0AA4-4419-832C-654AE7016F52"/>
+    <s v="Donegal Constituency"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="42C8AA87-94C3-4013-8F82-2D57739B7FA7"/>
+    <s v="Galway West Constituency"/>
+    <s v="%"/>
+    <n v="6.68"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2B7D9E8B-BFDD-46DF-AAC2-831A4A0C03CB"/>
+    <s v="Galway East Constituency"/>
+    <s v="%"/>
+    <n v="8.34"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F5A00F1F-91F8-454C-9DA7-55753A3BB6CD"/>
+    <s v="Kerry Constituency"/>
+    <s v="%"/>
+    <n v="5.11"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A3633282-2E52-45AF-A81E-74F45C96C653"/>
+    <s v="Kildare North Constituency"/>
+    <s v="%"/>
+    <n v="12.38"/>
+  </r>
+  <r>
+    <s v="FP004C03"/>
+    <s v="Percentage change 2016-2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="558A721C-E5E6-432E-BE8F-8489BD52105E"/>
+    <s v="Kildare South Constituency"/>
+    <s v="%"/>
+    <n v="9.49"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AA601F40-12B7-41E8-A384-74688CC75084"/>
+    <s v="Carlow-Kilkenny Constituency"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="6ABAF341-6DD5-4072-84DC-C3511DF6952C"/>
+    <s v="Limerick County Constituency"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DDA7971D-4034-4C75-96E5-D760E33555A2"/>
+    <s v="Limerick City Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="C7390FE4-96BC-4BFA-8F4D-09E4BD3E0BE9"/>
+    <s v="Longford-Westmeath Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="957D1D37-5221-4B23-AADD-41F48DE00C7A"/>
+    <s v="Louth Constituency"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4B5510D1-9892-46C1-8403-F65F42B9A8CF"/>
+    <s v="Mayo Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="6051CABD-672B-4EAF-9B4A-CF28C936A140"/>
+    <s v="Meath East Constituency"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4DC42418-6191-47F7-B92D-0EFE5591FC92"/>
+    <s v="Meath West Constituency"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="7465141C-6D30-4331-AC42-90DD4F143B63"/>
+    <s v="Roscommon-Galway Constituency"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="9CE771FE-AEC9-4BA0-B664-64D6B659A6A8"/>
+    <s v="Sligo-Leitrim Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AC869BFE-5EB7-4479-AF27-670D394B2656"/>
+    <s v="Cavan-Monaghan Constituency"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="037BD046-B699-4930-AAF6-B9029B4CAF4B"/>
+    <s v="Tipperary Constituency"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2C10CC63-EE08-47CF-AE85-FE5A8A385DFD"/>
+    <s v="Waterford Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="393B7DEB-C417-423C-A271-1166DDC527E1"/>
+    <s v="Wexford Constituency"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3F59EE2B-8D39-4C40-ACD1-EEFC7F879936"/>
+    <s v="Wicklow Constituency"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="C9E585BC-CE08-4FD7-873B-F89D6341B9A2"/>
+    <s v="Dublin Rathdown Constituency"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F6515FCB-9907-4575-918F-6DFC7DF2C290"/>
+    <s v="Dún Laoghaire Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="5EEBE287-5ED9-454D-8E42-C988531C8CCC"/>
+    <s v="Dublin Fingal Constituency"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FB3305C4-5CFE-4B3F-81E7-89E31BC39858"/>
+    <s v="Dublin West Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="481F9B8B-15C3-46EA-A407-775F3281D16D"/>
+    <s v="Dublin North-West Constituency"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3AF7A302-D4F3-4789-809C-75A4D96EED14"/>
+    <s v="Dublin Bay North Constituency"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4B160D1C-41B2-40EC-9C14-F9F53D1F3FDB"/>
+    <s v="Dublin Central Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="C86502E5-5DBB-46A4-B913-7A37F813C57B"/>
+    <s v="Dublin Mid-West Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F429C537-3D0C-4816-8470-E5C44A107190"/>
+    <s v="Dublin South Central Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B4A90DB6-E625-4B70-813D-BE136A92C9A9"/>
+    <s v="Dublin Bay South Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="9C1D8D61-9319-4A69-8A59-3E9496F04382"/>
+    <s v="Dublin South-West Constituency"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DB3DEB29-6F26-4C5D-B479-35594FE4554C"/>
+    <s v="Laois-Offaly Constituency"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3D7FB62A-AF60-4D22-A873-542ACE8EA01D"/>
+    <s v="Clare Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="48BFAC96-2DFF-4372-B216-A46EA183E87E"/>
+    <s v="Cork East Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CD9AB3FF-8A12-4F77-96D4-5F4EF76E07CC"/>
+    <s v="Cork North-Central Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="218E3BC9-65E5-48A3-9934-F03C5C150993"/>
+    <s v="Cork South-Central Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="D15D7151-21A5-4CAE-8764-32664B9BC9E1"/>
+    <s v="Cork North-West Constituency"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B7BEC117-108B-4F0A-AC81-036DC4AE990E"/>
+    <s v="Cork South-West Constituency"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3320217E-0AA4-4419-832C-654AE7016F52"/>
+    <s v="Donegal Constituency"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="42C8AA87-94C3-4013-8F82-2D57739B7FA7"/>
+    <s v="Galway West Constituency"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2B7D9E8B-BFDD-46DF-AAC2-831A4A0C03CB"/>
+    <s v="Galway East Constituency"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F5A00F1F-91F8-454C-9DA7-55753A3BB6CD"/>
+    <s v="Kerry Constituency"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A3633282-2E52-45AF-A81E-74F45C96C653"/>
+    <s v="Kildare North Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FP004C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="558A721C-E5E6-432E-BE8F-8489BD52105E"/>
+    <s v="Kildare South Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="29762"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AA601F40-12B7-41E8-A384-74688CC75084"/>
+    <s v="Carlow-Kilkenny Constituency"/>
+    <s v="Number"/>
+    <n v="31233"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="6ABAF341-6DD5-4072-84DC-C3511DF6952C"/>
+    <s v="Limerick County Constituency"/>
+    <s v="Number"/>
+    <n v="28618"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DDA7971D-4034-4C75-96E5-D760E33555A2"/>
+    <s v="Limerick City Constituency"/>
+    <s v="Number"/>
+    <n v="28355"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="C7390FE4-96BC-4BFA-8F4D-09E4BD3E0BE9"/>
+    <s v="Longford-Westmeath Constituency"/>
+    <s v="Number"/>
+    <n v="30241"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="957D1D37-5221-4B23-AADD-41F48DE00C7A"/>
+    <s v="Louth Constituency"/>
+    <s v="Number"/>
+    <n v="30185"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4B5510D1-9892-46C1-8403-F65F42B9A8CF"/>
+    <s v="Mayo Constituency"/>
+    <s v="Number"/>
+    <n v="31244"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="6051CABD-672B-4EAF-9B4A-CF28C936A140"/>
+    <s v="Meath East Constituency"/>
+    <s v="Number"/>
+    <n v="29056"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4DC42418-6191-47F7-B92D-0EFE5591FC92"/>
+    <s v="Meath West Constituency"/>
+    <s v="Number"/>
+    <n v="30181"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="7465141C-6D30-4331-AC42-90DD4F143B63"/>
+    <s v="Roscommon-Galway Constituency"/>
+    <s v="Number"/>
+    <n v="28622"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="9CE771FE-AEC9-4BA0-B664-64D6B659A6A8"/>
+    <s v="Sligo-Leitrim Constituency"/>
+    <s v="Number"/>
+    <n v="28480"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AC869BFE-5EB7-4479-AF27-670D394B2656"/>
+    <s v="Cavan-Monaghan Constituency"/>
+    <s v="Number"/>
+    <n v="28307"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="037BD046-B699-4930-AAF6-B9029B4CAF4B"/>
+    <s v="Tipperary Constituency"/>
+    <s v="Number"/>
+    <n v="31036"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2C10CC63-EE08-47CF-AE85-FE5A8A385DFD"/>
+    <s v="Waterford Constituency"/>
+    <s v="Number"/>
+    <n v="29044"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="393B7DEB-C417-423C-A271-1166DDC527E1"/>
+    <s v="Wexford Constituency"/>
+    <s v="Number"/>
+    <n v="29944"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3F59EE2B-8D39-4C40-ACD1-EEFC7F879936"/>
+    <s v="Wicklow Constituency"/>
+    <s v="Number"/>
+    <n v="28485"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="C9E585BC-CE08-4FD7-873B-F89D6341B9A2"/>
+    <s v="Dublin Rathdown Constituency"/>
+    <s v="Number"/>
+    <n v="30979"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F6515FCB-9907-4575-918F-6DFC7DF2C290"/>
+    <s v="Dún Laoghaire Constituency"/>
+    <s v="Number"/>
+    <n v="31270"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="5EEBE287-5ED9-454D-8E42-C988531C8CCC"/>
+    <s v="Dublin Fingal Constituency"/>
+    <s v="Number"/>
+    <n v="30417"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FB3305C4-5CFE-4B3F-81E7-89E31BC39858"/>
+    <s v="Dublin West Constituency"/>
+    <s v="Number"/>
+    <n v="30474"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="481F9B8B-15C3-46EA-A407-775F3281D16D"/>
+    <s v="Dublin North-West Constituency"/>
+    <s v="Number"/>
+    <n v="28199"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3AF7A302-D4F3-4789-809C-75A4D96EED14"/>
+    <s v="Dublin Bay North Constituency"/>
+    <s v="Number"/>
+    <n v="29576"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4B160D1C-41B2-40EC-9C14-F9F53D1F3FDB"/>
+    <s v="Dublin Central Constituency"/>
+    <s v="Number"/>
+    <n v="28441"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="C86502E5-5DBB-46A4-B913-7A37F813C57B"/>
+    <s v="Dublin Mid-West Constituency"/>
+    <s v="Number"/>
+    <n v="29497"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F429C537-3D0C-4816-8470-E5C44A107190"/>
+    <s v="Dublin South Central Constituency"/>
+    <s v="Number"/>
+    <n v="29848"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B4A90DB6-E625-4B70-813D-BE136A92C9A9"/>
+    <s v="Dublin Bay South Constituency"/>
+    <s v="Number"/>
+    <n v="30294"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="9C1D8D61-9319-4A69-8A59-3E9496F04382"/>
+    <s v="Dublin South-West Constituency"/>
+    <s v="Number"/>
+    <n v="30113"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DB3DEB29-6F26-4C5D-B479-35594FE4554C"/>
+    <s v="Laois-Offaly Constituency"/>
+    <s v="Number"/>
+    <n v="30161"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3D7FB62A-AF60-4D22-A873-542ACE8EA01D"/>
+    <s v="Clare Constituency"/>
+    <s v="Number"/>
+    <n v="29704"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="48BFAC96-2DFF-4372-B216-A46EA183E87E"/>
+    <s v="Cork East Constituency"/>
+    <s v="Number"/>
+    <n v="30357"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CD9AB3FF-8A12-4F77-96D4-5F4EF76E07CC"/>
+    <s v="Cork North-Central Constituency"/>
+    <s v="Number"/>
+    <n v="31200"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="218E3BC9-65E5-48A3-9934-F03C5C150993"/>
+    <s v="Cork South-Central Constituency"/>
+    <s v="Number"/>
+    <n v="30564"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="D15D7151-21A5-4CAE-8764-32664B9BC9E1"/>
+    <s v="Cork North-West Constituency"/>
+    <s v="Number"/>
+    <n v="29693"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B7BEC117-108B-4F0A-AC81-036DC4AE990E"/>
+    <s v="Cork South-West Constituency"/>
+    <s v="Number"/>
+    <n v="28434"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3320217E-0AA4-4419-832C-654AE7016F52"/>
+    <s v="Donegal Constituency"/>
+    <s v="Number"/>
+    <n v="30131"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="42C8AA87-94C3-4013-8F82-2D57739B7FA7"/>
+    <s v="Galway West Constituency"/>
+    <s v="Number"/>
+    <n v="28983"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2B7D9E8B-BFDD-46DF-AAC2-831A4A0C03CB"/>
+    <s v="Galway East Constituency"/>
+    <s v="Number"/>
+    <n v="29849"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F5A00F1F-91F8-454C-9DA7-55753A3BB6CD"/>
+    <s v="Kerry Constituency"/>
+    <s v="Number"/>
+    <n v="29541"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A3633282-2E52-45AF-A81E-74F45C96C653"/>
+    <s v="Kildare North Constituency"/>
+    <s v="Number"/>
+    <n v="29887"/>
+  </r>
+  <r>
+    <s v="FP004C05"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="558A721C-E5E6-432E-BE8F-8489BD52105E"/>
+    <s v="Kildare South Constituency"/>
+    <s v="Number"/>
+    <n v="28703"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="32022"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AA601F40-12B7-41E8-A384-74688CC75084"/>
+    <s v="Carlow-Kilkenny Constituency"/>
+    <s v="Number"/>
+    <n v="33123"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="6ABAF341-6DD5-4072-84DC-C3511DF6952C"/>
+    <s v="Limerick County Constituency"/>
+    <s v="Number"/>
+    <n v="29826"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DDA7971D-4034-4C75-96E5-D760E33555A2"/>
+    <s v="Limerick City Constituency"/>
+    <s v="Number"/>
+    <n v="30160"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="C7390FE4-96BC-4BFA-8F4D-09E4BD3E0BE9"/>
+    <s v="Longford-Westmeath Constituency"/>
+    <s v="Number"/>
+    <n v="33264"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="957D1D37-5221-4B23-AADD-41F48DE00C7A"/>
+    <s v="Louth Constituency"/>
+    <s v="Number"/>
+    <n v="33402"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4B5510D1-9892-46C1-8403-F65F42B9A8CF"/>
+    <s v="Mayo Constituency"/>
+    <s v="Number"/>
+    <n v="32838"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="6051CABD-672B-4EAF-9B4A-CF28C936A140"/>
+    <s v="Meath East Constituency"/>
+    <s v="Number"/>
+    <n v="32887"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4DC42418-6191-47F7-B92D-0EFE5591FC92"/>
+    <s v="Meath West Constituency"/>
+    <s v="Number"/>
+    <n v="32978"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="7465141C-6D30-4331-AC42-90DD4F143B63"/>
+    <s v="Roscommon-Galway Constituency"/>
+    <s v="Number"/>
+    <n v="30730"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="9CE771FE-AEC9-4BA0-B664-64D6B659A6A8"/>
+    <s v="Sligo-Leitrim Constituency"/>
+    <s v="Number"/>
+    <n v="30690"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AC869BFE-5EB7-4479-AF27-670D394B2656"/>
+    <s v="Cavan-Monaghan Constituency"/>
+    <s v="Number"/>
+    <n v="30048"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="037BD046-B699-4930-AAF6-B9029B4CAF4B"/>
+    <s v="Tipperary Constituency"/>
+    <s v="Number"/>
+    <n v="32597"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2C10CC63-EE08-47CF-AE85-FE5A8A385DFD"/>
+    <s v="Waterford Constituency"/>
+    <s v="Number"/>
+    <n v="31771"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="393B7DEB-C417-423C-A271-1166DDC527E1"/>
+    <s v="Wexford Constituency"/>
+    <s v="Number"/>
+    <n v="32705"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3F59EE2B-8D39-4C40-ACD1-EEFC7F879936"/>
+    <s v="Wicklow Constituency"/>
+    <s v="Number"/>
+    <n v="31097"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="C9E585BC-CE08-4FD7-873B-F89D6341B9A2"/>
+    <s v="Dublin Rathdown Constituency"/>
+    <s v="Number"/>
+    <n v="33718"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F6515FCB-9907-4575-918F-6DFC7DF2C290"/>
+    <s v="Dún Laoghaire Constituency"/>
+    <s v="Number"/>
+    <n v="33076"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="5EEBE287-5ED9-454D-8E42-C988531C8CCC"/>
+    <s v="Dublin Fingal Constituency"/>
+    <s v="Number"/>
+    <n v="34138"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FB3305C4-5CFE-4B3F-81E7-89E31BC39858"/>
+    <s v="Dublin West Constituency"/>
+    <s v="Number"/>
+    <n v="33583"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="481F9B8B-15C3-46EA-A407-775F3281D16D"/>
+    <s v="Dublin North-West Constituency"/>
+    <s v="Number"/>
+    <n v="30073"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3AF7A302-D4F3-4789-809C-75A4D96EED14"/>
+    <s v="Dublin Bay North Constituency"/>
+    <s v="Number"/>
+    <n v="31181"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4B160D1C-41B2-40EC-9C14-F9F53D1F3FDB"/>
+    <s v="Dublin Central Constituency"/>
+    <s v="Number"/>
+    <n v="30791"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="C86502E5-5DBB-46A4-B913-7A37F813C57B"/>
+    <s v="Dublin Mid-West Constituency"/>
+    <s v="Number"/>
+    <n v="32604"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F429C537-3D0C-4816-8470-E5C44A107190"/>
+    <s v="Dublin South Central Constituency"/>
+    <s v="Number"/>
+    <n v="31792"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B4A90DB6-E625-4B70-813D-BE136A92C9A9"/>
+    <s v="Dublin Bay South Constituency"/>
+    <s v="Number"/>
+    <n v="31679"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="9C1D8D61-9319-4A69-8A59-3E9496F04382"/>
+    <s v="Dublin South-West Constituency"/>
+    <s v="Number"/>
+    <n v="31727"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DB3DEB29-6F26-4C5D-B479-35594FE4554C"/>
+    <s v="Laois-Offaly Constituency"/>
+    <s v="Number"/>
+    <n v="32249"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3D7FB62A-AF60-4D22-A873-542ACE8EA01D"/>
+    <s v="Clare Constituency"/>
+    <s v="Number"/>
+    <n v="31855"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="48BFAC96-2DFF-4372-B216-A46EA183E87E"/>
+    <s v="Cork East Constituency"/>
+    <s v="Number"/>
+    <n v="32733"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CD9AB3FF-8A12-4F77-96D4-5F4EF76E07CC"/>
+    <s v="Cork North-Central Constituency"/>
+    <s v="Number"/>
+    <n v="32835"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="218E3BC9-65E5-48A3-9934-F03C5C150993"/>
+    <s v="Cork South-Central Constituency"/>
+    <s v="Number"/>
+    <n v="32679"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="D15D7151-21A5-4CAE-8764-32664B9BC9E1"/>
+    <s v="Cork North-West Constituency"/>
+    <s v="Number"/>
+    <n v="32004"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B7BEC117-108B-4F0A-AC81-036DC4AE990E"/>
+    <s v="Cork South-West Constituency"/>
+    <s v="Number"/>
+    <n v="30744"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3320217E-0AA4-4419-832C-654AE7016F52"/>
+    <s v="Donegal Constituency"/>
+    <s v="Number"/>
+    <n v="31398"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="42C8AA87-94C3-4013-8F82-2D57739B7FA7"/>
+    <s v="Galway West Constituency"/>
+    <s v="Number"/>
+    <n v="30919"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2B7D9E8B-BFDD-46DF-AAC2-831A4A0C03CB"/>
+    <s v="Galway East Constituency"/>
+    <s v="Number"/>
+    <n v="32339"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F5A00F1F-91F8-454C-9DA7-55753A3BB6CD"/>
+    <s v="Kerry Constituency"/>
+    <s v="Number"/>
+    <n v="31052"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A3633282-2E52-45AF-A81E-74F45C96C653"/>
+    <s v="Kildare North Constituency"/>
+    <s v="Number"/>
+    <n v="33589"/>
+  </r>
+  <r>
+    <s v="FP004C06"/>
+    <s v="Population per Dáil member 2022"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="558A721C-E5E6-432E-BE8F-8489BD52105E"/>
+    <s v="Kildare South Constituency"/>
+    <s v="Number"/>
+    <n v="31426"/>
+  </r>
+</pivotCacheRecords>
 </file>