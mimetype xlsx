--- v1 (2025-12-25)
+++ v2 (2026-02-13)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cf66f45e3794d45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0964a3fbc0d14659afa7624779111936.psmdcp" Id="R00e6af04a0fa43b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0675ed1554c4fa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b888f5c422e9434481d76e2c9470e38a.psmdcp" Id="Rd50cfcc9ca414753" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>