--- v0 (2025-11-05)
+++ v1 (2026-02-14)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dce84de10014d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e05484d2e4b44e73b1b4dedb5cfd5cdf.psmdcp" Id="R913ba11370244e6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3fcd16a82fc4774" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aea4731b97f842959a5b5168e0418c8d.psmdcp" Id="Rf31c483b780b4226" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>FP002</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Preliminary Actual and Percentage Change in Population from 1926 to 2022</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/23/2022 11:00:00 AM</x:t>
+    <x:t>23/06/2022 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Figures for 2022 are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/FP002/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2022SR</x:t>
   </x:si>
   <x:si>
     <x:t>Census 2022 Summary Results</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -583,507 +583,194 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...455 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03788V04538" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="County" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1459" totalsRowShown="0">
   <x:autoFilter ref="A1:H1459"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="C03788V04538"/>
     <x:tableColumn id="6" name="County"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1352,51 +1039,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/FP002/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1585,51 +1272,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H1459"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="37.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="15.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -39551,51 +39238,51 @@
       <x:c r="E1459" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F1459" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G1459" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H1459" s="0">
         <x:v>9.17</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -39612,51 +39299,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1459" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="3">
         <x:s v="FP002C01"/>
         <x:s v="FP002C02"/>
         <x:s v="FP002C03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="3">
         <x:s v="Population"/>
         <x:s v="Actual change since previous census"/>
         <x:s v="Percentage change since previous census"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="18">
         <x:s v="1926"/>
         <x:s v="1936"/>
         <x:s v="1946"/>
         <x:s v="1951"/>
         <x:s v="1956"/>
         <x:s v="1961"/>
         <x:s v="1966"/>
@@ -40950,27 +40637,14608 @@
         <x:n v="5.11"/>
         <x:n v="4.49"/>
         <x:n v="8.22"/>
         <x:n v="9.5"/>
         <x:n v="5.41"/>
         <x:n v="14.09"/>
         <x:n v="7.93"/>
         <x:n v="5.15"/>
         <x:n v="12.95"/>
         <x:n v="5.61"/>
         <x:n v="6.04"/>
         <x:n v="8.45"/>
         <x:n v="6.54"/>
         <x:n v="5.08"/>
         <x:n v="9.39"/>
         <x:n v="7.96"/>
         <x:n v="9.22"/>
         <x:n v="9.17"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="2971992"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="34476"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="82452"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="95064"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="365747"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="152508"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="505654"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="169366"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="149171"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="58028"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="70990"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="51540"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="55907"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="140343"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="39847"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="62739"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="172690"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="62969"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="65131"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="52592"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="83556"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="71388"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="141015"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="78562"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="56818"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="95848"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="57591"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="2968420"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="34452"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="76670"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="89879"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="355957"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="142310"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="586925"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="168198"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="139834"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="57892"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="68614"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="50109"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="50908"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="141153"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="37847"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="64339"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="161349"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="61405"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="61289"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="51308"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="77566"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="67447"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="137835"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="77614"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="54706"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="94245"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="58569"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="2955107"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="34081"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="70355"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="85064"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="343668"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="136317"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="636193"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="165201"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="133893"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="64849"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="66712"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="49697"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="44591"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="142559"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="36218"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="66194"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="148120"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="66232"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="57215"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="53686"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="72510"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="62375"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="136014"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="76108"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="54949"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="91855"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="60451"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="2960593"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="34162"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="66377"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="81329"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="341284"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="131530"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="693022"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="160204"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="126644"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="66437"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="65235"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="48430"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="41209"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="141239"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="34553"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="68771"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="141867"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="66337"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="55345"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="52544"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="68102"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="60513"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="133313"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="75061"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="54463"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="90032"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="62590"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="2898264"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="33888"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="61740"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="77176"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="336663"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="122059"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="705781"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="155553"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="122072"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="65915"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="64089"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="47087"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="37056"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="137881"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="32969"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="69194"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="133052"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="66762"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="52064"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="51970"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="63710"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="56850"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="129415"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="74031"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="54122"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="87259"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="59906"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="2818341"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="33342"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="56594"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="73702"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="330443"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="113842"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="718332"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="149887"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="116458"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="64420"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="61668"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="45069"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="33470"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="133339"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="30643"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="67378"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="123330"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="65122"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="47088"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="51533"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="59217"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="53561"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="123822"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="71439"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="52861"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="83308"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="58473"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="2884002"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="33593"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="54022"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="73597"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="339703"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="108549"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="795047"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="148340"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="112785"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="66404"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="60463"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="44595"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="30572"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="137357"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="28989"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="69519"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="115547"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="67323"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="45732"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="51717"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="56228"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="51263"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="122812"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="73080"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="52900"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="83437"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="60428"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="2978248"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="34237"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="52618"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="75008"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="352883"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="108344"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="852219"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="149223"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="112772"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="71977"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="61473"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="45259"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="28360"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="140459"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="28250"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="74951"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="109525"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="71729"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="46242"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="51829"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="53519"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="50275"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="123565"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="77315"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="53570"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="86351"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="66295"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="3368217"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="38668"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="53720"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="84919"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="396118"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="121941"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="983683"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="167838"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="120356"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="97185"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="69156"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="49936"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="27844"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="157407"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="30785"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="86135"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="114019"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="90715"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="50376"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="57342"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="54189"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="54610"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="133741"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="87278"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="59885"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="96421"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="83950"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="3443405"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="39820"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="53855"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="87567"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="402465"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="125112"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="1003164"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="172018"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="122770"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="104122"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="70806"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="51171"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="27609"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="161661"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="31140"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="88514"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="114766"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="95419"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="51192"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="58312"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="54543"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="55474"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="135261"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="88591"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="61523"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="99081"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="87449"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="3540643"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="40988"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="53965"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="91344"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="412735"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="129664"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="1021449"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="178552"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="124159"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="116247"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="73186"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="53284"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="27035"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="164569"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="31496"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="91810"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="115184"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="103881"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="52379"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="59835"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="54592"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="56046"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="136619"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="91151"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="63379"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="102552"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="94542"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="3525719"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="40942"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="52796"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="90918"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="410369"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="128117"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="1025304"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="180364"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="121894"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="122656"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="73635"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="52314"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="25301"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="161956"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="30296"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="90724"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="110713"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="105370"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="51293"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="58494"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="51897"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="54756"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="132772"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="91624"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="61880"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="102069"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="97265"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="3626087"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="41616"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="52944"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="94006"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="420510"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="129994"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="1058264"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="188854"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="126130"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="134992"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="75336"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="52945"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="25057"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="165042"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="30166"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="92166"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="111524"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="109732"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="51313"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="59117"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="51975"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="55821"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="133535"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="94680"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="63314"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="104371"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="102683"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="3917203"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="46014"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="56546"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="103277"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="447829"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="137575"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="1122821"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="209077"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="132527"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="163944"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="80339"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="58774"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="25799"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="175304"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="31068"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="101821"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="117446"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="134005"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="52593"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="63663"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="53774"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="58200"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="140131"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="101546"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="71858"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="116596"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="114676"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="4239848"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="50349"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="64003"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="110950"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="481295"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="147264"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="1187176"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="231670"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="139835"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="186335"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="87558"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="67059"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="28950"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="184055"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="34391"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="111267"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="123839"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="162831"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="55997"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="70868"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="58768"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="60894"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="149244"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="107961"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="79346"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="131749"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="126194"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="4588252"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="54612"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="73183"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="117196"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="519032"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="161137"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="1273069"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="250653"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="145502"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="210312"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="95419"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="80559"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="31798"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="191809"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="39000"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="122897"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="130638"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="184135"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="60483"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="76687"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="64065"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="65393"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="158754"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="113795"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="86164"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="145320"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="136640"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="4761865"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="56932"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="76176"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="118817"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="542868"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="159192"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="1347359"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="258058"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="147707"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="222504"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="99232"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="84697"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="32044"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="194899"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="40873"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="128884"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="130507"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="195044"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="61386"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="77961"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="64544"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="65535"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="159553"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="116176"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="88770"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="149722"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="142425"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="5123536"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="61931"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="81201"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="127419"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="581231"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="166321"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="1450701"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="276451"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="155258"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="246977"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="103685"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="91657"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="35087"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="205444"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="46634"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="139100"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="137231"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="220296"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="64832"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="82668"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="69995"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="69819"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="167661"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="127085"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="95840"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="163527"/>
+  </r>
+  <r>
+    <s v="FP002C01"/>
+    <s v="Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="155485"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="-167696"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="-1776"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="-8721"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="-9168"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="-26357"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="-16029"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="28458"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="-12858"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="-10520"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="-8599"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="-3972"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="-3089"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="-7675"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="-2726"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="-3973"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="-926"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="-19487"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="-2122"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="-6324"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="-4240"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="-10400"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="-7657"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="-11418"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="-5404"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="-3168"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="-6425"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="-3120"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="-3572"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="-24"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="-5782"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="-5185"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="-9790"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="-10198"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="81271"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="-1168"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="-9337"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="-136"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="-2376"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="-1431"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="-4999"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="-2000"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="-11341"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="-1564"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="-3842"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="-1284"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="-5990"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="-3941"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="-3180"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="-948"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="-2112"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="-1603"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="-13313"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="-371"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="-6315"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="-4815"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="-12289"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="-5993"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="49268"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="-2997"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="-5941"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="6957"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="-1902"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="-412"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="-6317"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="-1629"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="1855"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="-13229"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="4827"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="-4074"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="2378"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="-5056"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="-5072"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="-1821"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="-1506"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="-2390"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="1882"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="5486"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="-3978"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="-3735"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="-2384"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="-4787"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="56829"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="-4997"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="-7249"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="1588"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="-1477"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="-1267"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="-3382"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="-1320"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="-1665"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="2577"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="-6253"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="-1870"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="-1142"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="-4408"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="-1862"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="-2701"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="-1047"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="-486"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="-1823"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="2139"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="-62329"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="-274"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="-4637"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="-4153"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="-4621"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="-9471"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="12759"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="-4651"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="-4572"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="-522"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="-1146"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="-1343"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="-4153"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="-3358"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="-1584"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="-8815"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="-3281"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="-574"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="-4392"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="-3663"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="-3898"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="-1030"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="-341"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="-2773"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="-2684"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="-79923"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="-546"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="-5146"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="-3474"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="-6220"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="-8217"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="12551"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="-5666"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="-5614"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="-1495"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="-2421"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="-2018"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="-3586"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="-4542"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="-2326"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="-1816"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="-9722"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="-1640"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="-4976"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="-437"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="-4493"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="-3289"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="-5593"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="-2592"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="-1261"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="-3951"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="-1433"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="65661"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="-2572"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="-105"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="9260"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="-5293"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="76715"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="-1547"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="-3673"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="1984"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="-1205"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="-474"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="-2898"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="4018"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="-1654"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="2141"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="-7783"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="2201"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="-1356"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="-2989"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="-2298"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="-1010"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="1641"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="94246"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="-1404"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="13180"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="-205"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="57172"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="-13"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="5573"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="-2212"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="3102"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="-739"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="5432"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="-6022"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="4406"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="-2709"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="-988"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="4235"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="2914"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="5867"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="389969"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="4431"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="9911"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="43235"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="13597"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="131464"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="18615"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="7584"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="25208"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="7683"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="4677"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="-516"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="16948"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="2535"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="11184"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="4494"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="18986"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="4134"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="5513"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="4335"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="10176"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="9963"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="6315"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="10070"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="17655"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="75188"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="6347"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="3171"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="19481"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="4180"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="2414"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="6937"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="-235"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="4254"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="2379"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="4704"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="1638"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="2660"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="3499"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="97238"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="1168"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="3777"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="10270"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="4552"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="18285"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="6534"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="12125"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="2380"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="2113"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="-574"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="2908"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="3296"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="8462"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="2560"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="1856"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="3471"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="7093"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="-14924"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="-46"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="-1169"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="-426"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="-2366"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="-1547"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="3855"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="-2265"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="6409"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="-970"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="-1734"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="-2613"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="-1200"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="-1086"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="-4471"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="-1086"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="-1341"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="-2695"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="-1290"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="-3847"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="-1499"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="-483"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="2723"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="100368"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="3088"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="10141"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="32960"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="8490"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="4236"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="12336"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="-244"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="3086"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="-130"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="4362"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="3056"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="2302"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="5418"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="291116"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="4398"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="3602"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="9271"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="27319"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="7581"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="64557"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="20223"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="6397"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="28952"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="5003"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="5829"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="10262"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="9655"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="5922"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="24273"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="4546"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="2379"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="6596"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="6866"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="8544"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="12225"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="11993"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="322645"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="4335"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="7457"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="7673"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="33466"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="9689"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="64355"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="22593"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="7308"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="22391"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="7219"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="8285"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="3151"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="8751"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="3323"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="9446"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="6393"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="28826"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="3404"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="7205"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="4994"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="2694"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="9113"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="6415"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="7488"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="15153"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="11518"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="348404"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="4263"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="9180"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="6246"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="37737"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="13873"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="85893"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="18983"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="5667"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="23977"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="7861"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="13500"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="2848"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="7754"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="4609"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="11630"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="6799"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="21304"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="4486"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="5819"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="5297"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="4499"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="9510"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="5834"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="6818"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="13571"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="10446"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="173613"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="2320"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="2993"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="23836"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="-1945"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="74290"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="7405"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="2205"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="12192"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="3813"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="4138"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="3090"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="1873"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="5987"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="-131"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="10909"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="2381"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="2606"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="4402"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="5785"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="361671"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="4999"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="5025"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="8602"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="38363"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="7129"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="103342"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="18393"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="7551"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="24473"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="4453"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="6960"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="3043"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="10545"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="5761"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="10216"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="6724"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="25252"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="3446"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="4707"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="5451"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="4284"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="8108"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="10909"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="7070"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="13805"/>
+  </r>
+  <r>
+    <s v="FP002C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="13060"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="-6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="%"/>
+    <n v="-5.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="%"/>
+    <n v="-11.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="%"/>
+    <n v="-10.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="%"/>
+    <n v="-7.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="%"/>
+    <n v="-11.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="%"/>
+    <n v="-8.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="%"/>
+    <n v="-7.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="%"/>
+    <n v="-17.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="%"/>
+    <n v="-5.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="%"/>
+    <n v="-6.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="%"/>
+    <n v="-15.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="%"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="%"/>
+    <n v="-11.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="%"/>
+    <n v="-1.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="%"/>
+    <n v="-12.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="%"/>
+    <n v="-3.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="%"/>
+    <n v="-10.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="%"/>
+    <n v="-8.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="%"/>
+    <n v="-14.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="%"/>
+    <n v="-12"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="%"/>
+    <n v="-7.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="%"/>
+    <n v="-7.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="%"/>
+    <n v="-5.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="%"/>
+    <n v="-7.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="%"/>
+    <n v="-5.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="%"/>
+    <n v="-7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="%"/>
+    <n v="-5.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="%"/>
+    <n v="-2.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="%"/>
+    <n v="-6.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="%"/>
+    <n v="-0.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="%"/>
+    <n v="-6.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="%"/>
+    <n v="-3.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="%"/>
+    <n v="-2.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="%"/>
+    <n v="-8.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="%"/>
+    <n v="-5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="%"/>
+    <n v="-6.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="%"/>
+    <n v="-2.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="%"/>
+    <n v="-5.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="%"/>
+    <n v="-2.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="%"/>
+    <n v="-7.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="%"/>
+    <n v="-5.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="%"/>
+    <n v="-2.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="%"/>
+    <n v="-1.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="%"/>
+    <n v="-3.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="%"/>
+    <n v="-1.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="%"/>
+    <n v="-1.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="%"/>
+    <n v="-8.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="%"/>
+    <n v="-5.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="%"/>
+    <n v="-3.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="%"/>
+    <n v="-4.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="%"/>
+    <n v="-1.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="%"/>
+    <n v="-4.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="%"/>
+    <n v="-2.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="%"/>
+    <n v="-0.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="%"/>
+    <n v="-12.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="%"/>
+    <n v="-4.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="%"/>
+    <n v="-8.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="%"/>
+    <n v="-6.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="%"/>
+    <n v="-6.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="%"/>
+    <n v="-7.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="%"/>
+    <n v="-1.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="%"/>
+    <n v="-1.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="%"/>
+    <n v="-2.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="%"/>
+    <n v="-5.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="%"/>
+    <n v="-4.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="%"/>
+    <n v="-0.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="%"/>
+    <n v="-3.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="%"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="%"/>
+    <n v="-5.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="%"/>
+    <n v="-2.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="%"/>
+    <n v="-2.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="%"/>
+    <n v="-7.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="%"/>
+    <n v="-0.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="%"/>
+    <n v="-4.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="%"/>
+    <n v="-4.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="%"/>
+    <n v="-3.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="%"/>
+    <n v="-2.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="%"/>
+    <n v="-6.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="%"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="%"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="%"/>
+    <n v="-1.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="%"/>
+    <n v="-0.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="%"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="-2.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="%"/>
+    <n v="-0.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="%"/>
+    <n v="-7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="%"/>
+    <n v="-5.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="%"/>
+    <n v="-1.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="%"/>
+    <n v="-7.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="%"/>
+    <n v="-2.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="%"/>
+    <n v="-3.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="%"/>
+    <n v="-0.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="%"/>
+    <n v="-1.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="%"/>
+    <n v="-2.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="%"/>
+    <n v="-10.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="%"/>
+    <n v="-2.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="%"/>
+    <n v="-4.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="%"/>
+    <n v="-6.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="%"/>
+    <n v="-5.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="%"/>
+    <n v="-1.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="%"/>
+    <n v="-6.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="%"/>
+    <n v="-6.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="%"/>
+    <n v="-2.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="%"/>
+    <n v="-1.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="%"/>
+    <n v="-3.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="%"/>
+    <n v="-4.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="-2.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="%"/>
+    <n v="-1.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="%"/>
+    <n v="-8.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="%"/>
+    <n v="-4.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="%"/>
+    <n v="-1.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="%"/>
+    <n v="-6.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="%"/>
+    <n v="-3.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="%"/>
+    <n v="-4.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="%"/>
+    <n v="-2.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="%"/>
+    <n v="-3.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="%"/>
+    <n v="-4.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="%"/>
+    <n v="-9.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="%"/>
+    <n v="-3.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="%"/>
+    <n v="-7.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="%"/>
+    <n v="-2.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="%"/>
+    <n v="-7.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="%"/>
+    <n v="-2.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="%"/>
+    <n v="-9.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="%"/>
+    <n v="-0.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="%"/>
+    <n v="-7.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="%"/>
+    <n v="-5.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="%"/>
+    <n v="-4.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="%"/>
+    <n v="-3.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="%"/>
+    <n v="-2.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="%"/>
+    <n v="-4.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="%"/>
+    <n v="-2.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="%"/>
+    <n v="-4.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="%"/>
+    <n v="-4.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="%"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="%"/>
+    <n v="-3.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="%"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="%"/>
+    <n v="-1.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="%"/>
+    <n v="-8.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="%"/>
+    <n v="-5.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="%"/>
+    <n v="-6.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="%"/>
+    <n v="-2.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="%"/>
+    <n v="-5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="%"/>
+    <n v="-4.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="%"/>
+    <n v="-0.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="%"/>
+    <n v="-2.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="%"/>
+    <n v="-7.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="%"/>
+    <n v="-2.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="%"/>
+    <n v="-5.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="%"/>
+    <n v="-4.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="%"/>
+    <n v="-1.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="%"/>
+    <n v="-1.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="%"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="%"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="%"/>
+    <n v="-0.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="%"/>
+    <n v="-2.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="%"/>
+    <n v="-2.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="%"/>
+    <n v="-1.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="%"/>
+    <n v="-1.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="%"/>
+    <n v="-1.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="%"/>
+    <n v="-6.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="%"/>
+    <n v="-1.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="%"/>
+    <n v="-3.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="%"/>
+    <n v="-1.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="%"/>
+    <n v="-3.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="%"/>
+    <n v="-2.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="%"/>
+    <n v="-2.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="%"/>
+    <n v="-4.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="%"/>
+    <n v="-2.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="%"/>
+    <n v="-2.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="%"/>
+    <n v="-2.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="%"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="%"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="%"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="%"/>
+    <n v="-1.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="%"/>
+    <n v="8.78"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="%"/>
+    <n v="7.24"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="%"/>
+    <n v="7.07"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="%"/>
+    <n v="4.48"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="%"/>
+    <n v="7.67"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="%"/>
+    <n v="7.13"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="%"/>
+    <n v="5.11"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="%"/>
+    <n v="4.49"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="%"/>
+    <n v="8.22"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="%"/>
+    <n v="5.41"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="%"/>
+    <n v="14.09"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="%"/>
+    <n v="7.93"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="%"/>
+    <n v="5.15"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="%"/>
+    <n v="12.95"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="%"/>
+    <n v="5.61"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="%"/>
+    <n v="6.04"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="%"/>
+    <n v="8.45"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="%"/>
+    <n v="6.54"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="%"/>
+    <n v="5.08"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="%"/>
+    <n v="9.39"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="%"/>
+    <n v="7.96"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="%"/>
+    <n v="9.22"/>
+  </r>
+  <r>
+    <s v="FP002C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="%"/>
+    <n v="9.17"/>
+  </r>
+</pivotCacheRecords>
 </file>