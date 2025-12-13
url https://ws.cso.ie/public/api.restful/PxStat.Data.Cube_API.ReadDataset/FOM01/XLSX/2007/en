--- v0 (2025-10-23)
+++ v1 (2025-12-13)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74b92c6ab6554975" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/32b2e0b3a1e14b498dcbc7814ae935b6.psmdcp" Id="R0f4949dd93604219" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb68fd9238134d8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/05c063527f7b45f8bf408fdddf0c2824.psmdcp" Id="R913c5d123c5441c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>FOM01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Forecourt and Non-Forecourt Final Movements</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/26/2024 11:00:00 AM</x:t>
+    <x:t>26/11/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>26 November 2024 - County level data have been removed in this release while the county coding of movement data is under review.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/FOM01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>FOM</x:t>
   </x:si>
   <x:si>
     <x:t>Fuel Oil Movements</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -397,50 +397,53 @@
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -577,491 +580,196 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...439 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03636V04376" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Fuel Type" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C04076V04838" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="County" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J1233" totalsRowShown="0">
   <x:autoFilter ref="A1:J1233"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03636V04376"/>
     <x:tableColumn id="6" name="Fuel Type"/>
     <x:tableColumn id="7" name="C04076V04838"/>
     <x:tableColumn id="8" name="County"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1332,51 +1040,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/FOM01/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1565,51 +1273,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J1233"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="43.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="15.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="27.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.853482" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -37487,804 +37195,885 @@
       </x:c>
       <x:c r="B1122" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1122" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1122" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1122" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1122" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1122" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I1122" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1122" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1123" spans="1:10">
       <x:c r="A1123" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1123" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1123" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1123" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1123" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1123" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1123" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I1123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1123" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1124" spans="1:10">
       <x:c r="A1124" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1124" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1124" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1124" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1124" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1124" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1124" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1124" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1124" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1124" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1125" spans="1:10">
       <x:c r="A1125" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1125" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1125" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1125" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1125" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1125" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1125" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1125" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1125" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1126" spans="1:10">
       <x:c r="A1126" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1126" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1126" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1126" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1126" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1126" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1126" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1126" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1126" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1126" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1127" spans="1:10">
       <x:c r="A1127" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1127" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1127" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1127" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1127" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1127" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1127" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H1127" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I1127" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1127" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1128" spans="1:10">
       <x:c r="A1128" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1128" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1128" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1128" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1128" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1128" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1128" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H1128" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I1128" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1128" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1129" spans="1:10">
       <x:c r="A1129" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1129" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1129" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1129" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1129" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1129" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1129" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H1129" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I1129" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1129" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1130" spans="1:10">
       <x:c r="A1130" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1130" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1130" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1130" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1130" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1130" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1130" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H1130" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I1130" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1130" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1131" spans="1:10">
       <x:c r="A1131" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1131" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1131" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1131" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1131" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1131" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1131" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H1131" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I1131" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1131" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1132" spans="1:10">
       <x:c r="A1132" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1132" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1132" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1132" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1132" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1132" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1132" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H1132" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I1132" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1132" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1133" spans="1:10">
       <x:c r="A1133" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1133" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1133" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1133" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1133" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1133" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H1133" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I1133" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1133" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1134" spans="1:10">
       <x:c r="A1134" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1134" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1134" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1134" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1134" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1134" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1134" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H1134" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I1134" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1134" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1135" spans="1:10">
       <x:c r="A1135" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1135" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1135" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1135" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1135" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1135" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1135" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H1135" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I1135" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1135" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1136" spans="1:10">
       <x:c r="A1136" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1136" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1136" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1136" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1136" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1136" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1136" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H1136" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I1136" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1136" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1137" spans="1:10">
       <x:c r="A1137" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1137" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1137" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1137" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1137" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1137" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1137" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H1137" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I1137" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1137" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1138" spans="1:10">
       <x:c r="A1138" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1138" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1138" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1138" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1138" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1138" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1138" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H1138" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I1138" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1138" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1139" spans="1:10">
       <x:c r="A1139" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1139" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1139" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1139" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1139" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1139" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1139" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H1139" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I1139" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1139" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1140" spans="1:10">
       <x:c r="A1140" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1140" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1140" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1140" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1140" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1140" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1140" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H1140" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I1140" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1140" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1141" spans="1:10">
       <x:c r="A1141" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1141" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1141" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1141" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1141" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1141" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1141" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H1141" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I1141" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1141" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1142" spans="1:10">
       <x:c r="A1142" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1142" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1142" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1142" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1142" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1142" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1142" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H1142" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I1142" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1142" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1143" spans="1:10">
       <x:c r="A1143" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1143" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1143" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1143" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1143" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1143" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1143" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H1143" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I1143" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1143" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1144" spans="1:10">
       <x:c r="A1144" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1144" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1144" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1144" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1144" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1144" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1144" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H1144" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I1144" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1144" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1145" spans="1:10">
       <x:c r="A1145" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1145" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1145" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1145" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1145" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1145" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1145" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H1145" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I1145" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1145" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1146" spans="1:10">
       <x:c r="A1146" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1146" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1146" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1146" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1146" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1146" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1146" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H1146" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I1146" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1146" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1147" spans="1:10">
       <x:c r="A1147" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1147" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1147" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1147" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1147" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1147" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1147" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H1147" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I1147" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1147" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1148" spans="1:10">
       <x:c r="A1148" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1148" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1148" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1148" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1148" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1148" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1148" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H1148" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I1148" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1148" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1149" spans="1:10">
       <x:c r="A1149" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1149" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1149" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1149" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1149" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1149" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1149" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H1149" s="0" t="s">
         <x:v>108</x:v>
@@ -38302,804 +38091,885 @@
       </x:c>
       <x:c r="B1150" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1150" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1150" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1150" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F1150" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G1150" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1150" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I1150" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1150" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1151" spans="1:10">
       <x:c r="A1151" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1151" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1151" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1151" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1151" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F1151" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G1151" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1151" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I1151" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1151" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1152" spans="1:10">
       <x:c r="A1152" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1152" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1152" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1152" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1152" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F1152" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G1152" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1152" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1152" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1152" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1153" spans="1:10">
       <x:c r="A1153" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1153" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1153" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1153" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1153" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F1153" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G1153" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1153" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1153" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1153" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1154" spans="1:10">
       <x:c r="A1154" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1154" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1154" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1154" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1154" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F1154" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G1154" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1154" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1154" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1154" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1155" spans="1:10">
       <x:c r="A1155" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1155" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1155" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1155" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1155" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F1155" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G1155" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H1155" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I1155" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1155" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1156" spans="1:10">
       <x:c r="A1156" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1156" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1156" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1156" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1156" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F1156" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G1156" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H1156" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I1156" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1156" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1157" spans="1:10">
       <x:c r="A1157" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1157" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1157" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1157" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1157" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F1157" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G1157" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H1157" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I1157" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1157" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1158" spans="1:10">
       <x:c r="A1158" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1158" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1158" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1158" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1158" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F1158" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G1158" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H1158" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I1158" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1158" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1159" spans="1:10">
       <x:c r="A1159" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1159" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1159" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1159" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1159" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F1159" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G1159" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H1159" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I1159" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1159" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1160" spans="1:10">
       <x:c r="A1160" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1160" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1160" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1160" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1160" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F1160" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G1160" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H1160" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I1160" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1160" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1161" spans="1:10">
       <x:c r="A1161" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1161" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1161" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1161" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1161" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F1161" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G1161" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H1161" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I1161" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1161" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1162" spans="1:10">
       <x:c r="A1162" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1162" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1162" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1162" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1162" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F1162" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G1162" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H1162" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I1162" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1162" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1163" spans="1:10">
       <x:c r="A1163" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1163" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1163" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1163" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1163" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F1163" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G1163" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H1163" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I1163" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1163" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1164" spans="1:10">
       <x:c r="A1164" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1164" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1164" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1164" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1164" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F1164" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G1164" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H1164" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I1164" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1164" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1165" spans="1:10">
       <x:c r="A1165" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1165" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1165" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1165" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1165" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F1165" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G1165" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H1165" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I1165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1165" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1166" spans="1:10">
       <x:c r="A1166" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1166" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1166" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1166" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1166" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F1166" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G1166" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H1166" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I1166" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1166" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1167" spans="1:10">
       <x:c r="A1167" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1167" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1167" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1167" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1167" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F1167" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G1167" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H1167" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I1167" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1167" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1168" spans="1:10">
       <x:c r="A1168" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1168" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1168" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1168" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1168" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F1168" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G1168" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H1168" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I1168" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1168" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1169" spans="1:10">
       <x:c r="A1169" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1169" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1169" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1169" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1169" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F1169" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G1169" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H1169" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I1169" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1169" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1170" spans="1:10">
       <x:c r="A1170" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1170" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1170" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1170" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1170" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F1170" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G1170" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H1170" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I1170" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1170" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1171" spans="1:10">
       <x:c r="A1171" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1171" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1171" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1171" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1171" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F1171" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G1171" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H1171" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I1171" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1171" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1172" spans="1:10">
       <x:c r="A1172" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1172" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1172" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1172" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1172" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F1172" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G1172" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H1172" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I1172" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1172" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1173" spans="1:10">
       <x:c r="A1173" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1173" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1173" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1173" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1173" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F1173" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G1173" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H1173" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I1173" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1173" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1174" spans="1:10">
       <x:c r="A1174" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1174" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1174" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1174" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1174" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F1174" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G1174" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H1174" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I1174" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1174" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1175" spans="1:10">
       <x:c r="A1175" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1175" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1175" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1175" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1175" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F1175" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G1175" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H1175" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I1175" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1175" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1176" spans="1:10">
       <x:c r="A1176" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1176" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1176" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1176" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1176" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F1176" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G1176" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H1176" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I1176" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1176" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1177" spans="1:10">
       <x:c r="A1177" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1177" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1177" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1177" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1177" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F1177" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G1177" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H1177" s="0" t="s">
         <x:v>108</x:v>
@@ -39117,804 +38987,885 @@
       </x:c>
       <x:c r="B1178" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1178" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1178" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1178" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F1178" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G1178" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1178" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I1178" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1178" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1179" spans="1:10">
       <x:c r="A1179" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1179" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1179" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1179" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1179" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F1179" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G1179" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1179" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I1179" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1179" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1180" spans="1:10">
       <x:c r="A1180" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1180" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1180" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1180" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1180" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F1180" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G1180" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1180" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1180" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1180" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1181" spans="1:10">
       <x:c r="A1181" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1181" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1181" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1181" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1181" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F1181" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G1181" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1181" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1181" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1181" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1182" spans="1:10">
       <x:c r="A1182" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1182" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1182" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1182" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1182" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F1182" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G1182" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1182" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1182" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1182" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1183" spans="1:10">
       <x:c r="A1183" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1183" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1183" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1183" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1183" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F1183" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G1183" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H1183" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I1183" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1183" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1184" spans="1:10">
       <x:c r="A1184" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1184" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1184" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1184" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1184" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F1184" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G1184" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H1184" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I1184" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1184" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1185" spans="1:10">
       <x:c r="A1185" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1185" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1185" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1185" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1185" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F1185" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G1185" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H1185" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I1185" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1185" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1186" spans="1:10">
       <x:c r="A1186" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1186" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1186" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1186" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1186" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F1186" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G1186" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H1186" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I1186" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1186" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1187" spans="1:10">
       <x:c r="A1187" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1187" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1187" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1187" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1187" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F1187" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G1187" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H1187" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I1187" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1187" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1188" spans="1:10">
       <x:c r="A1188" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1188" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1188" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1188" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1188" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F1188" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G1188" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H1188" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I1188" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1188" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1189" spans="1:10">
       <x:c r="A1189" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1189" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1189" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1189" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1189" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F1189" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G1189" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H1189" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I1189" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1189" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1190" spans="1:10">
       <x:c r="A1190" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1190" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1190" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1190" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1190" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F1190" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G1190" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H1190" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I1190" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1190" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1191" spans="1:10">
       <x:c r="A1191" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1191" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1191" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1191" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1191" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F1191" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G1191" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H1191" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I1191" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1191" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1192" spans="1:10">
       <x:c r="A1192" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1192" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1192" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1192" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1192" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F1192" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G1192" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H1192" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I1192" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1192" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1193" spans="1:10">
       <x:c r="A1193" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1193" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1193" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1193" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1193" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F1193" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G1193" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H1193" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I1193" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1193" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1194" spans="1:10">
       <x:c r="A1194" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1194" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1194" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1194" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1194" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F1194" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G1194" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H1194" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I1194" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1194" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1195" spans="1:10">
       <x:c r="A1195" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1195" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1195" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1195" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1195" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F1195" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G1195" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H1195" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I1195" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1195" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1196" spans="1:10">
       <x:c r="A1196" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1196" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1196" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1196" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1196" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F1196" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G1196" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H1196" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I1196" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1196" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1197" spans="1:10">
       <x:c r="A1197" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1197" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1197" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1197" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1197" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F1197" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G1197" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H1197" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I1197" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1197" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1198" spans="1:10">
       <x:c r="A1198" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1198" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1198" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1198" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1198" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F1198" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G1198" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H1198" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I1198" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1198" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1199" spans="1:10">
       <x:c r="A1199" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1199" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1199" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1199" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1199" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F1199" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G1199" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H1199" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I1199" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1199" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1200" spans="1:10">
       <x:c r="A1200" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1200" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1200" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1200" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1200" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F1200" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G1200" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H1200" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I1200" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1200" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1201" spans="1:10">
       <x:c r="A1201" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1201" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1201" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1201" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1201" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F1201" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G1201" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H1201" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I1201" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1201" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1202" spans="1:10">
       <x:c r="A1202" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1202" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1202" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1202" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1202" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F1202" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G1202" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H1202" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I1202" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1202" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1203" spans="1:10">
       <x:c r="A1203" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1203" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1203" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1203" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1203" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F1203" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G1203" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H1203" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I1203" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1203" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1204" spans="1:10">
       <x:c r="A1204" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1204" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1204" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1204" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1204" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F1204" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G1204" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H1204" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I1204" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1204" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1205" spans="1:10">
       <x:c r="A1205" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1205" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1205" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1205" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1205" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F1205" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G1205" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H1205" s="0" t="s">
         <x:v>108</x:v>
@@ -39932,850 +39883,931 @@
       </x:c>
       <x:c r="B1206" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1206" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1206" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1206" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F1206" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G1206" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1206" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I1206" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1206" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1207" spans="1:10">
       <x:c r="A1207" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1207" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1207" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1207" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1207" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F1207" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G1207" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H1207" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I1207" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1207" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1208" spans="1:10">
       <x:c r="A1208" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1208" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1208" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1208" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1208" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F1208" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G1208" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H1208" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I1208" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1208" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1209" spans="1:10">
       <x:c r="A1209" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1209" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1209" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1209" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1209" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F1209" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G1209" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1209" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1209" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1209" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1210" spans="1:10">
       <x:c r="A1210" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1210" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1210" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1210" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1210" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F1210" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G1210" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1210" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I1210" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1210" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1211" spans="1:10">
       <x:c r="A1211" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1211" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1211" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1211" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1211" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F1211" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G1211" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H1211" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I1211" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1211" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1212" spans="1:10">
       <x:c r="A1212" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1212" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1212" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1212" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1212" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F1212" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G1212" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H1212" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I1212" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1212" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1213" spans="1:10">
       <x:c r="A1213" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1213" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1213" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1213" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1213" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F1213" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G1213" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H1213" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I1213" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1213" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1214" spans="1:10">
       <x:c r="A1214" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1214" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1214" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1214" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1214" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F1214" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G1214" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H1214" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I1214" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1214" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1215" spans="1:10">
       <x:c r="A1215" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1215" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1215" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1215" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1215" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F1215" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G1215" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H1215" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I1215" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1215" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1216" spans="1:10">
       <x:c r="A1216" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1216" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1216" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1216" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1216" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F1216" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G1216" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H1216" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I1216" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1216" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1217" spans="1:10">
       <x:c r="A1217" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1217" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1217" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1217" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1217" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F1217" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G1217" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H1217" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I1217" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1217" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1218" spans="1:10">
       <x:c r="A1218" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1218" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1218" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1218" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1218" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F1218" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G1218" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H1218" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I1218" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1218" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1219" spans="1:10">
       <x:c r="A1219" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1219" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1219" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1219" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1219" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F1219" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G1219" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H1219" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I1219" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1219" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1220" spans="1:10">
       <x:c r="A1220" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1220" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1220" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1220" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1220" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F1220" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G1220" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H1220" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I1220" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1220" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1221" spans="1:10">
       <x:c r="A1221" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1221" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1221" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1221" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1221" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F1221" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G1221" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H1221" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I1221" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1221" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1222" spans="1:10">
       <x:c r="A1222" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1222" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1222" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1222" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1222" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F1222" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G1222" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H1222" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I1222" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1222" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1223" spans="1:10">
       <x:c r="A1223" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1223" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1223" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1223" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1223" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F1223" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G1223" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H1223" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I1223" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1223" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1224" spans="1:10">
       <x:c r="A1224" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1224" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1224" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1224" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1224" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F1224" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G1224" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H1224" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I1224" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1224" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1225" spans="1:10">
       <x:c r="A1225" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1225" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1225" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1225" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1225" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F1225" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G1225" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H1225" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I1225" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1225" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1226" spans="1:10">
       <x:c r="A1226" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1226" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1226" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1226" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1226" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F1226" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G1226" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H1226" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I1226" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1226" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1227" spans="1:10">
       <x:c r="A1227" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1227" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1227" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1227" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1227" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F1227" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G1227" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H1227" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I1227" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1227" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1228" spans="1:10">
       <x:c r="A1228" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1228" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1228" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1228" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1228" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F1228" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G1228" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H1228" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I1228" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1228" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1229" spans="1:10">
       <x:c r="A1229" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1229" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1229" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1229" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1229" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F1229" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G1229" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H1229" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I1229" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1229" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1230" spans="1:10">
       <x:c r="A1230" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1230" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1230" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1230" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1230" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F1230" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G1230" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H1230" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I1230" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1230" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1231" spans="1:10">
       <x:c r="A1231" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1231" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1231" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1231" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1231" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F1231" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G1231" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H1231" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I1231" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J1231" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="1232" spans="1:10">
       <x:c r="A1232" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1232" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1232" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1232" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1232" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F1232" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G1232" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H1232" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I1232" s="0" t="s">
         <x:v>54</x:v>
+      </x:c>
+      <x:c r="J1232" s="0" t="s">
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="1233" spans="1:10">
       <x:c r="A1233" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1233" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1233" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D1233" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1233" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F1233" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G1233" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H1233" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I1233" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J1233" s="0">
         <x:v>918343</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -40792,51 +40824,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J1233" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="FOM01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Forecourt and Non-Forecourt Final Movements"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="11">
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
@@ -42046,27 +42078,14812 @@
         <x:n v="6346"/>
         <x:n v="17426"/>
         <x:n v="33543"/>
         <x:n v="15283"/>
         <x:n v="16191"/>
         <x:n v="22510"/>
         <x:n v="16598"/>
         <x:n v="47219"/>
         <x:n v="18500"/>
         <x:n v="24896"/>
         <x:n v="23296"/>
         <x:n v="60442"/>
         <x:n v="922352"/>
         <x:s v=""/>
         <x:n v="3593980"/>
         <x:n v="1009613"/>
         <x:n v="1095739"/>
         <x:n v="918343"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="56210"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="299808"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="60228"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="41551"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="188356"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="334096"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="163195"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="128719"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="121168"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="52852"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="77860"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="29827"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="133455"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="111463"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="16576"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="63044"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="99890"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="107030"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="81901"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="39039"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="36196"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="54320"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="99302"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="65347"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="55242"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="58898"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="100784"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="2676358"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="37293"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="189801"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="21270"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="21506"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="60224"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="257616"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="154281"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="76358"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="69706"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="25362"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="55550"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="11369"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="47707"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="79563"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="8209"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="37416"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="58297"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="18114"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="44529"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="21650"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="15041"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="29209"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="48671"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="55062"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="44811"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="30430"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="48746"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="1567791"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="24784"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="189552"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="37328"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="19135"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="79572"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="92337"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="7293"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="56374"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="39980"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="32330"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="44915"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="14157"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="31508"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="32684"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="4626"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="21918"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="49545"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="36933"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="32068"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="23928"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="22267"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="23527"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="55397"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="24077"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="23317"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="24847"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="57189"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="1101590"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="28694"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="123844"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="23592"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="8700"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="55830"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="41310"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="12038"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="66859"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="43320"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="28794"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="41825"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="9320"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="27535"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="34208"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="17093"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="35500"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="13116"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="42518"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="17483"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="21460"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="23891"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="49397"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="22580"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="55173"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="26990"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="33197"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="906456"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="55581"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="300058"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="62580"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="44569"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="191320"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="364291"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="179354"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="133859"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="147678"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="56096"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="81117"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="31861"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="141483"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="125068"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="19669"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="65648"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="111963"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="105429"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="88289"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="41026"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="42890"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="45276"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="115441"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="67489"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="60720"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="64170"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="103961"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="2846887"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="35010"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="177178"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="20331"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="20323"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="56376"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="240723"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="147479"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="69517"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="71354"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="24400"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="52044"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="10858"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="44551"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="76597"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="9502"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="33438"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="55535"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="15822"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="41072"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="20800"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="15260"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="23462"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="50638"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="51463"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="45021"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="29266"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="45171"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="1483192"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="23848"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="159521"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="26188"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="18048"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="70044"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="78403"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="15181"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="52876"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="37220"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="30601"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="40229"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="13216"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="33664"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="33983"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="4078"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="18126"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="45732"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="29990"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="34522"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="23918"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="19126"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="17684"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="48445"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="24987"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="21759"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="22911"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="53229"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="997528"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="27990"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="106256"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="19633"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="8566"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="50375"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="31788"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="33811"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="63189"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="41834"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="28062"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="39993"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="9988"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="22355"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="35982"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="13084"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="34520"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="10941"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="40757"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="14080"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="20577"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="25479"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="46766"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="21330"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="49388"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="25024"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="33369"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="856821"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="59219"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="316071"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="70287"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="47857"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="213788"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="390956"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="179317"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="146719"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="163421"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="58677"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="85023"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="34543"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="168439"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="129235"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="24764"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="58451"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="123055"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="147687"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="92455"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="44646"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="48577"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="48957"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="128322"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="73841"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="69393"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="68561"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="113335"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="3105597"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="33282"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="172040"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="20339"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="18987"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="55898"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="232138"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="131291"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="68732"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="71723"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="22503"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="48429"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="10716"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="42837"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="70718"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="10682"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="23564"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="52153"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="16310"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="37532"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="19634"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="16015"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="25473"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="49637"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="48811"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="45262"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="27111"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="44410"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="1416224"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="25591"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="166563"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="24464"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="18519"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="66642"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="89014"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="13935"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="50970"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="34710"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="27459"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="39391"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="12208"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="28383"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="40900"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="3682"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="17709"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="43669"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="25838"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="33673"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="22923"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="17256"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="14526"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="49737"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="26786"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="24615"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="23204"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="71940"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="1014307"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="31477"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="115627"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="23192"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="10332"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="62984"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="40407"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="37508"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="75358"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="46780"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="33019"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="48500"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="10848"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="26865"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="46775"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="16582"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="37729"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="14114"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="51551"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="16918"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="25246"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="29289"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="54340"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="23433"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="59387"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="31405"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="43314"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="1014784"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="64384"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="337364"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="75597"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="48588"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="234946"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="417078"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="188166"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="163664"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="171398"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="64318"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="94706"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="37333"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="183373"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="131586"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="21910"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="60993"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="137219"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="165772"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="97320"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="48039"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="52991"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="42225"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="143216"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="74644"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="72390"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="74869"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="126139"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="3330229"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="31491"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="165131"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="18418"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="16665"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="51586"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="223532"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="122302"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="66329"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="71761"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="22063"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="47073"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="10112"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="37257"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="62787"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="8286"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="20847"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="50106"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="14420"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="35785"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="18449"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="15609"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="18295"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="50362"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="43520"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="42905"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="25691"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="44076"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="1334857"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="26453"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="173119"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="22267"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="18932"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="67856"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="102888"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="15369"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="54258"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="30821"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="25703"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="45585"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="13114"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="23471"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="41091"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="4368"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="17214"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="49596"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="24968"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="33050"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="26305"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="16591"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="14299"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="49641"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="29084"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="33216"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="24763"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="60166"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="1044190"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="31282"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="122005"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="22456"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="10871"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="61677"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="42792"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="36785"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="76945"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="51870"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="33903"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="52834"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="11204"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="27831"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="48619"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="3052"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="16073"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="38820"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="15466"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="51560"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="17374"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="25916"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="27637"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="55768"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="24265"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="63711"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="33188"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="45758"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="1049661"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="70120"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="360806"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="80745"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="58351"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="219966"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="467577"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="196353"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="179060"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="185078"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="71625"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="101639"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="38449"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="195454"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="143217"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="22986"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="64441"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="149480"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="162300"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="106858"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="52826"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="58374"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="39690"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="157498"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="80765"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="80706"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="86068"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="140937"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="3571370"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="29089"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="155229"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="16769"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="16027"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="45769"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="214085"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="112449"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="64507"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="67329"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="21791"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="44399"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="9194"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="34355"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="58791"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="7237"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="19548"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="46977"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="12173"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="34325"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="16999"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="14791"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="15050"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="47059"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="38534"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="40639"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="24216"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="42406"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="1249735"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="24867"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="183966"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="21824"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="18818"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="70591"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="110164"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="15211"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="49066"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="32846"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="25435"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="42860"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="12516"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="24414"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="41994"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="4729"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="16907"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="50142"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="25605"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="32264"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="23162"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="16614"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="13705"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="47397"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="27060"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="32181"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="28313"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="61986"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="1054636"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="32755"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="119418"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="23506"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="11623"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="67384"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="46928"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="38206"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="75844"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="53533"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="34582"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="52028"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="11660"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="30596"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="50772"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="4398"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="17514"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="40455"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="18457"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="52578"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="17812"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="26881"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="26157"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="55784"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="25287"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="66116"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="36912"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="51489"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="1088674"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="72323"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="366562"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="79633"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="59144"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="220874"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="471299"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="194892"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="181745"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="186298"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="75163"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="102928"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="39807"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="186712"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="146130"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="21752"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="66612"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="157250"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="149895"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="105557"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="53746"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="60227"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="40730"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="150102"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="80021"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="88510"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="84435"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="146917"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="3589262"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="25505"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="137830"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="14321"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="14241"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="41403"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="186708"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="98885"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="59069"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="58271"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="19018"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="39541"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="7935"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="29514"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="51995"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="6478"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="17343"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="41978"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="11300"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="29781"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="14536"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="13336"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="13646"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="37774"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="32610"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="36364"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="21040"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="37123"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="1097546"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="26365"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="187412"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="22368"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="19268"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="74430"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="113216"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="14325"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="51440"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="35143"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="26293"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="43295"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="14070"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="23503"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="40091"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="4808"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="17826"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="51263"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="27377"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="34021"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="22350"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="17173"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="13173"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="49893"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="28409"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="39024"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="26578"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="63558"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="1086672"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="34869"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="127442"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="25440"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="12528"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="70121"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="41393"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="38892"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="82914"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="56122"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="37647"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="56373"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="12642"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="31071"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="55865"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="4481"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="18596"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="42082"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="18935"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="55494"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="18282"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="28189"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="26650"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="60834"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="27084"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="70467"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="35595"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="58901"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="1148910"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="76697"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="390198"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="80721"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="62097"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="213473"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="478534"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="188681"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="199399"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="187653"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="77027"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="107075"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="41365"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="174235"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="158193"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="22151"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="67332"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="161904"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="151836"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="107782"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="57698"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="65632"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="41462"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="151681"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="81783"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="87312"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="91978"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="154995"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="3678892"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="24892"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="132767"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="12837"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="13424"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="38632"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="182335"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="88804"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="58151"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="52662"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="17262"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="37499"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="7718"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="26429"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="51057"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="5956"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="16365"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="40690"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="10828"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="27709"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="14193"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="12875"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="12616"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="35143"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="30958"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="34871"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="20727"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="35686"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="1043084"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="24286"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="186124"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="21584"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="20129"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="72527"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="126624"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="12969"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="51765"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="35478"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="26895"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="42190"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="11204"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="24837"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="48934"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="4770"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="18910"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="51034"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="27405"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="35767"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="22148"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="17474"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="12366"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="47032"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="27412"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="37876"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="24086"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="60679"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="1092504"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="32558"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="123651"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="23106"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="11738"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="63713"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="37931"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="36859"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="81682"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="48760"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="34082"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="53237"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="11775"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="27797"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="52540"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="4229"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="18213"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="40464"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="16771"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="54070"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="17685"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="27275"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="22480"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="55142"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="24173"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="63734"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="30885"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="53515"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="1068064"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="65281"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="342860"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="74117"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="51739"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="181248"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="390318"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="147576"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="163808"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="161783"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="66955"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="90621"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="37901"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="167863"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="133347"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="20507"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="61327"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="142317"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="128024"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="92887"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="49056"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="57575"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="33780"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="131709"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="70736"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="74169"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="87648"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="142234"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="3167384"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="18181"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="98075"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="10194"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="9868"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="28821"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="133349"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="60915"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="40877"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="38707"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="12503"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="27838"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="5797"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="23504"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="36182"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="4922"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="12052"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="31110"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="8212"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="20650"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="10499"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="9654"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="9307"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="26504"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="23784"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="26964"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="16397"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="27827"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="772693"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="25158"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="184959"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="23615"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="20277"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="75159"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="117911"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="14157"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="60757"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="34561"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="31662"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="45953"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="12149"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="29071"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="57196"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="4740"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="20219"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="55444"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="28784"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="38564"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="25610"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="20062"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="12302"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="49519"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="29791"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="34169"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="21013"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="61549"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="1134349"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="39100"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="143446"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="28305"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="12437"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="77987"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="35120"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="42421"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="110134"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="51473"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="39905"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="63983"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="14141"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="32446"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="61007"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="5197"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="21244"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="49303"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="20673"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="67002"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="21808"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="35022"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="27106"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="65020"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="27854"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="63859"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="33333"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="67298"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="1256626"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="71511"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="355913"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="75813"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="56245"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="184510"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="448616"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="154202"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="172311"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="173108"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="70749"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="96888"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="38056"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="149531"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="195971"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="22436"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="70873"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="154932"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="125231"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="100462"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="50944"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="58324"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="35221"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="140897"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="74874"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="77334"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="95846"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="147029"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="3397827"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="18745"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="102977"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="11276"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="10455"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="30526"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="146675"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="64630"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="43596"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="42217"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="12576"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="28751"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="5754"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="20347"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="44753"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="5156"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="13496"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="34768"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="8346"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="21814"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="10586"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="9954"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="9587"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="28053"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="25169"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="28953"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="17392"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="28148"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="824697"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="26300"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="181935"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="24929"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="20653"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="72859"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="153053"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="19585"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="59360"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="35799"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="29191"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="44899"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="11604"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="27719"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="43961"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="5009"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="22250"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="57366"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="31802"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="44627"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="44399"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="20139"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="10733"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="48633"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="26648"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="30540"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="20541"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="58632"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="1173168"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="34279"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="118447"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="27868"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="12076"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="63921"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="67489"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="58391"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="88262"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="44842"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="35916"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="52818"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="11897"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="29277"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="46461"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="4978"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="20085"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="40754"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="16650"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="53254"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="20335"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="27158"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="21033"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="55373"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="23250"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="42387"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="26127"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="63290"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="1106619"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="76282"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="371536"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="78591"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="60407"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="220924"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="432472"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="164810"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="175219"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="179948"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="72402"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="106153"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="40178"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="194507"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="194069"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="23192"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="77333"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="161861"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="131042"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="107869"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="54880"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="64152"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="39283"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="146786"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="81257"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="79487"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="101015"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="152113"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="3587767"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="22069"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="114427"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="12435"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="12001"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="39334"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="163013"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="75787"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="46914"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="49353"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="14587"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="32533"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="6515"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="27279"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="45496"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="5828"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="15309"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="39763"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="9875"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="23921"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="11728"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="11336"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="11000"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="30814"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="27840"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="31799"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="19918"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="30489"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="931364"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="24442"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="174223"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="27037"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="20185"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="79342"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="126654"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="25785"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="51140"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="35872"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="28744"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="44022"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="11002"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="29683"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="41040"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="4772"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="25073"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="55290"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="28947"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="41642"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="47807"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="19552"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="9751"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="50992"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="31680"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="30187"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="19775"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="62320"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="1146959"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <n v="29587"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <n v="93773"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <n v="23483"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <n v="11959"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <n v="60039"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <n v="44847"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <n v="56033"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <n v="59050"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <n v="37355"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <n v="30915"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <n v="47670"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <n v="10656"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <n v="27103"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <n v="40234"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <n v="6346"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <n v="17426"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <n v="33543"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <n v="15283"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <n v="47397"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <n v="16191"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <n v="22510"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <n v="16598"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <n v="47219"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <n v="18500"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <n v="24896"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <n v="23296"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <n v="60442"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="922352"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Autodiesel"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="3593980"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Unleaded petrol"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="1009613"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="3"/>
+    <s v="Marked gas oil"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="1095739"/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CEC"/>
+    <s v="Co. Clare"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CKC"/>
+    <s v="Co. Cork"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CNC"/>
+    <s v="Co. Cavan"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="CWC"/>
+    <s v="Co. Carlow"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DLC"/>
+    <s v="Co. Donegal"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DN1"/>
+    <s v="Dublin city"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="DN2"/>
+    <s v="Dublin county excl Dublin city"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="GYC"/>
+    <s v="Co. Galway"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KEC"/>
+    <s v="Co. Kildare"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KKC"/>
+    <s v="Co. Kilkenny"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="KYC"/>
+    <s v="Co. Kerry"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LDC"/>
+    <s v="Co. Longford"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LHC"/>
+    <s v="Co. Louth"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LKC"/>
+    <s v="Co. Limerick"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LMC"/>
+    <s v="Co. Leitrim"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="LSC"/>
+    <s v="Co. Laois"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MHC"/>
+    <s v="Co. Meath"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MNC"/>
+    <s v="Co. Monaghan"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="MOC"/>
+    <s v="Co. Mayo"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="OYC"/>
+    <s v="Co. Offaly"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="RNC"/>
+    <s v="Co. Roscommon"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="SOC"/>
+    <s v="Co. Sligo"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="TYC"/>
+    <s v="Co. Tipperary"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WDC"/>
+    <s v="Co. Waterford"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WKC"/>
+    <s v="Co. Wicklow"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WMC"/>
+    <s v="Co. Westmeath"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="WXC"/>
+    <s v="Co. Wexford"/>
+    <s v="000 litres"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FOM01"/>
+    <s v="Forecourt and Non-Forecourt Final Movements"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="4"/>
+    <s v="Kerosene"/>
+    <s v="IE0"/>
+    <s v="State"/>
+    <s v="000 litres"/>
+    <n v="918343"/>
+  </r>
+</pivotCacheRecords>
 </file>