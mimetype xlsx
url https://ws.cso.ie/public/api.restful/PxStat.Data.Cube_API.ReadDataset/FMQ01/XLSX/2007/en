--- v0 (2025-11-09)
+++ v1 (2026-01-29)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5f1f6e53a804239" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c3a3ca9115894532b2a542783aad6aab.psmdcp" Id="R0de2b746678e4e69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6980f5506ac4b73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/62bcd8561412410f93ea4f741c5d71df.psmdcp" Id="Rd86a05d82a2d4be6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>FMQ01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Gross Value Added for Foreign-owned Multinational Enterprises</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2022 11:00:00 AM</x:t>
+    <x:t>03/06/2022 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/FMQ01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>GVAFMQ</x:t>
   </x:si>
   <x:si>
     <x:t>Foreign-owned Multinational Enterprises Value Added Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Justin Flannery</x:t>
   </x:si>
@@ -1039,1051 +1039,330 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...999 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="109">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="109">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02937V03552" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sector" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1309" totalsRowShown="0">
   <x:autoFilter ref="A1:H1309"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C02937V03552"/>
     <x:tableColumn id="6" name="Sector"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -2352,51 +1631,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/FMQ01/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2583,51 +1862,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H1309"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="46.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="77.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -36649,51 +35928,51 @@
       <x:c r="E1309" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1309" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1309" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1309" s="0">
         <x:v>48601</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -36710,51 +35989,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1309" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="4">
         <x:s v="FMQ01C01"/>
         <x:s v="FMQ01C02"/>
         <x:s v="FMQ01S1"/>
         <x:s v="FMQ01S2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="4">
         <x:s v="GVA at Current Basic Prices"/>
         <x:s v="GVA at Constant Basic Prices"/>
         <x:s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
         <x:s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
       <x:sharedItems count="109">
         <x:s v="19951"/>
         <x:s v="19952"/>
         <x:s v="19953"/>
         <x:s v="19954"/>
         <x:s v="19961"/>
@@ -38280,27 +37559,13108 @@
         <x:n v="41838"/>
         <x:n v="90686"/>
         <x:n v="48026"/>
         <x:n v="98364"/>
         <x:n v="55636"/>
         <x:n v="42727"/>
         <x:n v="100738"/>
         <x:n v="56925"/>
         <x:n v="43813"/>
         <x:n v="103928"/>
         <x:n v="59362"/>
         <x:n v="44566"/>
         <x:n v="100055"/>
         <x:n v="54872"/>
         <x:n v="45183"/>
         <x:n v="111227"/>
         <x:n v="62627"/>
         <x:n v="48601"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19951"/>
+    <s v="1995Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="11982"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19951"/>
+    <s v="1995Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="2392"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19951"/>
+    <s v="1995Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="9590"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19952"/>
+    <s v="1995Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="12727"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19952"/>
+    <s v="1995Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="2471"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19952"/>
+    <s v="1995Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="10256"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19953"/>
+    <s v="1995Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="12305"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19953"/>
+    <s v="1995Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="2380"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19953"/>
+    <s v="1995Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="9925"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19954"/>
+    <s v="1995Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="12437"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19954"/>
+    <s v="1995Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="2637"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19954"/>
+    <s v="1995Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="9800"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19961"/>
+    <s v="1996Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="13135"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19961"/>
+    <s v="1996Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="2756"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19961"/>
+    <s v="1996Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="10379"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19962"/>
+    <s v="1996Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="13709"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19962"/>
+    <s v="1996Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="2740"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19962"/>
+    <s v="1996Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="10970"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19963"/>
+    <s v="1996Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="13113"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19963"/>
+    <s v="1996Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="2363"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19963"/>
+    <s v="1996Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="10750"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19964"/>
+    <s v="1996Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="13559"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19964"/>
+    <s v="1996Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="2931"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19964"/>
+    <s v="1996Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="10627"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="14810"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="3337"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="11473"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="15679"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="3471"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="12208"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="15599"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="3538"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="12061"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="15758"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="3762"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="11996"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="17879"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="4541"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="13338"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="18275"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="4415"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="13860"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="18372"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="4513"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="13858"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="18229"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="4410"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="13818"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="19904"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="5373"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="14531"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="20528"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="5177"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="15351"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="20615"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="5146"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="15469"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="21624"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="6042"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="15582"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="22791"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="5615"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="17176"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="24285"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="6136"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="18149"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="24090"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="5914"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="18177"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="25556"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7352"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="18204"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="26869"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8068"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="18801"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="27690"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7493"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="20196"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="26467"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="6551"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="19916"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="27788"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7602"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="20186"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="28908"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8295"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="20613"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="30918"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9153"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="21765"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="29735"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8083"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="21652"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="31043"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8885"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="22158"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="30952"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7650"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="23302"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="32738"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8299"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="24439"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="31350"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="6588"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="24761"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="33948"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8864"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="25084"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="33778"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7956"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="25822"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="35276"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8360"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="26916"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="33109"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="6777"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="26332"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="35266"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8294"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="26972"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="36517"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8383"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28134"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="38074"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8363"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="29711"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="36432"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7079"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="29353"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="38500"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8352"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="30148"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="39733"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7844"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="31889"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="41429"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8908"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="32521"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="39616"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7750"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="31866"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="41800"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7990"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="33810"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="43362"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9205"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34157"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="44364"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8576"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35788"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="42894"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7535"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35359"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="44445"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8687"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35758"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="42639"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9034"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="33604"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="43189"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9174"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34014"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="41480"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8542"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="32938"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="40028"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7301"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="32727"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="38742"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10200"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28543"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="39211"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10203"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="29008"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="37389"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8788"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28601"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="36994"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8410"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28584"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="37964"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9753"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28211"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="37928"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9039"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28889"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="38093"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9317"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28777"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="38283"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8883"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="29400"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="38103"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10226"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="27876"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="39476"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10582"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28894"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="38699"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9848"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28851"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="38773"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9513"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="29260"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="39727"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10985"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28742"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="40091"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10716"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="29376"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="39303"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9768"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="29535"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="39415"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8937"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="30477"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="39668"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10358"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="29311"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="41195"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10531"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="30665"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="41590"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10090"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="31500"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="41646"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9597"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="32049"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="42802"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="11243"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="31559"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="45379"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="12370"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="33009"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="45526"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="11377"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34148"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="44771"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10310"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34460"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="59276"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="25029"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34246"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="59482"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="24163"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35319"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="61676"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="25142"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="36534"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="63665"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="26823"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="36842"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="60023"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="23672"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="36351"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="59721"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="22214"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="37507"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="63071"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="24816"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="38255"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="67993"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="29844"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="38149"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="64902"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="26012"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="38890"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="63147"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="23213"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="39934"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="69734"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="28670"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="41065"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="76251"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="34628"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="41622"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="72974"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="31927"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="41046"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="73150"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="30004"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="43146"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="80050"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="35741"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="44309"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="80112"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="34559"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="45552"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="79477"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="35126"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="44351"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="80364"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="34846"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="45519"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="87421"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="40827"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="46594"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="88038"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="40316"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="47722"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="88416"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="43244"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="45172"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="79017"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="40147"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="38870"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="94585"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="51140"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="43444"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="87247"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="41959"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="45288"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="93500"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="51757"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="41742"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="93377"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="48384"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="44994"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="108591"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="61178"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="47413"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="98320"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="49294"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="49026"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="108473"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="58776"/>
+  </r>
+  <r>
+    <s v="FMQ01C01"/>
+    <s v="GVA at Current Basic Prices"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="49697"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19951"/>
+    <s v="1995Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="24679"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19951"/>
+    <s v="1995Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="3976"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19951"/>
+    <s v="1995Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="20624"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19952"/>
+    <s v="1995Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="26070"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19952"/>
+    <s v="1995Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="3951"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19952"/>
+    <s v="1995Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="22072"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19953"/>
+    <s v="1995Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="25065"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19953"/>
+    <s v="1995Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="3387"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19953"/>
+    <s v="1995Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="21690"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19954"/>
+    <s v="1995Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="25325"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19954"/>
+    <s v="1995Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="4188"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19954"/>
+    <s v="1995Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="21041"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19961"/>
+    <s v="1996Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="26357"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19961"/>
+    <s v="1996Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="4290"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19961"/>
+    <s v="1996Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="21918"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19962"/>
+    <s v="1996Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="27594"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19962"/>
+    <s v="1996Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="4262"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19962"/>
+    <s v="1996Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="23263"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19963"/>
+    <s v="1996Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="26172"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19963"/>
+    <s v="1996Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="3654"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19963"/>
+    <s v="1996Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="22598"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19964"/>
+    <s v="1996Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="27077"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19964"/>
+    <s v="1996Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="4521"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19964"/>
+    <s v="1996Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="22361"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="28385"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="4928"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="23188"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="30071"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="5129"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="24691"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="29843"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="5237"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="24304"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="30097"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="5564"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="24126"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="31681"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="6328"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="24752"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="32320"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="6170"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="25642"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="32595"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="6312"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="25737"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="32327"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="6094"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="25752"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="33738"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7201"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="25751"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="34631"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="6926"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="27052"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="34788"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="6927"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="27216"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="36542"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8172"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="27394"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="35573"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7405"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="27400"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="37842"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8064"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28904"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="37606"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7867"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28916"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="40068"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9790"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28962"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="38478"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9400"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="27919"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="39840"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8861"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="29956"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="38315"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7806"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="29670"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="40209"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8992"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="30174"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="40102"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9790"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="29057"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="42721"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10747"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="30555"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="40834"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9451"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="30240"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="42728"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10428"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="30965"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="40725"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9574"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="29952"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="42919"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10287"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="31330"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="40588"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8052"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="31629"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="44296"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10795"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="32122"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="43561"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10096"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="32224"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="45247"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10600"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="33354"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="42613"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8599"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="32850"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="45860"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10591"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="33963"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="46212"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="11360"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="33564"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="47617"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="11248"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35034"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="45714"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9689"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34725"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="48524"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="11380"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35783"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="48093"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="11103"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35630"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="50080"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="12584"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="36209"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="48320"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10930"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35995"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="50175"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="11384"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="37347"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="52614"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13729"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="37719"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="53113"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="12900"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="38833"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="52163"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="11364"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="39167"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="54135"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13039"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="39666"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="52879"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="12977"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="38570"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="53036"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13120"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="38608"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="51607"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="12285"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="37921"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="49731"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10856"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="37264"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="49330"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13691"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34706"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="49838"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13795"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35093"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="47770"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="12040"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34571"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="47083"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="11213"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34592"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="49421"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="14284"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34176"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="49120"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13128"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34928"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="49573"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13598"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34936"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="49517"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="12790"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35609"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="48936"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13635"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34318"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="50604"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="14038"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35538"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="49831"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13260"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35465"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="49861"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="12797"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35879"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="49026"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="14694"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="33393"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="49290"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="14098"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34193"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="48518"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13136"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34338"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="48182"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="11703"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35334"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="47900"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13680"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="33270"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="49587"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13743"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34808"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="50191"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13143"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35904"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="50116"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="12442"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="36447"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="51074"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="14662"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35413"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="53953"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="16169"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="36817"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="54275"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="14936"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="38194"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="53537"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13779"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="38504"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="67786"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="30263"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="37819"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="64299"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="25065"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="38972"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="67250"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="26428"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="40580"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="67967"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="27203"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="40592"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="66229"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="27185"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="38945"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="64842"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="24703"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="40092"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="65402"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="24222"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="41151"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="74269"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="33326"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="40758"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="68682"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="27827"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="40764"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="67814"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="26399"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="41308"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="74540"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="31745"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="42721"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="78109"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="34876"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="43182"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="75154"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="33341"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="41791"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="78447"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="34334"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="44075"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="83174"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="37804"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="45374"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="81626"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="35151"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="46417"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="78252"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="33953"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="44247"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="82708"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="37200"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="45506"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="88402"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="41654"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="46821"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="85937"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="38309"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="47611"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="86842"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="43126"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="43716"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="81663"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="43958"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="37706"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="95661"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="53138"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="42523"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="90032"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="45849"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="44183"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="96148"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="55304"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="40845"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="98435"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="55034"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="43401"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="110143"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="64817"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="45326"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="98570"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="51635"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="46935"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="109013"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="62706"/>
+  </r>
+  <r>
+    <s v="FMQ01C02"/>
+    <s v="GVA at Constant Basic Prices"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="46307"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19951"/>
+    <s v="1995Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="11822"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19951"/>
+    <s v="1995Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="2255"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19951"/>
+    <s v="1995Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="9567"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19952"/>
+    <s v="1995Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="12279"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19952"/>
+    <s v="1995Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="2419"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19952"/>
+    <s v="1995Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="9860"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19953"/>
+    <s v="1995Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="12551"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19953"/>
+    <s v="1995Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="2560"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19953"/>
+    <s v="1995Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="9991"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19954"/>
+    <s v="1995Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="12845"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19954"/>
+    <s v="1995Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="2675"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19954"/>
+    <s v="1995Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="10170"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19961"/>
+    <s v="1996Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="12928"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19961"/>
+    <s v="1996Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19961"/>
+    <s v="1996Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="10341"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19962"/>
+    <s v="1996Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="13256"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19962"/>
+    <s v="1996Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="2692"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19962"/>
+    <s v="1996Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="10565"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19963"/>
+    <s v="1996Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="13355"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19963"/>
+    <s v="1996Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="2539"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19963"/>
+    <s v="1996Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="10815"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19964"/>
+    <s v="1996Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="13990"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19964"/>
+    <s v="1996Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="2970"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19964"/>
+    <s v="1996Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="11020"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="14547"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="3127"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="11420"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="15213"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="3422"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="11791"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="15922"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="3803"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="12119"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="16227"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="3801"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="12425"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="17511"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="4250"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="13261"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="17811"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="4372"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="13439"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="18755"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="4854"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="13901"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="18712"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="4433"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="14279"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="19507"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="5043"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="14464"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="20043"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="5128"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="14916"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="21063"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="5551"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="15511"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="22068"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="6023"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="16044"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="22443"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="5311"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="17132"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="23702"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="6047"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="17656"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="24673"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="6427"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="18246"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="25873"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7232"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="18641"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="26572"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7755"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="18817"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="26940"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7285"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="19654"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="27236"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7208"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="20028"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="27956"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7384"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="20572"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="28752"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8087"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="20664"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="29999"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8791"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="21208"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="30786"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8982"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="21803"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="31069"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8558"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="22511"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="30906"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7550"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="23356"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="31732"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7883"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="23849"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="32313"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7347"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="24966"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="34004"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8556"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="25448"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="33706"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7864"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="25842"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="34194"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7901"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="26293"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="34162"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7561"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="26602"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="35367"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8048"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="27319"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="36397"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8269"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28128"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="36945"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7889"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="29056"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="37541"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7850"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="29690"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="38701"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8232"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="30470"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="39521"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7641"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="31880"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="40299"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8433"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="31866"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="40733"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8508"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="32225"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="42103"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8022"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34081"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="43051"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8858"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34193"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="43324"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8163"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35160"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="43808"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8129"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35679"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="44895"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8939"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35956"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="42291"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8585"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="33706"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="42302"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8775"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="33527"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="42216"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9074"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="33142"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="40456"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7658"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="32798"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="38357"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9634"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28722"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="38467"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9786"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28681"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="37880"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9186"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28694"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="37523"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8985"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28539"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="37667"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9181"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28486"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="37327"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8673"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28654"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="38434"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9636"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28799"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="38797"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9570"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="29227"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="37925"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9661"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28264"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="38881"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10153"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28728"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="38877"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10079"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28798"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="39288"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10294"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28994"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="39665"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10420"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="29245"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="39579"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10310"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="29268"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="39344"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9956"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="29388"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="39715"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9555"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="30159"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="39811"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9913"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="29898"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="40846"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10236"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="30609"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="41459"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10234"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="31225"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="41797"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10054"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="31743"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="43062"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10849"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="32213"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="45259"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="12262"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="32997"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="45237"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="11479"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="33758"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="44684"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10499"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34185"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="59315"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="24381"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34934"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="59948"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="24610"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35338"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="61167"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="25087"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="36080"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="63222"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="26656"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="36566"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="60323"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="23245"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="37077"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="60762"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="23248"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="37514"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="62274"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="24447"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="37827"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="66931"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="29124"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="37808"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="65432"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="25750"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="39682"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="64767"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="24826"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="39941"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="68424"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="27752"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="40672"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="74886"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="33735"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="41151"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="73573"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="31669"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="41904"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="75724"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="32557"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="43167"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="77881"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="33917"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="43964"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="79030"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="34073"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="44957"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="80045"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="34837"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="45208"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="83566"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="37935"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="45631"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="84288"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="38034"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="46255"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="87758"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="40648"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="47110"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="88607"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="42707"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="45900"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="82609"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="43574"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="39035"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="90228"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="47071"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="43157"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="87920"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="43150"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="44771"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="93185"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="50929"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="42257"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="97531"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="52277"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="45254"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="103026"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="55911"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="47115"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="99966"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="51428"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="48539"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="107770"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="57588"/>
+  </r>
+  <r>
+    <s v="FMQ01S1"/>
+    <s v="GVA at Current Basic Prices (Seasonally Adjusted)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="50182"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19951"/>
+    <s v="1995Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="24581"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19951"/>
+    <s v="1995Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="3767"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19951"/>
+    <s v="1995Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="20813"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19952"/>
+    <s v="1995Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="25256"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19952"/>
+    <s v="1995Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="3861"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19952"/>
+    <s v="1995Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="21395"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19953"/>
+    <s v="1995Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="25480"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19953"/>
+    <s v="1995Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="3793"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19953"/>
+    <s v="1995Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="21687"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19954"/>
+    <s v="1995Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="25608"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19954"/>
+    <s v="1995Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="4074"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19954"/>
+    <s v="1995Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="21535"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19961"/>
+    <s v="1996Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="26151"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19961"/>
+    <s v="1996Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="4057"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19961"/>
+    <s v="1996Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="22094"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19962"/>
+    <s v="1996Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="26784"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19962"/>
+    <s v="1996Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="4183"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19962"/>
+    <s v="1996Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="22601"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19963"/>
+    <s v="1996Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="26661"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19963"/>
+    <s v="1996Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="4079"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19963"/>
+    <s v="1996Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="22582"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19964"/>
+    <s v="1996Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="27220"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19964"/>
+    <s v="1996Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="4390"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19964"/>
+    <s v="1996Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="22830"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="28167"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="4661"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="23506"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="29019"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="5067"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="23952"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="30067"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="5809"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="24257"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="29905"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="5389"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="24516"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="30996"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="5998"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="24999"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="31266"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="6138"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="25127"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="32593"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="6944"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="25649"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="31892"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="5890"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="26002"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="32982"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="6859"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="26123"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="33480"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="6904"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="26577"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="34695"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7582"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="27114"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="35362"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7879"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="27483"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="35022"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="7106"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="27917"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="36442"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8008"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28434"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="37441"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8601"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28841"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="38306"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9421"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28884"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="37642"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9109"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="28533"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="38186"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8692"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="29494"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="38239"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8586"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="29653"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="38626"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8648"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="29978"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="39402"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9547"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="29855"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="40374"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10413"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="29962"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="40754"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10461"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="30293"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="40759"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10057"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="30702"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="39901"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9377"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="30524"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="40778"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9835"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="30943"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="40716"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="8962"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="31754"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="42349"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10484"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="31865"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="42547"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9868"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="32679"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="43064"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10066"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="32998"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="42661"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="9586"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="33076"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="44040"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10356"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="33685"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="45177"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="11089"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34089"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="45185"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10640"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34545"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="45741"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10743"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34998"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="46761"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="11264"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35497"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="46647"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="10776"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35871"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="47935"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="11926"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="36009"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="48214"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="11965"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="36250"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="48476"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="11440"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="37036"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="51242"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13281"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="37961"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="50960"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="12250"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="38710"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="51523"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="12199"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="39324"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="52736"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13377"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="39360"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="51576"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="12498"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="39078"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="50802"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="12492"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="38311"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="50922"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="12946"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="37977"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="48276"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="11334"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="36942"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="48268"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13169"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35100"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="48151"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13156"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34995"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="47028"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="12464"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34565"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="46139"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="11924"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34215"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="48417"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13693"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34724"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="47364"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="12539"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34825"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="48790"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13908"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34883"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="48835"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13755"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35079"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="48134"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13072"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35061"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="48876"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13413"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35463"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="48765"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13451"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35315"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="49103"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13854"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35249"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="48306"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="14065"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34241"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="47737"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13528"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34209"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="47344"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13295"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34049"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="47285"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="12587"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34698"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="47459"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13100"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34359"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="48082"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13345"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="34736"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="48683"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13254"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35430"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="49044"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="13187"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="35858"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="50414"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="14067"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="36347"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="53048"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="16006"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="37042"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="52551"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="14985"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="37566"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="52217"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="14268"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="37948"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="68079"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="29300"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="38779"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="64600"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="25324"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="39277"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="66117"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="26265"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="39852"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="67548"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="27535"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="40014"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="66860"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="26695"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="40165"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="65584"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="25392"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="40192"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="64190"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="23757"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="40433"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="73313"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="33214"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="40100"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="69621"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="27756"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="41865"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="69082"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="27431"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="41651"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="72628"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="30606"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="42022"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="77035"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="34717"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="42318"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="76923"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="33617"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="43306"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="80015"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="35825"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="44190"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="80477"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="35801"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="44675"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="80623"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="35366"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="45257"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="80258"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="34452"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="45806"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="84597"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="38690"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="45907"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="84936"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="38838"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="46098"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="85491"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="39319"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="46172"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="89193"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="43684"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="45509"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="83585"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="45531"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="38053"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="90832"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="48995"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="41838"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="90686"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="48026"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="42661"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="98364"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="55636"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="42727"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="100738"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="56925"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="43813"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="103928"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="59362"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="44566"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="100055"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="54872"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="45183"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro Million"/>
+    <n v="111227"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="Euro Million"/>
+    <n v="62627"/>
+  </r>
+  <r>
+    <s v="FMQ01S2"/>
+    <s v="GVA at Constant Basic Prices (Seasonally Adjusted)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="Euro Million"/>
+    <n v="48601"/>
+  </r>
+</pivotCacheRecords>
 </file>