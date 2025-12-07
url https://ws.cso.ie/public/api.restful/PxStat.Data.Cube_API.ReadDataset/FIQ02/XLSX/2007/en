--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0ce2e2d50664e85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8e87825ea2984215837766a70ca8756f.psmdcp" Id="R33adc0ed9b72442d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f51dec51e964e4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f13c3a67fed04196aac02a8d6fa5160a.psmdcp" Id="Rf0ce5e9027d64fee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>FIQ02</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Exchequer Account (Historical Series)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/FIQ02/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>FI</x:t>
   </x:si>
   <x:si>
     <x:t>Financial Indicators</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Paul Sheridan</x:t>
   </x:si>
@@ -714,50 +714,53 @@
     <x:t>1996Q3</x:t>
   </x:si>
   <x:si>
     <x:t>19964</x:t>
   </x:si>
   <x:si>
     <x:t>1996Q4</x:t>
   </x:si>
   <x:si>
     <x:t>19971</x:t>
   </x:si>
   <x:si>
     <x:t>1997Q1</x:t>
   </x:si>
   <x:si>
     <x:t>19972</x:t>
   </x:si>
   <x:si>
     <x:t>1997Q2</x:t>
   </x:si>
   <x:si>
     <x:t>19973</x:t>
   </x:si>
   <x:si>
     <x:t>1997Q3</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>19974</x:t>
   </x:si>
   <x:si>
     <x:t>1997Q4</x:t>
   </x:si>
   <x:si>
     <x:t>06</x:t>
   </x:si>
   <x:si>
     <x:t>Post Office and TSB deposits</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
@@ -907,883 +910,288 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...831 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02568V03113" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Item" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="92">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="92">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H185" totalsRowShown="0">
   <x:autoFilter ref="A1:H185"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02568V03113"/>
     <x:tableColumn id="4" name="Item"/>
     <x:tableColumn id="5" name="TLIST(Q1)"/>
     <x:tableColumn id="6" name="Quarter"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -2052,51 +1460,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/FIQ02/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.ie/en/organisation/department-of-finance/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2283,51 +1691,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H185"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="33.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="34.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.567768" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -4691,2479 +4099,2485 @@
         <x:v>11492.4</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H92" s="0" t="s">
+        <x:v>231</x:v>
+      </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="F93" s="0" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="G93" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H93" s="0" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H94" s="0">
         <x:v>328.9</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H95" s="0">
         <x:v>339.5</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H96" s="0">
         <x:v>351.2</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H97" s="0">
         <x:v>360.4</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H98" s="0">
         <x:v>380.8</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H99" s="0">
         <x:v>409.7</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H100" s="0">
         <x:v>452.4</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H101" s="0">
         <x:v>420.8</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H102" s="0">
         <x:v>433.6</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H103" s="0">
         <x:v>466.6</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H104" s="0">
         <x:v>488.6</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H105" s="0">
         <x:v>527.7</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H106" s="0">
         <x:v>556.3</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H107" s="0">
         <x:v>544.8</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H108" s="0">
         <x:v>558.3</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H109" s="0">
         <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H110" s="0">
         <x:v>576.3</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H111" s="0">
         <x:v>591.1</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H112" s="0">
         <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H113" s="0">
         <x:v>598.9</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H114" s="0">
         <x:v>605.5</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H115" s="0">
         <x:v>613.4</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H116" s="0">
         <x:v>632.8</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H117" s="0">
         <x:v>665</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H118" s="0">
         <x:v>706.5</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H119" s="0">
         <x:v>734.4</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H120" s="0">
         <x:v>746.2</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H121" s="0">
         <x:v>751.4</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H122" s="0">
         <x:v>788.5</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H123" s="0">
         <x:v>809.2</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H124" s="0">
         <x:v>834.6</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H125" s="0">
         <x:v>859.1</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H126" s="0">
         <x:v>882.7</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H127" s="0">
         <x:v>896.2</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H128" s="0">
         <x:v>949.1</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H129" s="0">
         <x:v>967.9</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H130" s="0">
         <x:v>1024.3</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H131" s="0">
         <x:v>1072.4</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H132" s="0">
         <x:v>1120.2</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H133" s="0">
         <x:v>1124.1</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H134" s="0">
         <x:v>1170.2</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H135" s="0">
         <x:v>1206.6</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H136" s="0">
         <x:v>1269</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H137" s="0">
         <x:v>1289</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H138" s="0">
         <x:v>1258.4</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H139" s="0">
         <x:v>1270</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H140" s="0">
         <x:v>1289.9</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H141" s="0">
         <x:v>1285.4</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H142" s="0">
         <x:v>1308.3</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H143" s="0">
         <x:v>1328.1</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H144" s="0">
         <x:v>1363.7</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H145" s="0">
         <x:v>1387.3</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H146" s="0">
         <x:v>1409</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H147" s="0">
         <x:v>1420.6</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H148" s="0">
         <x:v>1430.4</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H149" s="0">
         <x:v>1437</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H150" s="0">
         <x:v>1434.8</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H151" s="0">
         <x:v>1432.4</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H152" s="0">
         <x:v>1449.9</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H153" s="0">
         <x:v>1438.7</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H154" s="0">
         <x:v>1414.9</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H155" s="0">
         <x:v>1447.2</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H156" s="0">
         <x:v>1472.4</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H157" s="0">
         <x:v>1482</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H158" s="0">
         <x:v>1507.3</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H159" s="0">
         <x:v>1538.5</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H160" s="0">
         <x:v>1566.9</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H161" s="0">
         <x:v>1556.3</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H162" s="0">
         <x:v>515.5</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H163" s="0">
         <x:v>521.6</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H164" s="0">
         <x:v>524.7</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H165" s="0">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H166" s="0">
         <x:v>524.1</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H167" s="0">
         <x:v>559.2</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H168" s="0">
         <x:v>595.4</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H169" s="0">
         <x:v>600.5</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H170" s="0">
         <x:v>608.7</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H171" s="0">
         <x:v>610.4</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H172" s="0">
         <x:v>614.9</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H173" s="0">
         <x:v>614.6</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H174" s="0">
         <x:v>613.3</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H175" s="0">
         <x:v>598.3</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H176" s="0">
         <x:v>595.5</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H177" s="0">
         <x:v>590.9</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H178" s="0">
         <x:v>599.3</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H179" s="0">
         <x:v>604.4</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H180" s="0">
         <x:v>605.7</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H181" s="0">
         <x:v>599.3</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H182" s="0">
         <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H183" s="0">
         <x:v>595.5</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H184" s="0">
         <x:v>595.5</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="D185" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="E185" s="0" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="F185" s="0" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H185" s="0">
         <x:v>589.2</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -7180,51 +6594,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H185" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="FIQ02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Exchequer Account (Historical Series)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02568V03113">
       <x:sharedItems count="2">
         <x:s v="05"/>
         <x:s v="06"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Item">
       <x:sharedItems count="2">
         <x:s v="Building Societies deposits and shares"/>
         <x:s v="Post Office and TSB deposits"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
@@ -7591,27 +7005,1868 @@
         <x:n v="524"/>
         <x:n v="524.1"/>
         <x:n v="559.2"/>
         <x:n v="595.4"/>
         <x:n v="600.5"/>
         <x:n v="608.7"/>
         <x:n v="610.4"/>
         <x:n v="614.9"/>
         <x:n v="614.6"/>
         <x:n v="613.3"/>
         <x:n v="598.3"/>
         <x:n v="595.5"/>
         <x:n v="590.9"/>
         <x:n v="599.3"/>
         <x:n v="604.4"/>
         <x:n v="605.7"/>
         <x:n v="598"/>
         <x:n v="589.2"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19751"/>
+    <s v="1975Q1"/>
+    <s v="Euro Million"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19752"/>
+    <s v="1975Q2"/>
+    <s v="Euro Million"/>
+    <n v="310.6"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19753"/>
+    <s v="1975Q3"/>
+    <s v="Euro Million"/>
+    <n v="335.7"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19754"/>
+    <s v="1975Q4"/>
+    <s v="Euro Million"/>
+    <n v="363.5"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19761"/>
+    <s v="1976Q1"/>
+    <s v="Euro Million"/>
+    <n v="393.7"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19762"/>
+    <s v="1976Q2"/>
+    <s v="Euro Million"/>
+    <n v="423.3"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19763"/>
+    <s v="1976Q3"/>
+    <s v="Euro Million"/>
+    <n v="455.6"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19764"/>
+    <s v="1976Q4"/>
+    <s v="Euro Million"/>
+    <n v="479.7"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19771"/>
+    <s v="1977Q1"/>
+    <s v="Euro Million"/>
+    <n v="512.5"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19772"/>
+    <s v="1977Q2"/>
+    <s v="Euro Million"/>
+    <n v="543.3"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19773"/>
+    <s v="1977Q3"/>
+    <s v="Euro Million"/>
+    <n v="582.2"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19774"/>
+    <s v="1977Q4"/>
+    <s v="Euro Million"/>
+    <n v="630.9"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19781"/>
+    <s v="1978Q1"/>
+    <s v="Euro Million"/>
+    <n v="662.5"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19782"/>
+    <s v="1978Q2"/>
+    <s v="Euro Million"/>
+    <n v="699.1"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19783"/>
+    <s v="1978Q3"/>
+    <s v="Euro Million"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19784"/>
+    <s v="1978Q4"/>
+    <s v="Euro Million"/>
+    <n v="803.2"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19791"/>
+    <s v="1979Q1"/>
+    <s v="Euro Million"/>
+    <n v="900.4"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19792"/>
+    <s v="1979Q2"/>
+    <s v="Euro Million"/>
+    <n v="982.9"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19793"/>
+    <s v="1979Q3"/>
+    <s v="Euro Million"/>
+    <n v="1053.4"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19794"/>
+    <s v="1979Q4"/>
+    <s v="Euro Million"/>
+    <n v="1129.4"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19801"/>
+    <s v="1980Q1"/>
+    <s v="Euro Million"/>
+    <n v="1190.4"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19802"/>
+    <s v="1980Q2"/>
+    <s v="Euro Million"/>
+    <n v="1262.2"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19803"/>
+    <s v="1980Q3"/>
+    <s v="Euro Million"/>
+    <n v="1357.2"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19804"/>
+    <s v="1980Q4"/>
+    <s v="Euro Million"/>
+    <n v="1470.6"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19811"/>
+    <s v="1981Q1"/>
+    <s v="Euro Million"/>
+    <n v="1542.7"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19812"/>
+    <s v="1981Q2"/>
+    <s v="Euro Million"/>
+    <n v="1615.7"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19813"/>
+    <s v="1981Q3"/>
+    <s v="Euro Million"/>
+    <n v="1693.3"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19814"/>
+    <s v="1981Q4"/>
+    <s v="Euro Million"/>
+    <n v="1790.1"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19821"/>
+    <s v="1982Q1"/>
+    <s v="Euro Million"/>
+    <n v="1872.5"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19822"/>
+    <s v="1982Q2"/>
+    <s v="Euro Million"/>
+    <n v="1962.4"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19823"/>
+    <s v="1982Q3"/>
+    <s v="Euro Million"/>
+    <n v="2062.1"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19824"/>
+    <s v="1982Q4"/>
+    <s v="Euro Million"/>
+    <n v="2172.9"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19831"/>
+    <s v="1983Q1"/>
+    <s v="Euro Million"/>
+    <n v="2266.4"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19832"/>
+    <s v="1983Q2"/>
+    <s v="Euro Million"/>
+    <n v="2367.4"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19833"/>
+    <s v="1983Q3"/>
+    <s v="Euro Million"/>
+    <n v="2475.5"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19834"/>
+    <s v="1983Q4"/>
+    <s v="Euro Million"/>
+    <n v="2578.5"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19841"/>
+    <s v="1984Q1"/>
+    <s v="Euro Million"/>
+    <n v="2670"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19842"/>
+    <s v="1984Q2"/>
+    <s v="Euro Million"/>
+    <n v="2763"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19843"/>
+    <s v="1984Q3"/>
+    <s v="Euro Million"/>
+    <n v="2873.7"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19844"/>
+    <s v="1984Q4"/>
+    <s v="Euro Million"/>
+    <n v="3016.5"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19851"/>
+    <s v="1985Q1"/>
+    <s v="Euro Million"/>
+    <n v="3108.6"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19852"/>
+    <s v="1985Q2"/>
+    <s v="Euro Million"/>
+    <n v="3233.3"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19853"/>
+    <s v="1985Q3"/>
+    <s v="Euro Million"/>
+    <n v="3341.6"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19854"/>
+    <s v="1985Q4"/>
+    <s v="Euro Million"/>
+    <n v="3440.6"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19861"/>
+    <s v="1986Q1"/>
+    <s v="Euro Million"/>
+    <n v="3463.7"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19862"/>
+    <s v="1986Q2"/>
+    <s v="Euro Million"/>
+    <n v="3571.8"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19863"/>
+    <s v="1986Q3"/>
+    <s v="Euro Million"/>
+    <n v="3658.6"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19864"/>
+    <s v="1986Q4"/>
+    <s v="Euro Million"/>
+    <n v="3755.1"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19871"/>
+    <s v="1987Q1"/>
+    <s v="Euro Million"/>
+    <n v="3811.4"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19872"/>
+    <s v="1987Q2"/>
+    <s v="Euro Million"/>
+    <n v="3900.8"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19873"/>
+    <s v="1987Q3"/>
+    <s v="Euro Million"/>
+    <n v="3999.7"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19874"/>
+    <s v="1987Q4"/>
+    <s v="Euro Million"/>
+    <n v="4121.6"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19881"/>
+    <s v="1988Q1"/>
+    <s v="Euro Million"/>
+    <n v="4177.8"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19882"/>
+    <s v="1988Q2"/>
+    <s v="Euro Million"/>
+    <n v="4235.5"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19883"/>
+    <s v="1988Q3"/>
+    <s v="Euro Million"/>
+    <n v="4294.4"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19884"/>
+    <s v="1988Q4"/>
+    <s v="Euro Million"/>
+    <n v="4449.2"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19891"/>
+    <s v="1989Q1"/>
+    <s v="Euro Million"/>
+    <n v="4511.8"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19892"/>
+    <s v="1989Q2"/>
+    <s v="Euro Million"/>
+    <n v="4612.6"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19893"/>
+    <s v="1989Q3"/>
+    <s v="Euro Million"/>
+    <n v="4694.1"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19894"/>
+    <s v="1989Q4"/>
+    <s v="Euro Million"/>
+    <n v="4837.7"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19901"/>
+    <s v="1990Q1"/>
+    <s v="Euro Million"/>
+    <n v="4846.1"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19902"/>
+    <s v="1990Q2"/>
+    <s v="Euro Million"/>
+    <n v="4909.8"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19903"/>
+    <s v="1990Q3"/>
+    <s v="Euro Million"/>
+    <n v="5154.4"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19904"/>
+    <s v="1990Q4"/>
+    <s v="Euro Million"/>
+    <n v="5457.8"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19911"/>
+    <s v="1991Q1"/>
+    <s v="Euro Million"/>
+    <n v="5651"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19912"/>
+    <s v="1991Q2"/>
+    <s v="Euro Million"/>
+    <n v="5826.8"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19913"/>
+    <s v="1991Q3"/>
+    <s v="Euro Million"/>
+    <n v="6022.9"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19914"/>
+    <s v="1991Q4"/>
+    <s v="Euro Million"/>
+    <n v="6295.4"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19921"/>
+    <s v="1992Q1"/>
+    <s v="Euro Million"/>
+    <n v="6541.2"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19922"/>
+    <s v="1992Q2"/>
+    <s v="Euro Million"/>
+    <n v="6920.5"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19923"/>
+    <s v="1992Q3"/>
+    <s v="Euro Million"/>
+    <n v="7052"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19924"/>
+    <s v="1992Q4"/>
+    <s v="Euro Million"/>
+    <n v="7250.1"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19931"/>
+    <s v="1993Q1"/>
+    <s v="Euro Million"/>
+    <n v="7385.7"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19932"/>
+    <s v="1993Q2"/>
+    <s v="Euro Million"/>
+    <n v="7572.3"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19933"/>
+    <s v="1993Q3"/>
+    <s v="Euro Million"/>
+    <n v="7768"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19934"/>
+    <s v="1993Q4"/>
+    <s v="Euro Million"/>
+    <n v="8139.9"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19941"/>
+    <s v="1994Q1"/>
+    <s v="Euro Million"/>
+    <n v="8299"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19942"/>
+    <s v="1994Q2"/>
+    <s v="Euro Million"/>
+    <n v="8542.4"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19943"/>
+    <s v="1994Q3"/>
+    <s v="Euro Million"/>
+    <n v="8732.8"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19944"/>
+    <s v="1994Q4"/>
+    <s v="Euro Million"/>
+    <n v="9158.1"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19951"/>
+    <s v="1995Q1"/>
+    <s v="Euro Million"/>
+    <n v="9152.3"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19952"/>
+    <s v="1995Q2"/>
+    <s v="Euro Million"/>
+    <n v="9278.4"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19953"/>
+    <s v="1995Q3"/>
+    <s v="Euro Million"/>
+    <n v="9419.3"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19954"/>
+    <s v="1995Q4"/>
+    <s v="Euro Million"/>
+    <n v="9632.9"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19961"/>
+    <s v="1996Q1"/>
+    <s v="Euro Million"/>
+    <n v="9638.6"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19962"/>
+    <s v="1996Q2"/>
+    <s v="Euro Million"/>
+    <n v="9777"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19963"/>
+    <s v="1996Q3"/>
+    <s v="Euro Million"/>
+    <n v="9798.6"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19964"/>
+    <s v="1996Q4"/>
+    <s v="Euro Million"/>
+    <n v="10413.1"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="Euro Million"/>
+    <n v="11119.1"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="Euro Million"/>
+    <n v="11492.4"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="05"/>
+    <s v="Building Societies deposits and shares"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19751"/>
+    <s v="1975Q1"/>
+    <s v="Euro Million"/>
+    <n v="328.9"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19752"/>
+    <s v="1975Q2"/>
+    <s v="Euro Million"/>
+    <n v="339.5"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19753"/>
+    <s v="1975Q3"/>
+    <s v="Euro Million"/>
+    <n v="351.2"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19754"/>
+    <s v="1975Q4"/>
+    <s v="Euro Million"/>
+    <n v="360.4"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19761"/>
+    <s v="1976Q1"/>
+    <s v="Euro Million"/>
+    <n v="380.8"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19762"/>
+    <s v="1976Q2"/>
+    <s v="Euro Million"/>
+    <n v="409.7"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19763"/>
+    <s v="1976Q3"/>
+    <s v="Euro Million"/>
+    <n v="452.4"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19764"/>
+    <s v="1976Q4"/>
+    <s v="Euro Million"/>
+    <n v="420.8"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19771"/>
+    <s v="1977Q1"/>
+    <s v="Euro Million"/>
+    <n v="433.6"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19772"/>
+    <s v="1977Q2"/>
+    <s v="Euro Million"/>
+    <n v="466.6"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19773"/>
+    <s v="1977Q3"/>
+    <s v="Euro Million"/>
+    <n v="488.6"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19774"/>
+    <s v="1977Q4"/>
+    <s v="Euro Million"/>
+    <n v="527.7"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19781"/>
+    <s v="1978Q1"/>
+    <s v="Euro Million"/>
+    <n v="556.3"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19782"/>
+    <s v="1978Q2"/>
+    <s v="Euro Million"/>
+    <n v="544.8"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19783"/>
+    <s v="1978Q3"/>
+    <s v="Euro Million"/>
+    <n v="558.3"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19784"/>
+    <s v="1978Q4"/>
+    <s v="Euro Million"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19791"/>
+    <s v="1979Q1"/>
+    <s v="Euro Million"/>
+    <n v="576.3"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19792"/>
+    <s v="1979Q2"/>
+    <s v="Euro Million"/>
+    <n v="591.1"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19793"/>
+    <s v="1979Q3"/>
+    <s v="Euro Million"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19794"/>
+    <s v="1979Q4"/>
+    <s v="Euro Million"/>
+    <n v="598.9"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19801"/>
+    <s v="1980Q1"/>
+    <s v="Euro Million"/>
+    <n v="605.5"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19802"/>
+    <s v="1980Q2"/>
+    <s v="Euro Million"/>
+    <n v="613.4"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19803"/>
+    <s v="1980Q3"/>
+    <s v="Euro Million"/>
+    <n v="632.8"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19804"/>
+    <s v="1980Q4"/>
+    <s v="Euro Million"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19811"/>
+    <s v="1981Q1"/>
+    <s v="Euro Million"/>
+    <n v="706.5"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19812"/>
+    <s v="1981Q2"/>
+    <s v="Euro Million"/>
+    <n v="734.4"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19813"/>
+    <s v="1981Q3"/>
+    <s v="Euro Million"/>
+    <n v="746.2"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19814"/>
+    <s v="1981Q4"/>
+    <s v="Euro Million"/>
+    <n v="751.4"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19821"/>
+    <s v="1982Q1"/>
+    <s v="Euro Million"/>
+    <n v="788.5"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19822"/>
+    <s v="1982Q2"/>
+    <s v="Euro Million"/>
+    <n v="809.2"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19823"/>
+    <s v="1982Q3"/>
+    <s v="Euro Million"/>
+    <n v="834.6"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19824"/>
+    <s v="1982Q4"/>
+    <s v="Euro Million"/>
+    <n v="859.1"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19831"/>
+    <s v="1983Q1"/>
+    <s v="Euro Million"/>
+    <n v="882.7"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19832"/>
+    <s v="1983Q2"/>
+    <s v="Euro Million"/>
+    <n v="896.2"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19833"/>
+    <s v="1983Q3"/>
+    <s v="Euro Million"/>
+    <n v="949.1"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19834"/>
+    <s v="1983Q4"/>
+    <s v="Euro Million"/>
+    <n v="967.9"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19841"/>
+    <s v="1984Q1"/>
+    <s v="Euro Million"/>
+    <n v="1024.3"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19842"/>
+    <s v="1984Q2"/>
+    <s v="Euro Million"/>
+    <n v="1072.4"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19843"/>
+    <s v="1984Q3"/>
+    <s v="Euro Million"/>
+    <n v="1120.2"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19844"/>
+    <s v="1984Q4"/>
+    <s v="Euro Million"/>
+    <n v="1124.1"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19851"/>
+    <s v="1985Q1"/>
+    <s v="Euro Million"/>
+    <n v="1170.2"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19852"/>
+    <s v="1985Q2"/>
+    <s v="Euro Million"/>
+    <n v="1206.6"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19853"/>
+    <s v="1985Q3"/>
+    <s v="Euro Million"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19854"/>
+    <s v="1985Q4"/>
+    <s v="Euro Million"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19861"/>
+    <s v="1986Q1"/>
+    <s v="Euro Million"/>
+    <n v="1258.4"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19862"/>
+    <s v="1986Q2"/>
+    <s v="Euro Million"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19863"/>
+    <s v="1986Q3"/>
+    <s v="Euro Million"/>
+    <n v="1289.9"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19864"/>
+    <s v="1986Q4"/>
+    <s v="Euro Million"/>
+    <n v="1285.4"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19871"/>
+    <s v="1987Q1"/>
+    <s v="Euro Million"/>
+    <n v="1308.3"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19872"/>
+    <s v="1987Q2"/>
+    <s v="Euro Million"/>
+    <n v="1328.1"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19873"/>
+    <s v="1987Q3"/>
+    <s v="Euro Million"/>
+    <n v="1363.7"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19874"/>
+    <s v="1987Q4"/>
+    <s v="Euro Million"/>
+    <n v="1387.3"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19881"/>
+    <s v="1988Q1"/>
+    <s v="Euro Million"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19882"/>
+    <s v="1988Q2"/>
+    <s v="Euro Million"/>
+    <n v="1420.6"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19883"/>
+    <s v="1988Q3"/>
+    <s v="Euro Million"/>
+    <n v="1430.4"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19884"/>
+    <s v="1988Q4"/>
+    <s v="Euro Million"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19891"/>
+    <s v="1989Q1"/>
+    <s v="Euro Million"/>
+    <n v="1434.8"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19892"/>
+    <s v="1989Q2"/>
+    <s v="Euro Million"/>
+    <n v="1432.4"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19893"/>
+    <s v="1989Q3"/>
+    <s v="Euro Million"/>
+    <n v="1449.9"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19894"/>
+    <s v="1989Q4"/>
+    <s v="Euro Million"/>
+    <n v="1438.7"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19901"/>
+    <s v="1990Q1"/>
+    <s v="Euro Million"/>
+    <n v="1414.9"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19902"/>
+    <s v="1990Q2"/>
+    <s v="Euro Million"/>
+    <n v="1447.2"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19903"/>
+    <s v="1990Q3"/>
+    <s v="Euro Million"/>
+    <n v="1472.4"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19904"/>
+    <s v="1990Q4"/>
+    <s v="Euro Million"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19911"/>
+    <s v="1991Q1"/>
+    <s v="Euro Million"/>
+    <n v="1507.3"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19912"/>
+    <s v="1991Q2"/>
+    <s v="Euro Million"/>
+    <n v="1538.5"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19913"/>
+    <s v="1991Q3"/>
+    <s v="Euro Million"/>
+    <n v="1566.9"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19914"/>
+    <s v="1991Q4"/>
+    <s v="Euro Million"/>
+    <n v="1556.3"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19921"/>
+    <s v="1992Q1"/>
+    <s v="Euro Million"/>
+    <n v="515.5"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19922"/>
+    <s v="1992Q2"/>
+    <s v="Euro Million"/>
+    <n v="521.6"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19923"/>
+    <s v="1992Q3"/>
+    <s v="Euro Million"/>
+    <n v="524.7"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19924"/>
+    <s v="1992Q4"/>
+    <s v="Euro Million"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19931"/>
+    <s v="1993Q1"/>
+    <s v="Euro Million"/>
+    <n v="524.1"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19932"/>
+    <s v="1993Q2"/>
+    <s v="Euro Million"/>
+    <n v="559.2"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19933"/>
+    <s v="1993Q3"/>
+    <s v="Euro Million"/>
+    <n v="595.4"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19934"/>
+    <s v="1993Q4"/>
+    <s v="Euro Million"/>
+    <n v="600.5"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19941"/>
+    <s v="1994Q1"/>
+    <s v="Euro Million"/>
+    <n v="608.7"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19942"/>
+    <s v="1994Q2"/>
+    <s v="Euro Million"/>
+    <n v="610.4"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19943"/>
+    <s v="1994Q3"/>
+    <s v="Euro Million"/>
+    <n v="614.9"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19944"/>
+    <s v="1994Q4"/>
+    <s v="Euro Million"/>
+    <n v="614.6"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19951"/>
+    <s v="1995Q1"/>
+    <s v="Euro Million"/>
+    <n v="613.3"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19952"/>
+    <s v="1995Q2"/>
+    <s v="Euro Million"/>
+    <n v="598.3"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19953"/>
+    <s v="1995Q3"/>
+    <s v="Euro Million"/>
+    <n v="595.5"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19954"/>
+    <s v="1995Q4"/>
+    <s v="Euro Million"/>
+    <n v="590.9"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19961"/>
+    <s v="1996Q1"/>
+    <s v="Euro Million"/>
+    <n v="599.3"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19962"/>
+    <s v="1996Q2"/>
+    <s v="Euro Million"/>
+    <n v="604.4"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19963"/>
+    <s v="1996Q3"/>
+    <s v="Euro Million"/>
+    <n v="605.7"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19964"/>
+    <s v="1996Q4"/>
+    <s v="Euro Million"/>
+    <n v="599.3"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="Euro Million"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="Euro Million"/>
+    <n v="595.5"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="Euro Million"/>
+    <n v="595.5"/>
+  </r>
+  <r>
+    <s v="FIQ02"/>
+    <s v="Exchequer Account (Historical Series)"/>
+    <s v="06"/>
+    <s v="Post Office and TSB deposits"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="Euro Million"/>
+    <n v="589.2"/>
+  </r>
+</pivotCacheRecords>
 </file>