--- v1 (2025-12-07)
+++ v2 (2026-02-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f51dec51e964e4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f13c3a67fed04196aac02a8d6fa5160a.psmdcp" Id="Rf0ce5e9027d64fee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4a7138a7b9c4146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/20440c80115549dabd7b7079329c6b32.psmdcp" Id="Rda3ede4d25ab457b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>