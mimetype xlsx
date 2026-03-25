--- v2 (2026-02-06)
+++ v3 (2026-03-25)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4a7138a7b9c4146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/20440c80115549dabd7b7079329c6b32.psmdcp" Id="Rda3ede4d25ab457b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb0b66b20da5452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f5ba22e4a0ba4eeb9884287975179302.psmdcp" Id="Rd88cc42109c34188" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>