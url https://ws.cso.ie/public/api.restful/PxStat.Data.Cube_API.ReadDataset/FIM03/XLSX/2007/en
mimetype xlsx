--- v0 (2025-11-04)
+++ v1 (2026-02-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96bf6eeeeb174246" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a1647c96119d4d00864fea6153061b18.psmdcp" Id="R877e6ecdf38d45bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42431e1625024686" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c0d52dcb54ca4f1d8fb959cd52e872c8.psmdcp" Id="R4605d70709e94128" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>FIM03</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Foreign Exchange Rate (Historical Series)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/FIM03/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>FI</x:t>
   </x:si>
   <x:si>
     <x:t>Financial Indicators</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Paul Sheridan</x:t>
   </x:si>
@@ -2052,50 +2052,53 @@
     <x:t>2000M10</x:t>
   </x:si>
   <x:si>
     <x:t>200011</x:t>
   </x:si>
   <x:si>
     <x:t>2000M11</x:t>
   </x:si>
   <x:si>
     <x:t>200012</x:t>
   </x:si>
   <x:si>
     <x:t>2000M12</x:t>
   </x:si>
   <x:si>
     <x:t>02</x:t>
   </x:si>
   <x:si>
     <x:t>US Dollar per Punt</x:t>
   </x:si>
   <x:si>
     <x:t>03</x:t>
   </x:si>
   <x:si>
     <x:t>Deutsche Mark per Punt</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -2233,2651 +2236,730 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...2599 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02571V03116" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Currency" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(M1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="312">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+        <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+        <item x="200"/>
+        <item x="201"/>
+        <item x="202"/>
+        <item x="203"/>
+        <item x="204"/>
+        <item x="205"/>
+        <item x="206"/>
+        <item x="207"/>
+        <item x="208"/>
+        <item x="209"/>
+        <item x="210"/>
+        <item x="211"/>
+        <item x="212"/>
+        <item x="213"/>
+        <item x="214"/>
+        <item x="215"/>
+        <item x="216"/>
+        <item x="217"/>
+        <item x="218"/>
+        <item x="219"/>
+        <item x="220"/>
+        <item x="221"/>
+        <item x="222"/>
+        <item x="223"/>
+        <item x="224"/>
+        <item x="225"/>
+        <item x="226"/>
+        <item x="227"/>
+        <item x="228"/>
+        <item x="229"/>
+        <item x="230"/>
+        <item x="231"/>
+        <item x="232"/>
+        <item x="233"/>
+        <item x="234"/>
+        <item x="235"/>
+        <item x="236"/>
+        <item x="237"/>
+        <item x="238"/>
+        <item x="239"/>
+        <item x="240"/>
+        <item x="241"/>
+        <item x="242"/>
+        <item x="243"/>
+        <item x="244"/>
+        <item x="245"/>
+        <item x="246"/>
+        <item x="247"/>
+        <item x="248"/>
+        <item x="249"/>
+        <item x="250"/>
+        <item x="251"/>
+        <item x="252"/>
+        <item x="253"/>
+        <item x="254"/>
+        <item x="255"/>
+        <item x="256"/>
+        <item x="257"/>
+        <item x="258"/>
+        <item x="259"/>
+        <item x="260"/>
+        <item x="261"/>
+        <item x="262"/>
+        <item x="263"/>
+        <item x="264"/>
+        <item x="265"/>
+        <item x="266"/>
+        <item x="267"/>
+        <item x="268"/>
+        <item x="269"/>
+        <item x="270"/>
+        <item x="271"/>
+        <item x="272"/>
+        <item x="273"/>
+        <item x="274"/>
+        <item x="275"/>
+        <item x="276"/>
+        <item x="277"/>
+        <item x="278"/>
+        <item x="279"/>
+        <item x="280"/>
+        <item x="281"/>
+        <item x="282"/>
+        <item x="283"/>
+        <item x="284"/>
+        <item x="285"/>
+        <item x="286"/>
+        <item x="287"/>
+        <item x="288"/>
+        <item x="289"/>
+        <item x="290"/>
+        <item x="291"/>
+        <item x="292"/>
+        <item x="293"/>
+        <item x="294"/>
+        <item x="295"/>
+        <item x="296"/>
+        <item x="297"/>
+        <item x="298"/>
+        <item x="299"/>
+        <item x="300"/>
+        <item x="301"/>
+        <item x="302"/>
+        <item x="303"/>
+        <item x="304"/>
+        <item x="305"/>
+        <item x="306"/>
+        <item x="307"/>
+        <item x="308"/>
+        <item x="309"/>
+        <item x="310"/>
+        <item x="311"/>
+      </items>
+    </pivotField>
+    <pivotField name="Month" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="312">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+        <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+        <item x="200"/>
+        <item x="201"/>
+        <item x="202"/>
+        <item x="203"/>
+        <item x="204"/>
+        <item x="205"/>
+        <item x="206"/>
+        <item x="207"/>
+        <item x="208"/>
+        <item x="209"/>
+        <item x="210"/>
+        <item x="211"/>
+        <item x="212"/>
+        <item x="213"/>
+        <item x="214"/>
+        <item x="215"/>
+        <item x="216"/>
+        <item x="217"/>
+        <item x="218"/>
+        <item x="219"/>
+        <item x="220"/>
+        <item x="221"/>
+        <item x="222"/>
+        <item x="223"/>
+        <item x="224"/>
+        <item x="225"/>
+        <item x="226"/>
+        <item x="227"/>
+        <item x="228"/>
+        <item x="229"/>
+        <item x="230"/>
+        <item x="231"/>
+        <item x="232"/>
+        <item x="233"/>
+        <item x="234"/>
+        <item x="235"/>
+        <item x="236"/>
+        <item x="237"/>
+        <item x="238"/>
+        <item x="239"/>
+        <item x="240"/>
+        <item x="241"/>
+        <item x="242"/>
+        <item x="243"/>
+        <item x="244"/>
+        <item x="245"/>
+        <item x="246"/>
+        <item x="247"/>
+        <item x="248"/>
+        <item x="249"/>
+        <item x="250"/>
+        <item x="251"/>
+        <item x="252"/>
+        <item x="253"/>
+        <item x="254"/>
+        <item x="255"/>
+        <item x="256"/>
+        <item x="257"/>
+        <item x="258"/>
+        <item x="259"/>
+        <item x="260"/>
+        <item x="261"/>
+        <item x="262"/>
+        <item x="263"/>
+        <item x="264"/>
+        <item x="265"/>
+        <item x="266"/>
+        <item x="267"/>
+        <item x="268"/>
+        <item x="269"/>
+        <item x="270"/>
+        <item x="271"/>
+        <item x="272"/>
+        <item x="273"/>
+        <item x="274"/>
+        <item x="275"/>
+        <item x="276"/>
+        <item x="277"/>
+        <item x="278"/>
+        <item x="279"/>
+        <item x="280"/>
+        <item x="281"/>
+        <item x="282"/>
+        <item x="283"/>
+        <item x="284"/>
+        <item x="285"/>
+        <item x="286"/>
+        <item x="287"/>
+        <item x="288"/>
+        <item x="289"/>
+        <item x="290"/>
+        <item x="291"/>
+        <item x="292"/>
+        <item x="293"/>
+        <item x="294"/>
+        <item x="295"/>
+        <item x="296"/>
+        <item x="297"/>
+        <item x="298"/>
+        <item x="299"/>
+        <item x="300"/>
+        <item x="301"/>
+        <item x="302"/>
+        <item x="303"/>
+        <item x="304"/>
+        <item x="305"/>
+        <item x="306"/>
+        <item x="307"/>
+        <item x="308"/>
+        <item x="309"/>
+        <item x="310"/>
+        <item x="311"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H937" totalsRowShown="0">
   <x:autoFilter ref="A1:H937"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02571V03116"/>
     <x:tableColumn id="4" name="Currency"/>
     <x:tableColumn id="5" name="TLIST(M1)"/>
     <x:tableColumn id="6" name="Month"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -5146,51 +3228,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/FIM03/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.centralbank.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -5377,51 +3459,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H937"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="36.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="9.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -29157,593 +27239,665 @@
         <x:v>2.4836</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:8">
       <x:c r="A914" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B914" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C914" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="D914" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="E914" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="F914" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="G914" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H914" s="0" t="s">
+        <x:v>677</x:v>
+      </x:c>
     </x:row>
     <x:row r="915" spans="1:8">
       <x:c r="A915" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B915" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C915" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="D915" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="E915" s="0" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="F915" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="G915" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H915" s="0" t="s">
+        <x:v>677</x:v>
+      </x:c>
     </x:row>
     <x:row r="916" spans="1:8">
       <x:c r="A916" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B916" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C916" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="D916" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="E916" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="F916" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="G916" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H916" s="0" t="s">
+        <x:v>677</x:v>
+      </x:c>
     </x:row>
     <x:row r="917" spans="1:8">
       <x:c r="A917" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B917" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C917" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="D917" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="E917" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="F917" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="G917" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H917" s="0" t="s">
+        <x:v>677</x:v>
+      </x:c>
     </x:row>
     <x:row r="918" spans="1:8">
       <x:c r="A918" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B918" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C918" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="D918" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="E918" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="F918" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="G918" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H918" s="0" t="s">
+        <x:v>677</x:v>
+      </x:c>
     </x:row>
     <x:row r="919" spans="1:8">
       <x:c r="A919" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B919" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C919" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="D919" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="E919" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="F919" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="G919" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H919" s="0" t="s">
+        <x:v>677</x:v>
+      </x:c>
     </x:row>
     <x:row r="920" spans="1:8">
       <x:c r="A920" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B920" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C920" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="D920" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="E920" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="F920" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="G920" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H920" s="0" t="s">
+        <x:v>677</x:v>
+      </x:c>
     </x:row>
     <x:row r="921" spans="1:8">
       <x:c r="A921" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B921" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C921" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="D921" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="E921" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="F921" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="G921" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H921" s="0" t="s">
+        <x:v>677</x:v>
+      </x:c>
     </x:row>
     <x:row r="922" spans="1:8">
       <x:c r="A922" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B922" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C922" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="D922" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="E922" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="F922" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="G922" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H922" s="0" t="s">
+        <x:v>677</x:v>
+      </x:c>
     </x:row>
     <x:row r="923" spans="1:8">
       <x:c r="A923" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B923" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C923" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="D923" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="E923" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="F923" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="G923" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H923" s="0" t="s">
+        <x:v>677</x:v>
+      </x:c>
     </x:row>
     <x:row r="924" spans="1:8">
       <x:c r="A924" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B924" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C924" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="D924" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="E924" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="F924" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="G924" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H924" s="0" t="s">
+        <x:v>677</x:v>
+      </x:c>
     </x:row>
     <x:row r="925" spans="1:8">
       <x:c r="A925" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B925" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C925" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="D925" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="E925" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="F925" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="G925" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H925" s="0" t="s">
+        <x:v>677</x:v>
+      </x:c>
     </x:row>
     <x:row r="926" spans="1:8">
       <x:c r="A926" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B926" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C926" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="D926" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="E926" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="F926" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="G926" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H926" s="0" t="s">
+        <x:v>677</x:v>
+      </x:c>
     </x:row>
     <x:row r="927" spans="1:8">
       <x:c r="A927" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B927" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C927" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="D927" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="E927" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="F927" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="G927" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H927" s="0" t="s">
+        <x:v>677</x:v>
+      </x:c>
     </x:row>
     <x:row r="928" spans="1:8">
       <x:c r="A928" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B928" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C928" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="D928" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="E928" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="F928" s="0" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="G928" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H928" s="0" t="s">
+        <x:v>677</x:v>
+      </x:c>
     </x:row>
     <x:row r="929" spans="1:8">
       <x:c r="A929" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B929" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C929" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="D929" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="E929" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="F929" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="G929" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H929" s="0" t="s">
+        <x:v>677</x:v>
+      </x:c>
     </x:row>
     <x:row r="930" spans="1:8">
       <x:c r="A930" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B930" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C930" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="D930" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="E930" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="F930" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="G930" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H930" s="0" t="s">
+        <x:v>677</x:v>
+      </x:c>
     </x:row>
     <x:row r="931" spans="1:8">
       <x:c r="A931" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B931" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C931" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="D931" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="E931" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="F931" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="G931" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H931" s="0" t="s">
+        <x:v>677</x:v>
+      </x:c>
     </x:row>
     <x:row r="932" spans="1:8">
       <x:c r="A932" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B932" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C932" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="D932" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="E932" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="F932" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="G932" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H932" s="0" t="s">
+        <x:v>677</x:v>
+      </x:c>
     </x:row>
     <x:row r="933" spans="1:8">
       <x:c r="A933" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B933" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C933" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="D933" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="E933" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="F933" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="G933" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H933" s="0" t="s">
+        <x:v>677</x:v>
+      </x:c>
     </x:row>
     <x:row r="934" spans="1:8">
       <x:c r="A934" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B934" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C934" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="D934" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="E934" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="F934" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="G934" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H934" s="0" t="s">
+        <x:v>677</x:v>
+      </x:c>
     </x:row>
     <x:row r="935" spans="1:8">
       <x:c r="A935" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B935" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C935" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="D935" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="E935" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="F935" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="G935" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H935" s="0" t="s">
+        <x:v>677</x:v>
+      </x:c>
     </x:row>
     <x:row r="936" spans="1:8">
       <x:c r="A936" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B936" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C936" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="D936" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="E936" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="F936" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="G936" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H936" s="0" t="s">
+        <x:v>677</x:v>
+      </x:c>
     </x:row>
     <x:row r="937" spans="1:8">
       <x:c r="A937" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B937" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C937" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="D937" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="E937" s="0" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="F937" s="0" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="G937" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H937" s="0" t="s">
+        <x:v>677</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -29760,51 +27914,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H937" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="FIM03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Foreign Exchange Rate (Historical Series)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02571V03116">
       <x:sharedItems count="3">
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Currency">
       <x:sharedItems count="3">
         <x:s v="Pound Sterling per Punt"/>
         <x:s v="US Dollar per Punt"/>
         <x:s v="Deutsche Mark per Punt"/>
       </x:sharedItems>
@@ -31268,27 +29422,9388 @@
         <x:n v="2.6736"/>
         <x:n v="2.6486"/>
         <x:n v="2.5788"/>
         <x:n v="2.6039"/>
         <x:n v="2.5879"/>
         <x:n v="2.5121"/>
         <x:n v="2.496"/>
         <x:n v="2.4994"/>
         <x:n v="2.5207"/>
         <x:n v="2.5171"/>
         <x:n v="2.5199"/>
         <x:n v="2.5155"/>
         <x:n v="2.51"/>
         <x:n v="2.5033"/>
         <x:n v="2.4943"/>
         <x:n v="2.4867"/>
         <x:n v="2.4836"/>
         <x:s v=""/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197501"/>
+    <s v="1975M01"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197502"/>
+    <s v="1975M02"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197503"/>
+    <s v="1975M03"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197504"/>
+    <s v="1975M04"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197505"/>
+    <s v="1975M05"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197506"/>
+    <s v="1975M06"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197507"/>
+    <s v="1975M07"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197508"/>
+    <s v="1975M08"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197509"/>
+    <s v="1975M09"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197510"/>
+    <s v="1975M10"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197511"/>
+    <s v="1975M11"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197512"/>
+    <s v="1975M12"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197601"/>
+    <s v="1976M01"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197602"/>
+    <s v="1976M02"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197603"/>
+    <s v="1976M03"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197604"/>
+    <s v="1976M04"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197605"/>
+    <s v="1976M05"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197606"/>
+    <s v="1976M06"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197607"/>
+    <s v="1976M07"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197608"/>
+    <s v="1976M08"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197609"/>
+    <s v="1976M09"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197610"/>
+    <s v="1976M10"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197611"/>
+    <s v="1976M11"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197612"/>
+    <s v="1976M12"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197701"/>
+    <s v="1977M01"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197702"/>
+    <s v="1977M02"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197703"/>
+    <s v="1977M03"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197704"/>
+    <s v="1977M04"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197705"/>
+    <s v="1977M05"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197706"/>
+    <s v="1977M06"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197707"/>
+    <s v="1977M07"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197708"/>
+    <s v="1977M08"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197709"/>
+    <s v="1977M09"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197710"/>
+    <s v="1977M10"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197711"/>
+    <s v="1977M11"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197712"/>
+    <s v="1977M12"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197801"/>
+    <s v="1978M01"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197802"/>
+    <s v="1978M02"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197803"/>
+    <s v="1978M03"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197804"/>
+    <s v="1978M04"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197805"/>
+    <s v="1978M05"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197806"/>
+    <s v="1978M06"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197807"/>
+    <s v="1978M07"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197808"/>
+    <s v="1978M08"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197809"/>
+    <s v="1978M09"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197810"/>
+    <s v="1978M10"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197811"/>
+    <s v="1978M11"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197812"/>
+    <s v="1978M12"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197901"/>
+    <s v="1979M01"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197902"/>
+    <s v="1979M02"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197903"/>
+    <s v="1979M03"/>
+    <s v="Number"/>
+    <n v="0.9997"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197904"/>
+    <s v="1979M04"/>
+    <s v="Number"/>
+    <n v="0.9756"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197905"/>
+    <s v="1979M05"/>
+    <s v="Number"/>
+    <n v="0.9639"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197906"/>
+    <s v="1979M06"/>
+    <s v="Number"/>
+    <n v="0.9482"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197907"/>
+    <s v="1979M07"/>
+    <s v="Number"/>
+    <n v="0.9156"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197908"/>
+    <s v="1979M08"/>
+    <s v="Number"/>
+    <n v="0.92"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197909"/>
+    <s v="1979M09"/>
+    <s v="Number"/>
+    <n v="0.9374"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197910"/>
+    <s v="1979M10"/>
+    <s v="Number"/>
+    <n v="0.9712"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197911"/>
+    <s v="1979M11"/>
+    <s v="Number"/>
+    <n v="0.9781"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="197912"/>
+    <s v="1979M12"/>
+    <s v="Number"/>
+    <n v="0.9683"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198001"/>
+    <s v="1980M01"/>
+    <s v="Number"/>
+    <n v="0.9463"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198002"/>
+    <s v="1980M02"/>
+    <s v="Number"/>
+    <n v="0.9248"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198003"/>
+    <s v="1980M03"/>
+    <s v="Number"/>
+    <n v="0.91"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198004"/>
+    <s v="1980M04"/>
+    <s v="Number"/>
+    <n v="0.9016"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198005"/>
+    <s v="1980M05"/>
+    <s v="Number"/>
+    <n v="0.9015"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198006"/>
+    <s v="1980M06"/>
+    <s v="Number"/>
+    <n v="0.9048"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198007"/>
+    <s v="1980M07"/>
+    <s v="Number"/>
+    <n v="0.906"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198008"/>
+    <s v="1980M08"/>
+    <s v="Number"/>
+    <n v="0.8888"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198009"/>
+    <s v="1980M09"/>
+    <s v="Number"/>
+    <n v="0.876"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198010"/>
+    <s v="1980M10"/>
+    <s v="Number"/>
+    <n v="0.8463"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198011"/>
+    <s v="1980M11"/>
+    <s v="Number"/>
+    <n v="0.8136"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198012"/>
+    <s v="1980M12"/>
+    <s v="Number"/>
+    <n v="0.807"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198101"/>
+    <s v="1981M01"/>
+    <s v="Number"/>
+    <n v="0.773"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198102"/>
+    <s v="1981M02"/>
+    <s v="Number"/>
+    <n v="0.7552"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198103"/>
+    <s v="1981M03"/>
+    <s v="Number"/>
+    <n v="0.7769"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198104"/>
+    <s v="1981M04"/>
+    <s v="Number"/>
+    <n v="0.7758"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198105"/>
+    <s v="1981M05"/>
+    <s v="Number"/>
+    <n v="0.7631"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198106"/>
+    <s v="1981M06"/>
+    <s v="Number"/>
+    <n v="0.7803"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198107"/>
+    <s v="1981M07"/>
+    <s v="Number"/>
+    <n v="0.7975"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198108"/>
+    <s v="1981M08"/>
+    <s v="Number"/>
+    <n v="0.8023"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198109"/>
+    <s v="1981M09"/>
+    <s v="Number"/>
+    <n v="0.8528"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198110"/>
+    <s v="1981M10"/>
+    <s v="Number"/>
+    <n v="0.8574"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198111"/>
+    <s v="1981M11"/>
+    <s v="Number"/>
+    <n v="0.8374"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198112"/>
+    <s v="1981M12"/>
+    <s v="Number"/>
+    <n v="0.8266"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198201"/>
+    <s v="1982M01"/>
+    <s v="Number"/>
+    <n v="0.8165"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198202"/>
+    <s v="1982M02"/>
+    <s v="Number"/>
+    <n v="0.8061"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198203"/>
+    <s v="1982M03"/>
+    <s v="Number"/>
+    <n v="0.8148"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198204"/>
+    <s v="1982M04"/>
+    <s v="Number"/>
+    <n v="0.8157"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198205"/>
+    <s v="1982M05"/>
+    <s v="Number"/>
+    <n v="0.8269"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198206"/>
+    <s v="1982M06"/>
+    <s v="Number"/>
+    <n v="0.8086"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198207"/>
+    <s v="1982M07"/>
+    <s v="Number"/>
+    <n v="0.8046"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198208"/>
+    <s v="1982M08"/>
+    <s v="Number"/>
+    <n v="0.8037"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198209"/>
+    <s v="1982M09"/>
+    <s v="Number"/>
+    <n v="0.7983"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198210"/>
+    <s v="1982M10"/>
+    <s v="Number"/>
+    <n v="0.7927"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198211"/>
+    <s v="1982M11"/>
+    <s v="Number"/>
+    <n v="0.814"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198212"/>
+    <s v="1982M12"/>
+    <s v="Number"/>
+    <n v="0.8493"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198301"/>
+    <s v="1983M01"/>
+    <s v="Number"/>
+    <n v="0.8839"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198302"/>
+    <s v="1983M02"/>
+    <s v="Number"/>
+    <n v="0.8935"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198303"/>
+    <s v="1983M03"/>
+    <s v="Number"/>
+    <n v="0.9047"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198304"/>
+    <s v="1983M04"/>
+    <s v="Number"/>
+    <n v="0.8403"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198305"/>
+    <s v="1983M05"/>
+    <s v="Number"/>
+    <n v="0.8132"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198306"/>
+    <s v="1983M06"/>
+    <s v="Number"/>
+    <n v="0.8001"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198307"/>
+    <s v="1983M07"/>
+    <s v="Number"/>
+    <n v="0.7985"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198308"/>
+    <s v="1983M08"/>
+    <s v="Number"/>
+    <n v="0.7863"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198309"/>
+    <s v="1983M09"/>
+    <s v="Number"/>
+    <n v="0.7837"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198310"/>
+    <s v="1983M10"/>
+    <s v="Number"/>
+    <n v="0.7965"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198311"/>
+    <s v="1983M11"/>
+    <s v="Number"/>
+    <n v="0.7846"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198312"/>
+    <s v="1983M12"/>
+    <s v="Number"/>
+    <n v="0.788"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198401"/>
+    <s v="1984M01"/>
+    <s v="Number"/>
+    <n v="0.7829"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198402"/>
+    <s v="1984M02"/>
+    <s v="Number"/>
+    <n v="0.7925"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198403"/>
+    <s v="1984M03"/>
+    <s v="Number"/>
+    <n v="0.8101"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198404"/>
+    <s v="1984M04"/>
+    <s v="Number"/>
+    <n v="0.8149"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198405"/>
+    <s v="1984M05"/>
+    <s v="Number"/>
+    <n v="0.8044"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198406"/>
+    <s v="1984M06"/>
+    <s v="Number"/>
+    <n v="0.8109"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198407"/>
+    <s v="1984M07"/>
+    <s v="Number"/>
+    <n v="0.8154"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198408"/>
+    <s v="1984M08"/>
+    <s v="Number"/>
+    <n v="0.8135"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198409"/>
+    <s v="1984M09"/>
+    <s v="Number"/>
+    <n v="0.8138"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198410"/>
+    <s v="1984M10"/>
+    <s v="Number"/>
+    <n v="0.8275"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198411"/>
+    <s v="1984M11"/>
+    <s v="Number"/>
+    <n v="0.8346"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198412"/>
+    <s v="1984M12"/>
+    <s v="Number"/>
+    <n v="0.8459"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198501"/>
+    <s v="1985M01"/>
+    <s v="Number"/>
+    <n v="0.8708"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198502"/>
+    <s v="1985M02"/>
+    <s v="Number"/>
+    <n v="0.8625"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198503"/>
+    <s v="1985M03"/>
+    <s v="Number"/>
+    <n v="0.8424"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198504"/>
+    <s v="1985M04"/>
+    <s v="Number"/>
+    <n v="0.8165"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198505"/>
+    <s v="1985M05"/>
+    <s v="Number"/>
+    <n v="0.807"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198506"/>
+    <s v="1985M06"/>
+    <s v="Number"/>
+    <n v="0.7987"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198507"/>
+    <s v="1985M07"/>
+    <s v="Number"/>
+    <n v="0.7807"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198508"/>
+    <s v="1985M08"/>
+    <s v="Number"/>
+    <n v="0.8055"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198509"/>
+    <s v="1985M09"/>
+    <s v="Number"/>
+    <n v="0.8028"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198510"/>
+    <s v="1985M10"/>
+    <s v="Number"/>
+    <n v="0.8236"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198511"/>
+    <s v="1985M11"/>
+    <s v="Number"/>
+    <n v="0.8285"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198512"/>
+    <s v="1985M12"/>
+    <s v="Number"/>
+    <n v="0.847"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198601"/>
+    <s v="1986M01"/>
+    <s v="Number"/>
+    <n v="0.876"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198602"/>
+    <s v="1986M02"/>
+    <s v="Number"/>
+    <n v="0.9076"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198603"/>
+    <s v="1986M03"/>
+    <s v="Number"/>
+    <n v="0.9097"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198604"/>
+    <s v="1986M04"/>
+    <s v="Number"/>
+    <n v="0.8943"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198605"/>
+    <s v="1986M05"/>
+    <s v="Number"/>
+    <n v="0.8981"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198606"/>
+    <s v="1986M06"/>
+    <s v="Number"/>
+    <n v="0.9003"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198607"/>
+    <s v="1986M07"/>
+    <s v="Number"/>
+    <n v="0.9217"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198608"/>
+    <s v="1986M08"/>
+    <s v="Number"/>
+    <n v="0.9065"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198609"/>
+    <s v="1986M09"/>
+    <s v="Number"/>
+    <n v="0.9151"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198610"/>
+    <s v="1986M10"/>
+    <s v="Number"/>
+    <n v="0.9526"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198611"/>
+    <s v="1986M11"/>
+    <s v="Number"/>
+    <n v="0.9452"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198612"/>
+    <s v="1986M12"/>
+    <s v="Number"/>
+    <n v="0.9513"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198701"/>
+    <s v="1987M01"/>
+    <s v="Number"/>
+    <n v="0.9561"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198702"/>
+    <s v="1987M02"/>
+    <s v="Number"/>
+    <n v="0.9553"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198703"/>
+    <s v="1987M03"/>
+    <s v="Number"/>
+    <n v="0.9153"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198704"/>
+    <s v="1987M04"/>
+    <s v="Number"/>
+    <n v="0.9052"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198705"/>
+    <s v="1987M05"/>
+    <s v="Number"/>
+    <n v="0.8977"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198706"/>
+    <s v="1987M06"/>
+    <s v="Number"/>
+    <n v="0.9043"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198707"/>
+    <s v="1987M07"/>
+    <s v="Number"/>
+    <n v="0.9011"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198708"/>
+    <s v="1987M08"/>
+    <s v="Number"/>
+    <n v="0.9013"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198709"/>
+    <s v="1987M09"/>
+    <s v="Number"/>
+    <n v="0.8968"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198710"/>
+    <s v="1987M10"/>
+    <s v="Number"/>
+    <n v="0.8953"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198711"/>
+    <s v="1987M11"/>
+    <s v="Number"/>
+    <n v="0.8907"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198712"/>
+    <s v="1987M12"/>
+    <s v="Number"/>
+    <n v="0.8895"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198801"/>
+    <s v="1988M01"/>
+    <s v="Number"/>
+    <n v="0.8928"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198802"/>
+    <s v="1988M02"/>
+    <s v="Number"/>
+    <n v="0.8927"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198803"/>
+    <s v="1988M03"/>
+    <s v="Number"/>
+    <n v="0.8704"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198804"/>
+    <s v="1988M04"/>
+    <s v="Number"/>
+    <n v="0.8515"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198805"/>
+    <s v="1988M05"/>
+    <s v="Number"/>
+    <n v="0.8441"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198806"/>
+    <s v="1988M06"/>
+    <s v="Number"/>
+    <n v="0.8582"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198807"/>
+    <s v="1988M07"/>
+    <s v="Number"/>
+    <n v="0.8549"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198808"/>
+    <s v="1988M08"/>
+    <s v="Number"/>
+    <n v="0.838"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198809"/>
+    <s v="1988M09"/>
+    <s v="Number"/>
+    <n v="0.8533"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198810"/>
+    <s v="1988M10"/>
+    <s v="Number"/>
+    <n v="0.8468"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198811"/>
+    <s v="1988M11"/>
+    <s v="Number"/>
+    <n v="0.8448"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198812"/>
+    <s v="1988M12"/>
+    <s v="Number"/>
+    <n v="0.8341"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198901"/>
+    <s v="1989M01"/>
+    <s v="Number"/>
+    <n v="0.822"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198902"/>
+    <s v="1989M02"/>
+    <s v="Number"/>
+    <n v="0.822"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198903"/>
+    <s v="1989M03"/>
+    <s v="Number"/>
+    <n v="0.8347"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198904"/>
+    <s v="1989M04"/>
+    <s v="Number"/>
+    <n v="0.8387"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198905"/>
+    <s v="1989M05"/>
+    <s v="Number"/>
+    <n v="0.8427"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198906"/>
+    <s v="1989M06"/>
+    <s v="Number"/>
+    <n v="0.8687"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198907"/>
+    <s v="1989M07"/>
+    <s v="Number"/>
+    <n v="0.8693"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198908"/>
+    <s v="1989M08"/>
+    <s v="Number"/>
+    <n v="0.8684"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198909"/>
+    <s v="1989M09"/>
+    <s v="Number"/>
+    <n v="0.8702"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198910"/>
+    <s v="1989M10"/>
+    <s v="Number"/>
+    <n v="0.8975"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198911"/>
+    <s v="1989M11"/>
+    <s v="Number"/>
+    <n v="0.9211"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="198912"/>
+    <s v="1989M12"/>
+    <s v="Number"/>
+    <n v="0.9493"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199001"/>
+    <s v="1990M01"/>
+    <s v="Number"/>
+    <n v="0.9469"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199002"/>
+    <s v="1990M02"/>
+    <s v="Number"/>
+    <n v="0.9334"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199003"/>
+    <s v="1990M03"/>
+    <s v="Number"/>
+    <n v="0.9621"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199004"/>
+    <s v="1990M04"/>
+    <s v="Number"/>
+    <n v="0.9708"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199005"/>
+    <s v="1990M05"/>
+    <s v="Number"/>
+    <n v="0.9607"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199006"/>
+    <s v="1990M06"/>
+    <s v="Number"/>
+    <n v="0.931"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199007"/>
+    <s v="1990M07"/>
+    <s v="Number"/>
+    <n v="0.9055"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199008"/>
+    <s v="1990M08"/>
+    <s v="Number"/>
+    <n v="0.8986"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199009"/>
+    <s v="1990M09"/>
+    <s v="Number"/>
+    <n v="0.9098"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199010"/>
+    <s v="1990M10"/>
+    <s v="Number"/>
+    <n v="0.9042"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199011"/>
+    <s v="1990M11"/>
+    <s v="Number"/>
+    <n v="0.9173"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199012"/>
+    <s v="1990M12"/>
+    <s v="Number"/>
+    <n v="0.9248"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199101"/>
+    <s v="1991M01"/>
+    <s v="Number"/>
+    <n v="0.9139"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199102"/>
+    <s v="1991M02"/>
+    <s v="Number"/>
+    <n v="0.9151"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199103"/>
+    <s v="1991M03"/>
+    <s v="Number"/>
+    <n v="0.9089"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199104"/>
+    <s v="1991M04"/>
+    <s v="Number"/>
+    <n v="0.8978"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199105"/>
+    <s v="1991M05"/>
+    <s v="Number"/>
+    <n v="0.9034"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199106"/>
+    <s v="1991M06"/>
+    <s v="Number"/>
+    <n v="0.9103"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199107"/>
+    <s v="1991M07"/>
+    <s v="Number"/>
+    <n v="0.9076"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199108"/>
+    <s v="1991M08"/>
+    <s v="Number"/>
+    <n v="0.9108"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199109"/>
+    <s v="1991M09"/>
+    <s v="Number"/>
+    <n v="0.914"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199110"/>
+    <s v="1991M10"/>
+    <s v="Number"/>
+    <n v="0.9185"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199111"/>
+    <s v="1991M11"/>
+    <s v="Number"/>
+    <n v="0.9261"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199112"/>
+    <s v="1991M12"/>
+    <s v="Number"/>
+    <n v="0.9326"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199201"/>
+    <s v="1992M01"/>
+    <s v="Number"/>
+    <n v="0.9323"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199202"/>
+    <s v="1992M02"/>
+    <s v="Number"/>
+    <n v="0.9275"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199203"/>
+    <s v="1992M03"/>
+    <s v="Number"/>
+    <n v="0.9312"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199204"/>
+    <s v="1992M04"/>
+    <s v="Number"/>
+    <n v="0.9209"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199205"/>
+    <s v="1992M05"/>
+    <s v="Number"/>
+    <n v="0.9101"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199206"/>
+    <s v="1992M06"/>
+    <s v="Number"/>
+    <n v="0.9158"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199207"/>
+    <s v="1992M07"/>
+    <s v="Number"/>
+    <n v="0.932"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199208"/>
+    <s v="1992M08"/>
+    <s v="Number"/>
+    <n v="0.9434"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199209"/>
+    <s v="1992M09"/>
+    <s v="Number"/>
+    <n v="0.9861"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199210"/>
+    <s v="1992M10"/>
+    <s v="Number"/>
+    <n v="1.0705"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199211"/>
+    <s v="1992M11"/>
+    <s v="Number"/>
+    <n v="1.0892"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199212"/>
+    <s v="1992M12"/>
+    <s v="Number"/>
+    <n v="1.0753"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199301"/>
+    <s v="1993M01"/>
+    <s v="Number"/>
+    <n v="1.0673"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199302"/>
+    <s v="1993M02"/>
+    <s v="Number"/>
+    <n v="1.0308"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199303"/>
+    <s v="1993M03"/>
+    <s v="Number"/>
+    <n v="1.0102"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199304"/>
+    <s v="1993M04"/>
+    <s v="Number"/>
+    <n v="0.9882"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199305"/>
+    <s v="1993M05"/>
+    <s v="Number"/>
+    <n v="0.9799"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199306"/>
+    <s v="1993M06"/>
+    <s v="Number"/>
+    <n v="0.9772"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199307"/>
+    <s v="1993M07"/>
+    <s v="Number"/>
+    <n v="0.9425"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199308"/>
+    <s v="1993M08"/>
+    <s v="Number"/>
+    <n v="0.9324"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199309"/>
+    <s v="1993M09"/>
+    <s v="Number"/>
+    <n v="0.9421"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199310"/>
+    <s v="1993M10"/>
+    <s v="Number"/>
+    <n v="0.9542"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199311"/>
+    <s v="1993M11"/>
+    <s v="Number"/>
+    <n v="0.9491"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199312"/>
+    <s v="1993M12"/>
+    <s v="Number"/>
+    <n v="0.9516"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199401"/>
+    <s v="1994M01"/>
+    <s v="Number"/>
+    <n v="0.9597"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199402"/>
+    <s v="1994M02"/>
+    <s v="Number"/>
+    <n v="0.9603"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199403"/>
+    <s v="1994M03"/>
+    <s v="Number"/>
+    <n v="0.9619"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199404"/>
+    <s v="1994M04"/>
+    <s v="Number"/>
+    <n v="0.9694"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199405"/>
+    <s v="1994M05"/>
+    <s v="Number"/>
+    <n v="0.9788"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199406"/>
+    <s v="1994M06"/>
+    <s v="Number"/>
+    <n v="0.9805"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199407"/>
+    <s v="1994M07"/>
+    <s v="Number"/>
+    <n v="0.988"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199408"/>
+    <s v="1994M08"/>
+    <s v="Number"/>
+    <n v="0.9875"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199409"/>
+    <s v="1994M09"/>
+    <s v="Number"/>
+    <n v="0.9881"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199410"/>
+    <s v="1994M10"/>
+    <s v="Number"/>
+    <n v="0.9884"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199411"/>
+    <s v="1994M11"/>
+    <s v="Number"/>
+    <n v="0.9848"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199412"/>
+    <s v="1994M12"/>
+    <s v="Number"/>
+    <n v="0.9842"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199501"/>
+    <s v="1995M01"/>
+    <s v="Number"/>
+    <n v="0.989"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199502"/>
+    <s v="1995M02"/>
+    <s v="Number"/>
+    <n v="0.9947"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199503"/>
+    <s v="1995M03"/>
+    <s v="Number"/>
+    <n v="0.9992"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199504"/>
+    <s v="1995M04"/>
+    <s v="Number"/>
+    <n v="1.0137"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199505"/>
+    <s v="1995M05"/>
+    <s v="Number"/>
+    <n v="1.0216"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199506"/>
+    <s v="1995M06"/>
+    <s v="Number"/>
+    <n v="1.0226"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199507"/>
+    <s v="1995M07"/>
+    <s v="Number"/>
+    <n v="1.0285"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199508"/>
+    <s v="1995M08"/>
+    <s v="Number"/>
+    <n v="1.0235"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199509"/>
+    <s v="1995M09"/>
+    <s v="Number"/>
+    <n v="1.0209"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199510"/>
+    <s v="1995M10"/>
+    <s v="Number"/>
+    <n v="1.0225"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199511"/>
+    <s v="1995M11"/>
+    <s v="Number"/>
+    <n v="1.0284"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199512"/>
+    <s v="1995M12"/>
+    <s v="Number"/>
+    <n v="1.0335"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199601"/>
+    <s v="1996M01"/>
+    <s v="Number"/>
+    <n v="1.0349"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199602"/>
+    <s v="1996M02"/>
+    <s v="Number"/>
+    <n v="1.0299"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199603"/>
+    <s v="1996M03"/>
+    <s v="Number"/>
+    <n v="1.0298"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199604"/>
+    <s v="1996M04"/>
+    <s v="Number"/>
+    <n v="1.0328"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199605"/>
+    <s v="1996M05"/>
+    <s v="Number"/>
+    <n v="1.0319"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199606"/>
+    <s v="1996M06"/>
+    <s v="Number"/>
+    <n v="1.0274"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199607"/>
+    <s v="1996M07"/>
+    <s v="Number"/>
+    <n v="1.0322"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199608"/>
+    <s v="1996M08"/>
+    <s v="Number"/>
+    <n v="1.0393"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199609"/>
+    <s v="1996M09"/>
+    <s v="Number"/>
+    <n v="1.0328"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199610"/>
+    <s v="1996M10"/>
+    <s v="Number"/>
+    <n v="1.0147"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199611"/>
+    <s v="1996M11"/>
+    <s v="Number"/>
+    <n v="1.0016"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199612"/>
+    <s v="1996M12"/>
+    <s v="Number"/>
+    <n v="0.9982"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199701"/>
+    <s v="1997M01"/>
+    <s v="Number"/>
+    <n v="0.9837"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199702"/>
+    <s v="1997M02"/>
+    <s v="Number"/>
+    <n v="0.9762"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199703"/>
+    <s v="1997M03"/>
+    <s v="Number"/>
+    <n v="0.9738"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199704"/>
+    <s v="1997M04"/>
+    <s v="Number"/>
+    <n v="0.952"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199705"/>
+    <s v="1997M05"/>
+    <s v="Number"/>
+    <n v="0.9271"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199706"/>
+    <s v="1997M06"/>
+    <s v="Number"/>
+    <n v="0.9164"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199707"/>
+    <s v="1997M07"/>
+    <s v="Number"/>
+    <n v="0.896"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199708"/>
+    <s v="1997M08"/>
+    <s v="Number"/>
+    <n v="0.9084"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199709"/>
+    <s v="1997M09"/>
+    <s v="Number"/>
+    <n v="0.9251"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199710"/>
+    <s v="1997M10"/>
+    <s v="Number"/>
+    <n v="0.8998"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199711"/>
+    <s v="1997M11"/>
+    <s v="Number"/>
+    <n v="0.89"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199712"/>
+    <s v="1997M12"/>
+    <s v="Number"/>
+    <n v="0.8771"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199801"/>
+    <s v="1998M01"/>
+    <s v="Number"/>
+    <n v="0.8454"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199802"/>
+    <s v="1998M02"/>
+    <s v="Number"/>
+    <n v="0.8391"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199803"/>
+    <s v="1998M03"/>
+    <s v="Number"/>
+    <n v="0.8231"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199804"/>
+    <s v="1998M04"/>
+    <s v="Number"/>
+    <n v="0.8314"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199805"/>
+    <s v="1998M05"/>
+    <s v="Number"/>
+    <n v="0.8673"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199806"/>
+    <s v="1998M06"/>
+    <s v="Number"/>
+    <n v="0.8515"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199807"/>
+    <s v="1998M07"/>
+    <s v="Number"/>
+    <n v="0.8514"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199808"/>
+    <s v="1998M08"/>
+    <s v="Number"/>
+    <n v="0.8591"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199809"/>
+    <s v="1998M09"/>
+    <s v="Number"/>
+    <n v="0.8751"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199810"/>
+    <s v="1998M10"/>
+    <s v="Number"/>
+    <n v="0.8979"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199811"/>
+    <s v="1998M11"/>
+    <s v="Number"/>
+    <n v="0.8898"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199812"/>
+    <s v="1998M12"/>
+    <s v="Number"/>
+    <n v="0.8912"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199901"/>
+    <s v="1999M01"/>
+    <s v="Number"/>
+    <n v="0.8925"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199902"/>
+    <s v="1999M02"/>
+    <s v="Number"/>
+    <n v="0.8742"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199903"/>
+    <s v="1999M03"/>
+    <s v="Number"/>
+    <n v="0.8523"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199904"/>
+    <s v="1999M04"/>
+    <s v="Number"/>
+    <n v="0.8444"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199905"/>
+    <s v="1999M05"/>
+    <s v="Number"/>
+    <n v="0.8358"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199906"/>
+    <s v="1999M06"/>
+    <s v="Number"/>
+    <n v="0.8257"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199907"/>
+    <s v="1999M07"/>
+    <s v="Number"/>
+    <n v="0.8352"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199908"/>
+    <s v="1999M08"/>
+    <s v="Number"/>
+    <n v="0.8382"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199909"/>
+    <s v="1999M09"/>
+    <s v="Number"/>
+    <n v="0.8213"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199910"/>
+    <s v="1999M10"/>
+    <s v="Number"/>
+    <n v="0.8201"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199911"/>
+    <s v="1999M11"/>
+    <s v="Number"/>
+    <n v="0.8088"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="199912"/>
+    <s v="1999M12"/>
+    <s v="Number"/>
+    <n v="0.7955"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="200001"/>
+    <s v="2000M01"/>
+    <s v="Number"/>
+    <n v="0.7851"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="200002"/>
+    <s v="2000M02"/>
+    <s v="Number"/>
+    <n v="0.7804"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="200003"/>
+    <s v="2000M03"/>
+    <s v="Number"/>
+    <n v="0.7753"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="200004"/>
+    <s v="2000M04"/>
+    <s v="Number"/>
+    <n v="0.7593"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="200005"/>
+    <s v="2000M05"/>
+    <s v="Number"/>
+    <n v="0.7638"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="200006"/>
+    <s v="2000M06"/>
+    <s v="Number"/>
+    <n v="0.799"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="200007"/>
+    <s v="2000M07"/>
+    <s v="Number"/>
+    <n v="0.7911"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="200008"/>
+    <s v="2000M08"/>
+    <s v="Number"/>
+    <n v="0.7709"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="200009"/>
+    <s v="2000M09"/>
+    <s v="Number"/>
+    <n v="0.7717"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="200010"/>
+    <s v="2000M10"/>
+    <s v="Number"/>
+    <n v="0.7483"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="200011"/>
+    <s v="2000M11"/>
+    <s v="Number"/>
+    <n v="0.7623"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="01"/>
+    <s v="Pound Sterling per Punt"/>
+    <s v="200012"/>
+    <s v="2000M12"/>
+    <s v="Number"/>
+    <n v="0.7789"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197501"/>
+    <s v="1975M01"/>
+    <s v="Number"/>
+    <n v="2.3624"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197502"/>
+    <s v="1975M02"/>
+    <s v="Number"/>
+    <n v="2.3936"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197503"/>
+    <s v="1975M03"/>
+    <s v="Number"/>
+    <n v="2.4171"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197504"/>
+    <s v="1975M04"/>
+    <s v="Number"/>
+    <n v="2.37"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197505"/>
+    <s v="1975M05"/>
+    <s v="Number"/>
+    <n v="2.3211"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197506"/>
+    <s v="1975M06"/>
+    <s v="Number"/>
+    <n v="2.2827"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197507"/>
+    <s v="1975M07"/>
+    <s v="Number"/>
+    <n v="2.184"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197508"/>
+    <s v="1975M08"/>
+    <s v="Number"/>
+    <n v="2.1128"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197509"/>
+    <s v="1975M09"/>
+    <s v="Number"/>
+    <n v="2.0851"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197510"/>
+    <s v="1975M10"/>
+    <s v="Number"/>
+    <n v="2.0559"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197511"/>
+    <s v="1975M11"/>
+    <s v="Number"/>
+    <n v="2.0517"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197512"/>
+    <s v="1975M12"/>
+    <s v="Number"/>
+    <n v="2.0216"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197601"/>
+    <s v="1976M01"/>
+    <s v="Number"/>
+    <n v="2.028"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197602"/>
+    <s v="1976M02"/>
+    <s v="Number"/>
+    <n v="2.0268"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197603"/>
+    <s v="1976M03"/>
+    <s v="Number"/>
+    <n v="1.9469"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197604"/>
+    <s v="1976M04"/>
+    <s v="Number"/>
+    <n v="1.8478"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197605"/>
+    <s v="1976M05"/>
+    <s v="Number"/>
+    <n v="1.8077"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197606"/>
+    <s v="1976M06"/>
+    <s v="Number"/>
+    <n v="1.7654"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197607"/>
+    <s v="1976M07"/>
+    <s v="Number"/>
+    <n v="1.7862"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197608"/>
+    <s v="1976M08"/>
+    <s v="Number"/>
+    <n v="1.7821"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197609"/>
+    <s v="1976M09"/>
+    <s v="Number"/>
+    <n v="1.7303"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197610"/>
+    <s v="1976M10"/>
+    <s v="Number"/>
+    <n v="1.64"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197611"/>
+    <s v="1976M11"/>
+    <s v="Number"/>
+    <n v="1.6363"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197612"/>
+    <s v="1976M12"/>
+    <s v="Number"/>
+    <n v="1.6752"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197701"/>
+    <s v="1977M01"/>
+    <s v="Number"/>
+    <n v="1.7134"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197702"/>
+    <s v="1977M02"/>
+    <s v="Number"/>
+    <n v="1.71"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197703"/>
+    <s v="1977M03"/>
+    <s v="Number"/>
+    <n v="1.7171"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197704"/>
+    <s v="1977M04"/>
+    <s v="Number"/>
+    <n v="1.7192"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197705"/>
+    <s v="1977M05"/>
+    <s v="Number"/>
+    <n v="1.7185"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197706"/>
+    <s v="1977M06"/>
+    <s v="Number"/>
+    <n v="1.7192"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197707"/>
+    <s v="1977M07"/>
+    <s v="Number"/>
+    <n v="1.7211"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197708"/>
+    <s v="1977M08"/>
+    <s v="Number"/>
+    <n v="1.7402"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197709"/>
+    <s v="1977M09"/>
+    <s v="Number"/>
+    <n v="1.7433"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197710"/>
+    <s v="1977M10"/>
+    <s v="Number"/>
+    <n v="1.7673"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197711"/>
+    <s v="1977M11"/>
+    <s v="Number"/>
+    <n v="1.8193"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197712"/>
+    <s v="1977M12"/>
+    <s v="Number"/>
+    <n v="1.8496"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197801"/>
+    <s v="1978M01"/>
+    <s v="Number"/>
+    <n v="1.9333"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197802"/>
+    <s v="1978M02"/>
+    <s v="Number"/>
+    <n v="1.9393"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197803"/>
+    <s v="1978M03"/>
+    <s v="Number"/>
+    <n v="1.9063"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197804"/>
+    <s v="1978M04"/>
+    <s v="Number"/>
+    <n v="1.8494"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197805"/>
+    <s v="1978M05"/>
+    <s v="Number"/>
+    <n v="1.8173"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197806"/>
+    <s v="1978M06"/>
+    <s v="Number"/>
+    <n v="1.837"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197807"/>
+    <s v="1978M07"/>
+    <s v="Number"/>
+    <n v="1.8952"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197808"/>
+    <s v="1978M08"/>
+    <s v="Number"/>
+    <n v="1.9426"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197809"/>
+    <s v="1978M09"/>
+    <s v="Number"/>
+    <n v="1.9573"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197810"/>
+    <s v="1978M10"/>
+    <s v="Number"/>
+    <n v="2.0037"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197811"/>
+    <s v="1978M11"/>
+    <s v="Number"/>
+    <n v="1.9633"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197812"/>
+    <s v="1978M12"/>
+    <s v="Number"/>
+    <n v="1.9831"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197901"/>
+    <s v="1979M01"/>
+    <s v="Number"/>
+    <n v="2.0051"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197902"/>
+    <s v="1979M02"/>
+    <s v="Number"/>
+    <n v="2.0035"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197903"/>
+    <s v="1979M03"/>
+    <s v="Number"/>
+    <n v="2.0377"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197904"/>
+    <s v="1979M04"/>
+    <s v="Number"/>
+    <n v="2.0224"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197905"/>
+    <s v="1979M05"/>
+    <s v="Number"/>
+    <n v="1.9844"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197906"/>
+    <s v="1979M06"/>
+    <s v="Number"/>
+    <n v="2.0037"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197907"/>
+    <s v="1979M07"/>
+    <s v="Number"/>
+    <n v="2.0686"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197908"/>
+    <s v="1979M08"/>
+    <s v="Number"/>
+    <n v="2.0584"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197909"/>
+    <s v="1979M09"/>
+    <s v="Number"/>
+    <n v="2.0914"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197910"/>
+    <s v="1979M10"/>
+    <s v="Number"/>
+    <n v="2.0852"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197911"/>
+    <s v="1979M11"/>
+    <s v="Number"/>
+    <n v="2.0855"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="197912"/>
+    <s v="1979M12"/>
+    <s v="Number"/>
+    <n v="2.1283"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198001"/>
+    <s v="1980M01"/>
+    <s v="Number"/>
+    <n v="2.1438"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198002"/>
+    <s v="1980M02"/>
+    <s v="Number"/>
+    <n v="2.1179"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198003"/>
+    <s v="1980M03"/>
+    <s v="Number"/>
+    <n v="2.0086"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198004"/>
+    <s v="1980M04"/>
+    <s v="Number"/>
+    <n v="1.9974"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198005"/>
+    <s v="1980M05"/>
+    <s v="Number"/>
+    <n v="2.0765"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198006"/>
+    <s v="1980M06"/>
+    <s v="Number"/>
+    <n v="2.1146"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198007"/>
+    <s v="1980M07"/>
+    <s v="Number"/>
+    <n v="2.148"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198008"/>
+    <s v="1980M08"/>
+    <s v="Number"/>
+    <n v="2.1074"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198009"/>
+    <s v="1980M09"/>
+    <s v="Number"/>
+    <n v="2.1041"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198010"/>
+    <s v="1980M10"/>
+    <s v="Number"/>
+    <n v="2.044"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198011"/>
+    <s v="1980M11"/>
+    <s v="Number"/>
+    <n v="1.9492"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198012"/>
+    <s v="1980M12"/>
+    <s v="Number"/>
+    <n v="1.8912"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198101"/>
+    <s v="1981M01"/>
+    <s v="Number"/>
+    <n v="1.8591"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198102"/>
+    <s v="1981M02"/>
+    <s v="Number"/>
+    <n v="1.732"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198103"/>
+    <s v="1981M03"/>
+    <s v="Number"/>
+    <n v="1.7333"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198104"/>
+    <s v="1981M04"/>
+    <s v="Number"/>
+    <n v="1.6903"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198105"/>
+    <s v="1981M05"/>
+    <s v="Number"/>
+    <n v="1.5959"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198106"/>
+    <s v="1981M06"/>
+    <s v="Number"/>
+    <n v="1.5371"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198107"/>
+    <s v="1981M07"/>
+    <s v="Number"/>
+    <n v="1.4958"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198108"/>
+    <s v="1981M08"/>
+    <s v="Number"/>
+    <n v="1.4611"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198109"/>
+    <s v="1981M09"/>
+    <s v="Number"/>
+    <n v="1.5489"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198110"/>
+    <s v="1981M10"/>
+    <s v="Number"/>
+    <n v="1.5817"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198111"/>
+    <s v="1981M11"/>
+    <s v="Number"/>
+    <n v="1.5932"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198112"/>
+    <s v="1981M12"/>
+    <s v="Number"/>
+    <n v="1.575"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198201"/>
+    <s v="1982M01"/>
+    <s v="Number"/>
+    <n v="1.5409"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198202"/>
+    <s v="1982M02"/>
+    <s v="Number"/>
+    <n v="1.4875"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198203"/>
+    <s v="1982M03"/>
+    <s v="Number"/>
+    <n v="1.4729"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198204"/>
+    <s v="1982M04"/>
+    <s v="Number"/>
+    <n v="1.4447"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198205"/>
+    <s v="1982M05"/>
+    <s v="Number"/>
+    <n v="1.4975"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198206"/>
+    <s v="1982M06"/>
+    <s v="Number"/>
+    <n v="1.4198"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198207"/>
+    <s v="1982M07"/>
+    <s v="Number"/>
+    <n v="1.3963"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198208"/>
+    <s v="1982M08"/>
+    <s v="Number"/>
+    <n v="1.3871"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198209"/>
+    <s v="1982M09"/>
+    <s v="Number"/>
+    <n v="1.3678"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198210"/>
+    <s v="1982M10"/>
+    <s v="Number"/>
+    <n v="1.3466"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198211"/>
+    <s v="1982M11"/>
+    <s v="Number"/>
+    <n v="1.3289"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198212"/>
+    <s v="1982M12"/>
+    <s v="Number"/>
+    <n v="1.3747"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198301"/>
+    <s v="1983M01"/>
+    <s v="Number"/>
+    <n v="1.3912"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198302"/>
+    <s v="1983M02"/>
+    <s v="Number"/>
+    <n v="1.3695"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198303"/>
+    <s v="1983M03"/>
+    <s v="Number"/>
+    <n v="1.3483"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198304"/>
+    <s v="1983M04"/>
+    <s v="Number"/>
+    <n v="1.2949"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198305"/>
+    <s v="1983M05"/>
+    <s v="Number"/>
+    <n v="1.2801"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198306"/>
+    <s v="1983M06"/>
+    <s v="Number"/>
+    <n v="1.2386"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198307"/>
+    <s v="1983M07"/>
+    <s v="Number"/>
+    <n v="1.2204"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198308"/>
+    <s v="1983M08"/>
+    <s v="Number"/>
+    <n v="1.1802"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198309"/>
+    <s v="1983M09"/>
+    <s v="Number"/>
+    <n v="1.1746"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198310"/>
+    <s v="1983M10"/>
+    <s v="Number"/>
+    <n v="1.1929"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198311"/>
+    <s v="1983M11"/>
+    <s v="Number"/>
+    <n v="1.1593"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198312"/>
+    <s v="1983M12"/>
+    <s v="Number"/>
+    <n v="1.1308"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198401"/>
+    <s v="1984M01"/>
+    <s v="Number"/>
+    <n v="1.1026"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198402"/>
+    <s v="1984M02"/>
+    <s v="Number"/>
+    <n v="1.1406"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198403"/>
+    <s v="1984M03"/>
+    <s v="Number"/>
+    <n v="1.1804"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198404"/>
+    <s v="1984M04"/>
+    <s v="Number"/>
+    <n v="1.1601"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198405"/>
+    <s v="1984M05"/>
+    <s v="Number"/>
+    <n v="1.1177"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198406"/>
+    <s v="1984M06"/>
+    <s v="Number"/>
+    <n v="1.1159"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198407"/>
+    <s v="1984M07"/>
+    <s v="Number"/>
+    <n v="1.0776"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198408"/>
+    <s v="1984M08"/>
+    <s v="Number"/>
+    <n v="1.0686"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198409"/>
+    <s v="1984M09"/>
+    <s v="Number"/>
+    <n v="1.025"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198410"/>
+    <s v="1984M10"/>
+    <s v="Number"/>
+    <n v="1.0099"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198411"/>
+    <s v="1984M11"/>
+    <s v="Number"/>
+    <n v="1.0359"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198412"/>
+    <s v="1984M12"/>
+    <s v="Number"/>
+    <n v="1.006"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198501"/>
+    <s v="1985M01"/>
+    <s v="Number"/>
+    <n v="0.9836"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198502"/>
+    <s v="1985M02"/>
+    <s v="Number"/>
+    <n v="0.9442"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198503"/>
+    <s v="1985M03"/>
+    <s v="Number"/>
+    <n v="0.9455"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198504"/>
+    <s v="1985M04"/>
+    <s v="Number"/>
+    <n v="1.0161"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198505"/>
+    <s v="1985M05"/>
+    <s v="Number"/>
+    <n v="1.0056"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198506"/>
+    <s v="1985M06"/>
+    <s v="Number"/>
+    <n v="1.0215"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198507"/>
+    <s v="1985M07"/>
+    <s v="Number"/>
+    <n v="1.0752"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198508"/>
+    <s v="1985M08"/>
+    <s v="Number"/>
+    <n v="1.1157"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198509"/>
+    <s v="1985M09"/>
+    <s v="Number"/>
+    <n v="1.0957"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198510"/>
+    <s v="1985M10"/>
+    <s v="Number"/>
+    <n v="1.1713"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198511"/>
+    <s v="1985M11"/>
+    <s v="Number"/>
+    <n v="1.1921"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198512"/>
+    <s v="1985M12"/>
+    <s v="Number"/>
+    <n v="1.2251"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198601"/>
+    <s v="1986M01"/>
+    <s v="Number"/>
+    <n v="1.2472"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198602"/>
+    <s v="1986M02"/>
+    <s v="Number"/>
+    <n v="1.2985"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198603"/>
+    <s v="1986M03"/>
+    <s v="Number"/>
+    <n v="1.3342"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198604"/>
+    <s v="1986M04"/>
+    <s v="Number"/>
+    <n v="1.341"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198605"/>
+    <s v="1986M05"/>
+    <s v="Number"/>
+    <n v="1.3663"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198606"/>
+    <s v="1986M06"/>
+    <s v="Number"/>
+    <n v="1.36"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198607"/>
+    <s v="1986M07"/>
+    <s v="Number"/>
+    <n v="1.3904"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198608"/>
+    <s v="1986M08"/>
+    <s v="Number"/>
+    <n v="1.3483"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198609"/>
+    <s v="1986M09"/>
+    <s v="Number"/>
+    <n v="1.3466"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198610"/>
+    <s v="1986M10"/>
+    <s v="Number"/>
+    <n v="1.3609"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198611"/>
+    <s v="1986M11"/>
+    <s v="Number"/>
+    <n v="1.3464"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198612"/>
+    <s v="1986M12"/>
+    <s v="Number"/>
+    <n v="1.3664"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198701"/>
+    <s v="1987M01"/>
+    <s v="Number"/>
+    <n v="1.4402"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198702"/>
+    <s v="1987M02"/>
+    <s v="Number"/>
+    <n v="1.4593"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198703"/>
+    <s v="1987M03"/>
+    <s v="Number"/>
+    <n v="1.4564"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198704"/>
+    <s v="1987M04"/>
+    <s v="Number"/>
+    <n v="1.4752"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198705"/>
+    <s v="1987M05"/>
+    <s v="Number"/>
+    <n v="1.4966"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198706"/>
+    <s v="1987M06"/>
+    <s v="Number"/>
+    <n v="1.474"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198707"/>
+    <s v="1987M07"/>
+    <s v="Number"/>
+    <n v="1.4509"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198708"/>
+    <s v="1987M08"/>
+    <s v="Number"/>
+    <n v="1.4412"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198709"/>
+    <s v="1987M09"/>
+    <s v="Number"/>
+    <n v="1.4765"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198710"/>
+    <s v="1987M10"/>
+    <s v="Number"/>
+    <n v="1.4861"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198711"/>
+    <s v="1987M11"/>
+    <s v="Number"/>
+    <n v="1.5813"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198712"/>
+    <s v="1987M12"/>
+    <s v="Number"/>
+    <n v="1.6233"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198801"/>
+    <s v="1988M01"/>
+    <s v="Number"/>
+    <n v="1.6051"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198802"/>
+    <s v="1988M02"/>
+    <s v="Number"/>
+    <n v="1.5684"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198803"/>
+    <s v="1988M03"/>
+    <s v="Number"/>
+    <n v="1.5936"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198804"/>
+    <s v="1988M04"/>
+    <s v="Number"/>
+    <n v="1.5981"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198805"/>
+    <s v="1988M05"/>
+    <s v="Number"/>
+    <n v="1.577"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198806"/>
+    <s v="1988M06"/>
+    <s v="Number"/>
+    <n v="1.5264"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198807"/>
+    <s v="1988M07"/>
+    <s v="Number"/>
+    <n v="1.4571"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198808"/>
+    <s v="1988M08"/>
+    <s v="Number"/>
+    <n v="1.4227"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198809"/>
+    <s v="1988M09"/>
+    <s v="Number"/>
+    <n v="1.4364"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198810"/>
+    <s v="1988M10"/>
+    <s v="Number"/>
+    <n v="1.4705"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198811"/>
+    <s v="1988M11"/>
+    <s v="Number"/>
+    <n v="1.5273"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198812"/>
+    <s v="1988M12"/>
+    <s v="Number"/>
+    <n v="1.5275"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198901"/>
+    <s v="1989M01"/>
+    <s v="Number"/>
+    <n v="1.4594"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198902"/>
+    <s v="1989M02"/>
+    <s v="Number"/>
+    <n v="1.4414"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198903"/>
+    <s v="1989M03"/>
+    <s v="Number"/>
+    <n v="1.4312"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198904"/>
+    <s v="1989M04"/>
+    <s v="Number"/>
+    <n v="1.4269"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198905"/>
+    <s v="1989M05"/>
+    <s v="Number"/>
+    <n v="1.3744"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198906"/>
+    <s v="1989M06"/>
+    <s v="Number"/>
+    <n v="1.3479"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198907"/>
+    <s v="1989M07"/>
+    <s v="Number"/>
+    <n v="1.4114"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198908"/>
+    <s v="1989M08"/>
+    <s v="Number"/>
+    <n v="1.3845"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198909"/>
+    <s v="1989M09"/>
+    <s v="Number"/>
+    <n v="1.3673"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198910"/>
+    <s v="1989M10"/>
+    <s v="Number"/>
+    <n v="1.4257"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198911"/>
+    <s v="1989M11"/>
+    <s v="Number"/>
+    <n v="1.4476"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="198912"/>
+    <s v="1989M12"/>
+    <s v="Number"/>
+    <n v="1.5129"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199001"/>
+    <s v="1990M01"/>
+    <s v="Number"/>
+    <n v="1.5644"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199002"/>
+    <s v="1990M02"/>
+    <s v="Number"/>
+    <n v="1.583"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199003"/>
+    <s v="1990M03"/>
+    <s v="Number"/>
+    <n v="1.5635"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199004"/>
+    <s v="1990M04"/>
+    <s v="Number"/>
+    <n v="1.589"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199005"/>
+    <s v="1990M05"/>
+    <s v="Number"/>
+    <n v="1.6123"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199006"/>
+    <s v="1990M06"/>
+    <s v="Number"/>
+    <n v="1.593"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199007"/>
+    <s v="1990M07"/>
+    <s v="Number"/>
+    <n v="1.6366"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199008"/>
+    <s v="1990M08"/>
+    <s v="Number"/>
+    <n v="1.709"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199009"/>
+    <s v="1990M09"/>
+    <s v="Number"/>
+    <n v="1.7094"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199010"/>
+    <s v="1990M10"/>
+    <s v="Number"/>
+    <n v="1.7588"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199011"/>
+    <s v="1990M11"/>
+    <s v="Number"/>
+    <n v="1.8027"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199012"/>
+    <s v="1990M12"/>
+    <s v="Number"/>
+    <n v="1.7836"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199101"/>
+    <s v="1991M01"/>
+    <s v="Number"/>
+    <n v="1.7681"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199102"/>
+    <s v="1991M02"/>
+    <s v="Number"/>
+    <n v="1.7985"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199103"/>
+    <s v="1991M03"/>
+    <s v="Number"/>
+    <n v="1.6621"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199104"/>
+    <s v="1991M04"/>
+    <s v="Number"/>
+    <n v="1.5713"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199105"/>
+    <s v="1991M05"/>
+    <s v="Number"/>
+    <n v="1.558"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199106"/>
+    <s v="1991M06"/>
+    <s v="Number"/>
+    <n v="1.4998"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199107"/>
+    <s v="1991M07"/>
+    <s v="Number"/>
+    <n v="1.4979"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199108"/>
+    <s v="1991M08"/>
+    <s v="Number"/>
+    <n v="1.5323"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199109"/>
+    <s v="1991M09"/>
+    <s v="Number"/>
+    <n v="1.5764"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199110"/>
+    <s v="1991M10"/>
+    <s v="Number"/>
+    <n v="1.5829"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199111"/>
+    <s v="1991M11"/>
+    <s v="Number"/>
+    <n v="1.6472"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199112"/>
+    <s v="1991M12"/>
+    <s v="Number"/>
+    <n v="1.6999"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199201"/>
+    <s v="1992M01"/>
+    <s v="Number"/>
+    <n v="1.6898"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199202"/>
+    <s v="1992M02"/>
+    <s v="Number"/>
+    <n v="1.649"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199203"/>
+    <s v="1992M03"/>
+    <s v="Number"/>
+    <n v="1.605"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199204"/>
+    <s v="1992M04"/>
+    <s v="Number"/>
+    <n v="1.6185"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199205"/>
+    <s v="1992M05"/>
+    <s v="Number"/>
+    <n v="1.6472"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199206"/>
+    <s v="1992M06"/>
+    <s v="Number"/>
+    <n v="1.7008"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199207"/>
+    <s v="1992M07"/>
+    <s v="Number"/>
+    <n v="1.7883"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199208"/>
+    <s v="1992M08"/>
+    <s v="Number"/>
+    <n v="1.834"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199209"/>
+    <s v="1992M09"/>
+    <s v="Number"/>
+    <n v="1.8256"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199210"/>
+    <s v="1992M10"/>
+    <s v="Number"/>
+    <n v="1.7775"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199211"/>
+    <s v="1992M11"/>
+    <s v="Number"/>
+    <n v="1.6638"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199212"/>
+    <s v="1992M12"/>
+    <s v="Number"/>
+    <n v="1.6731"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199301"/>
+    <s v="1993M01"/>
+    <s v="Number"/>
+    <n v="1.6356"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199302"/>
+    <s v="1993M02"/>
+    <s v="Number"/>
+    <n v="1.4827"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199303"/>
+    <s v="1993M03"/>
+    <s v="Number"/>
+    <n v="1.4776"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199304"/>
+    <s v="1993M04"/>
+    <s v="Number"/>
+    <n v="1.5286"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199305"/>
+    <s v="1993M05"/>
+    <s v="Number"/>
+    <n v="1.5184"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199306"/>
+    <s v="1993M06"/>
+    <s v="Number"/>
+    <n v="1.4749"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199307"/>
+    <s v="1993M07"/>
+    <s v="Number"/>
+    <n v="1.4106"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199308"/>
+    <s v="1993M08"/>
+    <s v="Number"/>
+    <n v="1.3905"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199309"/>
+    <s v="1993M09"/>
+    <s v="Number"/>
+    <n v="1.4377"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199310"/>
+    <s v="1993M10"/>
+    <s v="Number"/>
+    <n v="1.4358"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199311"/>
+    <s v="1993M11"/>
+    <s v="Number"/>
+    <n v="1.4052"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199312"/>
+    <s v="1993M12"/>
+    <s v="Number"/>
+    <n v="1.4181"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199401"/>
+    <s v="1994M01"/>
+    <s v="Number"/>
+    <n v="1.4336"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199402"/>
+    <s v="1994M02"/>
+    <s v="Number"/>
+    <n v="1.4212"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199403"/>
+    <s v="1994M03"/>
+    <s v="Number"/>
+    <n v="1.4349"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199404"/>
+    <s v="1994M04"/>
+    <s v="Number"/>
+    <n v="1.4382"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199405"/>
+    <s v="1994M05"/>
+    <s v="Number"/>
+    <n v="1.4715"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199406"/>
+    <s v="1994M06"/>
+    <s v="Number"/>
+    <n v="1.4959"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199407"/>
+    <s v="1994M07"/>
+    <s v="Number"/>
+    <n v="1.5277"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199408"/>
+    <s v="1994M08"/>
+    <s v="Number"/>
+    <n v="1.5232"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199409"/>
+    <s v="1994M09"/>
+    <s v="Number"/>
+    <n v="1.5466"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199410"/>
+    <s v="1994M10"/>
+    <s v="Number"/>
+    <n v="1.5857"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199411"/>
+    <s v="1994M11"/>
+    <s v="Number"/>
+    <n v="1.5647"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199412"/>
+    <s v="1994M12"/>
+    <s v="Number"/>
+    <n v="1.5355"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199501"/>
+    <s v="1995M01"/>
+    <s v="Number"/>
+    <n v="1.5572"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199502"/>
+    <s v="1995M02"/>
+    <s v="Number"/>
+    <n v="1.5634"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199503"/>
+    <s v="1995M03"/>
+    <s v="Number"/>
+    <n v="1.5997"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199504"/>
+    <s v="1995M04"/>
+    <s v="Number"/>
+    <n v="1.6288"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199505"/>
+    <s v="1995M05"/>
+    <s v="Number"/>
+    <n v="1.6213"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199506"/>
+    <s v="1995M06"/>
+    <s v="Number"/>
+    <n v="1.631"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199507"/>
+    <s v="1995M07"/>
+    <s v="Number"/>
+    <n v="1.6409"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199508"/>
+    <s v="1995M08"/>
+    <s v="Number"/>
+    <n v="1.6026"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199509"/>
+    <s v="1995M09"/>
+    <s v="Number"/>
+    <n v="1.5911"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199510"/>
+    <s v="1995M10"/>
+    <s v="Number"/>
+    <n v="1.6134"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199511"/>
+    <s v="1995M11"/>
+    <s v="Number"/>
+    <n v="1.6066"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199512"/>
+    <s v="1995M12"/>
+    <s v="Number"/>
+    <n v="1.59"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199601"/>
+    <s v="1996M01"/>
+    <s v="Number"/>
+    <n v="1.584"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199602"/>
+    <s v="1996M02"/>
+    <s v="Number"/>
+    <n v="1.5823"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199603"/>
+    <s v="1996M03"/>
+    <s v="Number"/>
+    <n v="1.5726"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199604"/>
+    <s v="1996M04"/>
+    <s v="Number"/>
+    <n v="1.5644"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199605"/>
+    <s v="1996M05"/>
+    <s v="Number"/>
+    <n v="1.5634"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199606"/>
+    <s v="1996M06"/>
+    <s v="Number"/>
+    <n v="1.5838"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199607"/>
+    <s v="1996M07"/>
+    <s v="Number"/>
+    <n v="1.6042"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199608"/>
+    <s v="1996M08"/>
+    <s v="Number"/>
+    <n v="1.612"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199609"/>
+    <s v="1996M09"/>
+    <s v="Number"/>
+    <n v="1.6108"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199610"/>
+    <s v="1996M10"/>
+    <s v="Number"/>
+    <n v="1.6082"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199611"/>
+    <s v="1996M11"/>
+    <s v="Number"/>
+    <n v="1.6653"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199612"/>
+    <s v="1996M12"/>
+    <s v="Number"/>
+    <n v="1.6599"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199701"/>
+    <s v="1997M01"/>
+    <s v="Number"/>
+    <n v="1.6318"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199702"/>
+    <s v="1997M02"/>
+    <s v="Number"/>
+    <n v="1.586"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199703"/>
+    <s v="1997M03"/>
+    <s v="Number"/>
+    <n v="1.565"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199704"/>
+    <s v="1997M04"/>
+    <s v="Number"/>
+    <n v="1.5516"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199705"/>
+    <s v="1997M05"/>
+    <s v="Number"/>
+    <n v="1.5145"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199706"/>
+    <s v="1997M06"/>
+    <s v="Number"/>
+    <n v="1.5076"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199707"/>
+    <s v="1997M07"/>
+    <s v="Number"/>
+    <n v="1.4969"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199708"/>
+    <s v="1997M08"/>
+    <s v="Number"/>
+    <n v="1.4551"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199709"/>
+    <s v="1997M09"/>
+    <s v="Number"/>
+    <n v="1.4815"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199710"/>
+    <s v="1997M10"/>
+    <s v="Number"/>
+    <n v="1.4683"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199711"/>
+    <s v="1997M11"/>
+    <s v="Number"/>
+    <n v="1.5033"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199712"/>
+    <s v="1997M12"/>
+    <s v="Number"/>
+    <n v="1.4551"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199801"/>
+    <s v="1998M01"/>
+    <s v="Number"/>
+    <n v="1.3827"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199802"/>
+    <s v="1998M02"/>
+    <s v="Number"/>
+    <n v="1.3768"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199803"/>
+    <s v="1998M03"/>
+    <s v="Number"/>
+    <n v="1.3677"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199804"/>
+    <s v="1998M04"/>
+    <s v="Number"/>
+    <n v="1.3916"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199805"/>
+    <s v="1998M05"/>
+    <s v="Number"/>
+    <n v="1.4191"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199806"/>
+    <s v="1998M06"/>
+    <s v="Number"/>
+    <n v="1.4059"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199807"/>
+    <s v="1998M07"/>
+    <s v="Number"/>
+    <n v="1.3994"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199808"/>
+    <s v="1998M08"/>
+    <s v="Number"/>
+    <n v="1.4039"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199809"/>
+    <s v="1998M09"/>
+    <s v="Number"/>
+    <n v="1.4723"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199810"/>
+    <s v="1998M10"/>
+    <s v="Number"/>
+    <n v="1.5223"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199811"/>
+    <s v="1998M11"/>
+    <s v="Number"/>
+    <n v="1.4786"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199812"/>
+    <s v="1998M12"/>
+    <s v="Number"/>
+    <n v="1.4878"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199901"/>
+    <s v="1999M01"/>
+    <s v="Number"/>
+    <n v="1.4739"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199902"/>
+    <s v="1999M02"/>
+    <s v="Number"/>
+    <n v="1.4231"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199903"/>
+    <s v="1999M03"/>
+    <s v="Number"/>
+    <n v="1.3819"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199904"/>
+    <s v="1999M04"/>
+    <s v="Number"/>
+    <n v="1.3592"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199905"/>
+    <s v="1999M05"/>
+    <s v="Number"/>
+    <n v="1.3495"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199906"/>
+    <s v="1999M06"/>
+    <s v="Number"/>
+    <n v="1.3177"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199907"/>
+    <s v="1999M07"/>
+    <s v="Number"/>
+    <n v="1.3145"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199908"/>
+    <s v="1999M08"/>
+    <s v="Number"/>
+    <n v="1.3464"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199909"/>
+    <s v="1999M09"/>
+    <s v="Number"/>
+    <n v="1.3333"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199910"/>
+    <s v="1999M10"/>
+    <s v="Number"/>
+    <n v="1.3594"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199911"/>
+    <s v="1999M11"/>
+    <s v="Number"/>
+    <n v="1.3127"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="199912"/>
+    <s v="1999M12"/>
+    <s v="Number"/>
+    <n v="1.2837"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="200001"/>
+    <s v="2000M01"/>
+    <s v="Number"/>
+    <n v="1.2871"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="200002"/>
+    <s v="2000M02"/>
+    <s v="Number"/>
+    <n v="1.2487"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="200003"/>
+    <s v="2000M03"/>
+    <s v="Number"/>
+    <n v="1.2245"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="200004"/>
+    <s v="2000M04"/>
+    <s v="Number"/>
+    <n v="1.2024"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="200005"/>
+    <s v="2000M05"/>
+    <s v="Number"/>
+    <n v="1.1503"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="200006"/>
+    <s v="2000M06"/>
+    <s v="Number"/>
+    <n v="1.2052"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="200007"/>
+    <s v="2000M07"/>
+    <s v="Number"/>
+    <n v="1.1931"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="200008"/>
+    <s v="2000M08"/>
+    <s v="Number"/>
+    <n v="1.1479"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="200009"/>
+    <s v="2000M09"/>
+    <s v="Number"/>
+    <n v="1.1074"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="200010"/>
+    <s v="2000M10"/>
+    <s v="Number"/>
+    <n v="1.0858"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="200011"/>
+    <s v="2000M11"/>
+    <s v="Number"/>
+    <n v="1.0874"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="02"/>
+    <s v="US Dollar per Punt"/>
+    <s v="200012"/>
+    <s v="2000M12"/>
+    <s v="Number"/>
+    <n v="1.1394"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197501"/>
+    <s v="1975M01"/>
+    <s v="Number"/>
+    <n v="5.5868"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197502"/>
+    <s v="1975M02"/>
+    <s v="Number"/>
+    <n v="5.5754"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197503"/>
+    <s v="1975M03"/>
+    <s v="Number"/>
+    <n v="5.6057"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197504"/>
+    <s v="1975M04"/>
+    <s v="Number"/>
+    <n v="5.628"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197505"/>
+    <s v="1975M05"/>
+    <s v="Number"/>
+    <n v="5.4513"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197506"/>
+    <s v="1975M06"/>
+    <s v="Number"/>
+    <n v="5.3427"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197507"/>
+    <s v="1975M07"/>
+    <s v="Number"/>
+    <n v="5.3864"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197508"/>
+    <s v="1975M08"/>
+    <s v="Number"/>
+    <n v="5.4428"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197509"/>
+    <s v="1975M09"/>
+    <s v="Number"/>
+    <n v="5.4544"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197510"/>
+    <s v="1975M10"/>
+    <s v="Number"/>
+    <n v="5.3073"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197511"/>
+    <s v="1975M11"/>
+    <s v="Number"/>
+    <n v="5.3045"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197512"/>
+    <s v="1975M12"/>
+    <s v="Number"/>
+    <n v="5.3043"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197601"/>
+    <s v="1976M01"/>
+    <s v="Number"/>
+    <n v="5.2793"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197602"/>
+    <s v="1976M02"/>
+    <s v="Number"/>
+    <n v="5.1876"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197603"/>
+    <s v="1976M03"/>
+    <s v="Number"/>
+    <n v="4.9843"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197604"/>
+    <s v="1976M04"/>
+    <s v="Number"/>
+    <n v="4.6866"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197605"/>
+    <s v="1976M05"/>
+    <s v="Number"/>
+    <n v="4.6293"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197606"/>
+    <s v="1976M06"/>
+    <s v="Number"/>
+    <n v="4.5482"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197607"/>
+    <s v="1976M07"/>
+    <s v="Number"/>
+    <n v="4.5982"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197608"/>
+    <s v="1976M08"/>
+    <s v="Number"/>
+    <n v="4.5046"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197609"/>
+    <s v="1976M09"/>
+    <s v="Number"/>
+    <n v="4.3121"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197610"/>
+    <s v="1976M10"/>
+    <s v="Number"/>
+    <n v="3.9844"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197611"/>
+    <s v="1976M11"/>
+    <s v="Number"/>
+    <n v="3.9451"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197612"/>
+    <s v="1976M12"/>
+    <s v="Number"/>
+    <n v="3.9955"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197701"/>
+    <s v="1977M01"/>
+    <s v="Number"/>
+    <n v="4.0957"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197702"/>
+    <s v="1977M02"/>
+    <s v="Number"/>
+    <n v="4.1112"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197703"/>
+    <s v="1977M03"/>
+    <s v="Number"/>
+    <n v="4.1063"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197704"/>
+    <s v="1977M04"/>
+    <s v="Number"/>
+    <n v="4.0709"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197705"/>
+    <s v="1977M05"/>
+    <s v="Number"/>
+    <n v="4.0527"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197706"/>
+    <s v="1977M06"/>
+    <s v="Number"/>
+    <n v="4.0475"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197707"/>
+    <s v="1977M07"/>
+    <s v="Number"/>
+    <n v="3.931"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197708"/>
+    <s v="1977M08"/>
+    <s v="Number"/>
+    <n v="4.0291"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197709"/>
+    <s v="1977M09"/>
+    <s v="Number"/>
+    <n v="4.0509"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197710"/>
+    <s v="1977M10"/>
+    <s v="Number"/>
+    <n v="4.0254"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197711"/>
+    <s v="1977M11"/>
+    <s v="Number"/>
+    <n v="4.078"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197712"/>
+    <s v="1977M12"/>
+    <s v="Number"/>
+    <n v="3.9814"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197801"/>
+    <s v="1978M01"/>
+    <s v="Number"/>
+    <n v="4.0955"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197802"/>
+    <s v="1978M02"/>
+    <s v="Number"/>
+    <n v="4.025"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197803"/>
+    <s v="1978M03"/>
+    <s v="Number"/>
+    <n v="3.8776"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197804"/>
+    <s v="1978M04"/>
+    <s v="Number"/>
+    <n v="3.7735"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197805"/>
+    <s v="1978M05"/>
+    <s v="Number"/>
+    <n v="3.8272"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197806"/>
+    <s v="1978M06"/>
+    <s v="Number"/>
+    <n v="3.8285"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197807"/>
+    <s v="1978M07"/>
+    <s v="Number"/>
+    <n v="3.8926"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197808"/>
+    <s v="1978M08"/>
+    <s v="Number"/>
+    <n v="3.8778"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197809"/>
+    <s v="1978M09"/>
+    <s v="Number"/>
+    <n v="3.8574"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197810"/>
+    <s v="1978M10"/>
+    <s v="Number"/>
+    <n v="3.6944"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197811"/>
+    <s v="1978M11"/>
+    <s v="Number"/>
+    <n v="3.7263"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197812"/>
+    <s v="1978M12"/>
+    <s v="Number"/>
+    <n v="3.7328"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197901"/>
+    <s v="1979M01"/>
+    <s v="Number"/>
+    <n v="3.708"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197902"/>
+    <s v="1979M02"/>
+    <s v="Number"/>
+    <n v="3.72"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197903"/>
+    <s v="1979M03"/>
+    <s v="Number"/>
+    <n v="3.7891"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197904"/>
+    <s v="1979M04"/>
+    <s v="Number"/>
+    <n v="3.8629"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197905"/>
+    <s v="1979M05"/>
+    <s v="Number"/>
+    <n v="3.7851"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197906"/>
+    <s v="1979M06"/>
+    <s v="Number"/>
+    <n v="3.7714"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197907"/>
+    <s v="1979M07"/>
+    <s v="Number"/>
+    <n v="3.7745"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197908"/>
+    <s v="1979M08"/>
+    <s v="Number"/>
+    <n v="3.7651"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197909"/>
+    <s v="1979M09"/>
+    <s v="Number"/>
+    <n v="3.7529"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197910"/>
+    <s v="1979M10"/>
+    <s v="Number"/>
+    <n v="3.7282"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197911"/>
+    <s v="1979M11"/>
+    <s v="Number"/>
+    <n v="3.6963"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="197912"/>
+    <s v="1979M12"/>
+    <s v="Number"/>
+    <n v="3.6928"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198001"/>
+    <s v="1980M01"/>
+    <s v="Number"/>
+    <n v="3.696"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198002"/>
+    <s v="1980M02"/>
+    <s v="Number"/>
+    <n v="3.7004"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198003"/>
+    <s v="1980M03"/>
+    <s v="Number"/>
+    <n v="3.7122"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198004"/>
+    <s v="1980M04"/>
+    <s v="Number"/>
+    <n v="3.7357"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198005"/>
+    <s v="1980M05"/>
+    <s v="Number"/>
+    <n v="3.7161"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198006"/>
+    <s v="1980M06"/>
+    <s v="Number"/>
+    <n v="3.7356"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198007"/>
+    <s v="1980M07"/>
+    <s v="Number"/>
+    <n v="3.7543"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198008"/>
+    <s v="1980M08"/>
+    <s v="Number"/>
+    <n v="3.7736"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198009"/>
+    <s v="1980M09"/>
+    <s v="Number"/>
+    <n v="3.7653"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198010"/>
+    <s v="1980M10"/>
+    <s v="Number"/>
+    <n v="3.7587"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198011"/>
+    <s v="1980M11"/>
+    <s v="Number"/>
+    <n v="3.7375"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198012"/>
+    <s v="1980M12"/>
+    <s v="Number"/>
+    <n v="3.7272"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198101"/>
+    <s v="1981M01"/>
+    <s v="Number"/>
+    <n v="3.7303"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198102"/>
+    <s v="1981M02"/>
+    <s v="Number"/>
+    <n v="3.7146"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198103"/>
+    <s v="1981M03"/>
+    <s v="Number"/>
+    <n v="3.6522"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198104"/>
+    <s v="1981M04"/>
+    <s v="Number"/>
+    <n v="3.6523"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198105"/>
+    <s v="1981M05"/>
+    <s v="Number"/>
+    <n v="3.6572"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198106"/>
+    <s v="1981M06"/>
+    <s v="Number"/>
+    <n v="3.6557"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198107"/>
+    <s v="1981M07"/>
+    <s v="Number"/>
+    <n v="3.6492"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198108"/>
+    <s v="1981M08"/>
+    <s v="Number"/>
+    <n v="3.6535"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198109"/>
+    <s v="1981M09"/>
+    <s v="Number"/>
+    <n v="3.6469"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198110"/>
+    <s v="1981M10"/>
+    <s v="Number"/>
+    <n v="3.5545"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198111"/>
+    <s v="1981M11"/>
+    <s v="Number"/>
+    <n v="3.5438"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198112"/>
+    <s v="1981M12"/>
+    <s v="Number"/>
+    <n v="3.5554"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198201"/>
+    <s v="1982M01"/>
+    <s v="Number"/>
+    <n v="3.5309"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198202"/>
+    <s v="1982M02"/>
+    <s v="Number"/>
+    <n v="3.5229"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198203"/>
+    <s v="1982M03"/>
+    <s v="Number"/>
+    <n v="3.5033"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198204"/>
+    <s v="1982M04"/>
+    <s v="Number"/>
+    <n v="3.4597"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198205"/>
+    <s v="1982M05"/>
+    <s v="Number"/>
+    <n v="3.4602"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198206"/>
+    <s v="1982M06"/>
+    <s v="Number"/>
+    <n v="3.4497"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198207"/>
+    <s v="1982M07"/>
+    <s v="Number"/>
+    <n v="3.4403"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198208"/>
+    <s v="1982M08"/>
+    <s v="Number"/>
+    <n v="3.4387"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198209"/>
+    <s v="1982M09"/>
+    <s v="Number"/>
+    <n v="3.4223"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198210"/>
+    <s v="1982M10"/>
+    <s v="Number"/>
+    <n v="3.4037"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198211"/>
+    <s v="1982M11"/>
+    <s v="Number"/>
+    <n v="3.3951"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198212"/>
+    <s v="1982M12"/>
+    <s v="Number"/>
+    <n v="3.3323"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198301"/>
+    <s v="1983M01"/>
+    <s v="Number"/>
+    <n v="3.3236"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198302"/>
+    <s v="1983M02"/>
+    <s v="Number"/>
+    <n v="3.3214"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198303"/>
+    <s v="1983M03"/>
+    <s v="Number"/>
+    <n v="3.2475"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198304"/>
+    <s v="1983M04"/>
+    <s v="Number"/>
+    <n v="3.1584"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198305"/>
+    <s v="1983M05"/>
+    <s v="Number"/>
+    <n v="3.1589"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198306"/>
+    <s v="1983M06"/>
+    <s v="Number"/>
+    <n v="3.1555"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198307"/>
+    <s v="1983M07"/>
+    <s v="Number"/>
+    <n v="3.1573"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198308"/>
+    <s v="1983M08"/>
+    <s v="Number"/>
+    <n v="3.1552"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198309"/>
+    <s v="1983M09"/>
+    <s v="Number"/>
+    <n v="3.1338"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198310"/>
+    <s v="1983M10"/>
+    <s v="Number"/>
+    <n v="3.1015"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198311"/>
+    <s v="1983M11"/>
+    <s v="Number"/>
+    <n v="3.111"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198312"/>
+    <s v="1983M12"/>
+    <s v="Number"/>
+    <n v="3.1061"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198401"/>
+    <s v="1984M01"/>
+    <s v="Number"/>
+    <n v="3.0984"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198402"/>
+    <s v="1984M02"/>
+    <s v="Number"/>
+    <n v="3.0817"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198403"/>
+    <s v="1984M03"/>
+    <s v="Number"/>
+    <n v="3.0624"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198404"/>
+    <s v="1984M04"/>
+    <s v="Number"/>
+    <n v="3.0627"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198405"/>
+    <s v="1984M05"/>
+    <s v="Number"/>
+    <n v="3.0712"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198406"/>
+    <s v="1984M06"/>
+    <s v="Number"/>
+    <n v="3.0591"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198407"/>
+    <s v="1984M07"/>
+    <s v="Number"/>
+    <n v="3.0668"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198408"/>
+    <s v="1984M08"/>
+    <s v="Number"/>
+    <n v="3.0829"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198409"/>
+    <s v="1984M09"/>
+    <s v="Number"/>
+    <n v="3.0977"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198410"/>
+    <s v="1984M10"/>
+    <s v="Number"/>
+    <n v="3.0983"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198411"/>
+    <s v="1984M11"/>
+    <s v="Number"/>
+    <n v="3.0992"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198412"/>
+    <s v="1984M12"/>
+    <s v="Number"/>
+    <n v="3.1185"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198501"/>
+    <s v="1985M01"/>
+    <s v="Number"/>
+    <n v="3.1154"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198502"/>
+    <s v="1985M02"/>
+    <s v="Number"/>
+    <n v="3.1121"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198503"/>
+    <s v="1985M03"/>
+    <s v="Number"/>
+    <n v="3.1165"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198504"/>
+    <s v="1985M04"/>
+    <s v="Number"/>
+    <n v="3.1286"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198505"/>
+    <s v="1985M05"/>
+    <s v="Number"/>
+    <n v="3.131"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198506"/>
+    <s v="1985M06"/>
+    <s v="Number"/>
+    <n v="3.1316"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198507"/>
+    <s v="1985M07"/>
+    <s v="Number"/>
+    <n v="3.1344"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198508"/>
+    <s v="1985M08"/>
+    <s v="Number"/>
+    <n v="3.1137"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198509"/>
+    <s v="1985M09"/>
+    <s v="Number"/>
+    <n v="3.1075"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198510"/>
+    <s v="1985M10"/>
+    <s v="Number"/>
+    <n v="3.0939"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198511"/>
+    <s v="1985M11"/>
+    <s v="Number"/>
+    <n v="3.0927"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198512"/>
+    <s v="1985M12"/>
+    <s v="Number"/>
+    <n v="3.0801"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198601"/>
+    <s v="1986M01"/>
+    <s v="Number"/>
+    <n v="3.0438"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198602"/>
+    <s v="1986M02"/>
+    <s v="Number"/>
+    <n v="3.0266"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198603"/>
+    <s v="1986M03"/>
+    <s v="Number"/>
+    <n v="3.0238"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198604"/>
+    <s v="1986M04"/>
+    <s v="Number"/>
+    <n v="3.0395"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198605"/>
+    <s v="1986M05"/>
+    <s v="Number"/>
+    <n v="3.0433"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198606"/>
+    <s v="1986M06"/>
+    <s v="Number"/>
+    <n v="3.0305"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198607"/>
+    <s v="1986M07"/>
+    <s v="Number"/>
+    <n v="2.9938"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198608"/>
+    <s v="1986M08"/>
+    <s v="Number"/>
+    <n v="2.7776"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198609"/>
+    <s v="1986M09"/>
+    <s v="Number"/>
+    <n v="2.7475"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198610"/>
+    <s v="1986M10"/>
+    <s v="Number"/>
+    <n v="2.7248"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198611"/>
+    <s v="1986M11"/>
+    <s v="Number"/>
+    <n v="2.7252"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198612"/>
+    <s v="1986M12"/>
+    <s v="Number"/>
+    <n v="2.721"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198701"/>
+    <s v="1987M01"/>
+    <s v="Number"/>
+    <n v="2.6741"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198702"/>
+    <s v="1987M02"/>
+    <s v="Number"/>
+    <n v="2.6625"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198703"/>
+    <s v="1987M03"/>
+    <s v="Number"/>
+    <n v="2.672"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198704"/>
+    <s v="1987M04"/>
+    <s v="Number"/>
+    <n v="2.6725"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198705"/>
+    <s v="1987M05"/>
+    <s v="Number"/>
+    <n v="2.6752"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198706"/>
+    <s v="1987M06"/>
+    <s v="Number"/>
+    <n v="2.6784"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198707"/>
+    <s v="1987M07"/>
+    <s v="Number"/>
+    <n v="2.6794"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198708"/>
+    <s v="1987M08"/>
+    <s v="Number"/>
+    <n v="2.6745"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198709"/>
+    <s v="1987M09"/>
+    <s v="Number"/>
+    <n v="2.6745"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198710"/>
+    <s v="1987M10"/>
+    <s v="Number"/>
+    <n v="2.6786"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198711"/>
+    <s v="1987M11"/>
+    <s v="Number"/>
+    <n v="2.6586"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198712"/>
+    <s v="1987M12"/>
+    <s v="Number"/>
+    <n v="2.658"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198801"/>
+    <s v="1988M01"/>
+    <s v="Number"/>
+    <n v="2.6573"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198802"/>
+    <s v="1988M02"/>
+    <s v="Number"/>
+    <n v="2.6619"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198803"/>
+    <s v="1988M03"/>
+    <s v="Number"/>
+    <n v="2.672"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198804"/>
+    <s v="1988M04"/>
+    <s v="Number"/>
+    <n v="2.6714"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198805"/>
+    <s v="1988M05"/>
+    <s v="Number"/>
+    <n v="2.672"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198806"/>
+    <s v="1988M06"/>
+    <s v="Number"/>
+    <n v="2.6814"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198807"/>
+    <s v="1988M07"/>
+    <s v="Number"/>
+    <n v="2.6865"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198808"/>
+    <s v="1988M08"/>
+    <s v="Number"/>
+    <n v="2.6843"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198809"/>
+    <s v="1988M09"/>
+    <s v="Number"/>
+    <n v="2.6813"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198810"/>
+    <s v="1988M10"/>
+    <s v="Number"/>
+    <n v="2.6759"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198811"/>
+    <s v="1988M11"/>
+    <s v="Number"/>
+    <n v="2.6722"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198812"/>
+    <s v="1988M12"/>
+    <s v="Number"/>
+    <n v="2.6743"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198901"/>
+    <s v="1989M01"/>
+    <s v="Number"/>
+    <n v="2.6752"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198902"/>
+    <s v="1989M02"/>
+    <s v="Number"/>
+    <n v="2.6681"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198903"/>
+    <s v="1989M03"/>
+    <s v="Number"/>
+    <n v="2.6692"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198904"/>
+    <s v="1989M04"/>
+    <s v="Number"/>
+    <n v="2.6677"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198905"/>
+    <s v="1989M05"/>
+    <s v="Number"/>
+    <n v="2.6729"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198906"/>
+    <s v="1989M06"/>
+    <s v="Number"/>
+    <n v="2.6687"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198907"/>
+    <s v="1989M07"/>
+    <s v="Number"/>
+    <n v="2.6711"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198908"/>
+    <s v="1989M08"/>
+    <s v="Number"/>
+    <n v="2.6691"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198909"/>
+    <s v="1989M09"/>
+    <s v="Number"/>
+    <n v="2.6672"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198910"/>
+    <s v="1989M10"/>
+    <s v="Number"/>
+    <n v="2.6614"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198911"/>
+    <s v="1989M11"/>
+    <s v="Number"/>
+    <n v="2.6489"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="198912"/>
+    <s v="1989M12"/>
+    <s v="Number"/>
+    <n v="2.6366"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199001"/>
+    <s v="1990M01"/>
+    <s v="Number"/>
+    <n v="2.6433"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199002"/>
+    <s v="1990M02"/>
+    <s v="Number"/>
+    <n v="2.6528"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199003"/>
+    <s v="1990M03"/>
+    <s v="Number"/>
+    <n v="2.6656"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199004"/>
+    <s v="1990M04"/>
+    <s v="Number"/>
+    <n v="2.6811"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199005"/>
+    <s v="1990M05"/>
+    <s v="Number"/>
+    <n v="2.6807"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199006"/>
+    <s v="1990M06"/>
+    <s v="Number"/>
+    <n v="2.681"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199007"/>
+    <s v="1990M07"/>
+    <s v="Number"/>
+    <n v="2.6818"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199008"/>
+    <s v="1990M08"/>
+    <s v="Number"/>
+    <n v="2.6827"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199009"/>
+    <s v="1990M09"/>
+    <s v="Number"/>
+    <n v="2.6839"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199010"/>
+    <s v="1990M10"/>
+    <s v="Number"/>
+    <n v="2.682"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199011"/>
+    <s v="1990M11"/>
+    <s v="Number"/>
+    <n v="2.6768"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199012"/>
+    <s v="1990M12"/>
+    <s v="Number"/>
+    <n v="2.6618"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199101"/>
+    <s v="1991M01"/>
+    <s v="Number"/>
+    <n v="2.6681"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199102"/>
+    <s v="1991M02"/>
+    <s v="Number"/>
+    <n v="2.6608"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199103"/>
+    <s v="1991M03"/>
+    <s v="Number"/>
+    <n v="2.6648"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199104"/>
+    <s v="1991M04"/>
+    <s v="Number"/>
+    <n v="2.6741"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199105"/>
+    <s v="1991M05"/>
+    <s v="Number"/>
+    <n v="2.6766"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199106"/>
+    <s v="1991M06"/>
+    <s v="Number"/>
+    <n v="2.6752"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199107"/>
+    <s v="1991M07"/>
+    <s v="Number"/>
+    <n v="2.6749"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199108"/>
+    <s v="1991M08"/>
+    <s v="Number"/>
+    <n v="2.6738"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199109"/>
+    <s v="1991M09"/>
+    <s v="Number"/>
+    <n v="2.6733"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199110"/>
+    <s v="1991M10"/>
+    <s v="Number"/>
+    <n v="2.674"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199111"/>
+    <s v="1991M11"/>
+    <s v="Number"/>
+    <n v="2.6705"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199112"/>
+    <s v="1991M12"/>
+    <s v="Number"/>
+    <n v="2.6633"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199201"/>
+    <s v="1992M01"/>
+    <s v="Number"/>
+    <n v="2.6624"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199202"/>
+    <s v="1992M02"/>
+    <s v="Number"/>
+    <n v="2.6688"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199203"/>
+    <s v="1992M03"/>
+    <s v="Number"/>
+    <n v="2.6677"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199204"/>
+    <s v="1992M04"/>
+    <s v="Number"/>
+    <n v="2.6654"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199205"/>
+    <s v="1992M05"/>
+    <s v="Number"/>
+    <n v="2.6718"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199206"/>
+    <s v="1992M06"/>
+    <s v="Number"/>
+    <n v="2.6702"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199207"/>
+    <s v="1992M07"/>
+    <s v="Number"/>
+    <n v="2.6654"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199208"/>
+    <s v="1992M08"/>
+    <s v="Number"/>
+    <n v="2.653"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199209"/>
+    <s v="1992M09"/>
+    <s v="Number"/>
+    <n v="2.6399"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199210"/>
+    <s v="1992M10"/>
+    <s v="Number"/>
+    <n v="2.628"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199211"/>
+    <s v="1992M11"/>
+    <s v="Number"/>
+    <n v="2.6403"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199212"/>
+    <s v="1992M12"/>
+    <s v="Number"/>
+    <n v="2.6407"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199301"/>
+    <s v="1993M01"/>
+    <s v="Number"/>
+    <n v="2.6405"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199302"/>
+    <s v="1993M02"/>
+    <s v="Number"/>
+    <n v="2.4344"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199303"/>
+    <s v="1993M03"/>
+    <s v="Number"/>
+    <n v="2.4304"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199304"/>
+    <s v="1993M04"/>
+    <s v="Number"/>
+    <n v="2.4385"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199305"/>
+    <s v="1993M05"/>
+    <s v="Number"/>
+    <n v="2.4375"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199306"/>
+    <s v="1993M06"/>
+    <s v="Number"/>
+    <n v="2.4398"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199307"/>
+    <s v="1993M07"/>
+    <s v="Number"/>
+    <n v="2.4187"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199308"/>
+    <s v="1993M08"/>
+    <s v="Number"/>
+    <n v="2.3549"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199309"/>
+    <s v="1993M09"/>
+    <s v="Number"/>
+    <n v="2.3285"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199310"/>
+    <s v="1993M10"/>
+    <s v="Number"/>
+    <n v="2.3494"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199311"/>
+    <s v="1993M11"/>
+    <s v="Number"/>
+    <n v="2.3895"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199312"/>
+    <s v="1993M12"/>
+    <s v="Number"/>
+    <n v="2.4253"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199401"/>
+    <s v="1994M01"/>
+    <s v="Number"/>
+    <n v="2.4985"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199402"/>
+    <s v="1994M02"/>
+    <s v="Number"/>
+    <n v="2.4649"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199403"/>
+    <s v="1994M03"/>
+    <s v="Number"/>
+    <n v="2.4275"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199404"/>
+    <s v="1994M04"/>
+    <s v="Number"/>
+    <n v="2.4424"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199405"/>
+    <s v="1994M05"/>
+    <s v="Number"/>
+    <n v="2.4384"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199406"/>
+    <s v="1994M06"/>
+    <s v="Number"/>
+    <n v="2.4339"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199407"/>
+    <s v="1994M07"/>
+    <s v="Number"/>
+    <n v="2.3965"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199408"/>
+    <s v="1994M08"/>
+    <s v="Number"/>
+    <n v="2.3825"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199409"/>
+    <s v="1994M09"/>
+    <s v="Number"/>
+    <n v="2.3958"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199410"/>
+    <s v="1994M10"/>
+    <s v="Number"/>
+    <n v="2.4122"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199411"/>
+    <s v="1994M11"/>
+    <s v="Number"/>
+    <n v="2.4088"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199412"/>
+    <s v="1994M12"/>
+    <s v="Number"/>
+    <n v="2.4127"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199501"/>
+    <s v="1995M01"/>
+    <s v="Number"/>
+    <n v="2.3827"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199502"/>
+    <s v="1995M02"/>
+    <s v="Number"/>
+    <n v="2.3473"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199503"/>
+    <s v="1995M03"/>
+    <s v="Number"/>
+    <n v="2.249"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199504"/>
+    <s v="1995M04"/>
+    <s v="Number"/>
+    <n v="2.2482"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199505"/>
+    <s v="1995M05"/>
+    <s v="Number"/>
+    <n v="2.2843"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199506"/>
+    <s v="1995M06"/>
+    <s v="Number"/>
+    <n v="2.2827"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199507"/>
+    <s v="1995M07"/>
+    <s v="Number"/>
+    <n v="2.2779"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199508"/>
+    <s v="1995M08"/>
+    <s v="Number"/>
+    <n v="2.3181"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199509"/>
+    <s v="1995M09"/>
+    <s v="Number"/>
+    <n v="2.3242"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199510"/>
+    <s v="1995M10"/>
+    <s v="Number"/>
+    <n v="2.2828"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199511"/>
+    <s v="1995M11"/>
+    <s v="Number"/>
+    <n v="2.2772"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199512"/>
+    <s v="1995M12"/>
+    <s v="Number"/>
+    <n v="2.2913"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199601"/>
+    <s v="1996M01"/>
+    <s v="Number"/>
+    <n v="2.3144"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199602"/>
+    <s v="1996M02"/>
+    <s v="Number"/>
+    <n v="2.3197"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199603"/>
+    <s v="1996M03"/>
+    <s v="Number"/>
+    <n v="2.3235"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199604"/>
+    <s v="1996M04"/>
+    <s v="Number"/>
+    <n v="2.357"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199605"/>
+    <s v="1996M05"/>
+    <s v="Number"/>
+    <n v="2.3974"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199606"/>
+    <s v="1996M06"/>
+    <s v="Number"/>
+    <n v="2.4201"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199607"/>
+    <s v="1996M07"/>
+    <s v="Number"/>
+    <n v="2.4115"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199608"/>
+    <s v="1996M08"/>
+    <s v="Number"/>
+    <n v="2.3894"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199609"/>
+    <s v="1996M09"/>
+    <s v="Number"/>
+    <n v="2.4259"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199610"/>
+    <s v="1996M10"/>
+    <s v="Number"/>
+    <n v="2.4579"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199611"/>
+    <s v="1996M11"/>
+    <s v="Number"/>
+    <n v="2.5173"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199612"/>
+    <s v="1996M12"/>
+    <s v="Number"/>
+    <n v="2.5758"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199701"/>
+    <s v="1997M01"/>
+    <s v="Number"/>
+    <n v="2.617"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199702"/>
+    <s v="1997M02"/>
+    <s v="Number"/>
+    <n v="2.6572"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199703"/>
+    <s v="1997M03"/>
+    <s v="Number"/>
+    <n v="2.6555"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199704"/>
+    <s v="1997M04"/>
+    <s v="Number"/>
+    <n v="2.6546"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199705"/>
+    <s v="1997M05"/>
+    <s v="Number"/>
+    <n v="2.5786"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199706"/>
+    <s v="1997M06"/>
+    <s v="Number"/>
+    <n v="2.6037"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199707"/>
+    <s v="1997M07"/>
+    <s v="Number"/>
+    <n v="2.6807"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199708"/>
+    <s v="1997M08"/>
+    <s v="Number"/>
+    <n v="2.6736"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199709"/>
+    <s v="1997M09"/>
+    <s v="Number"/>
+    <n v="2.6486"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199710"/>
+    <s v="1997M10"/>
+    <s v="Number"/>
+    <n v="2.5788"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199711"/>
+    <s v="1997M11"/>
+    <s v="Number"/>
+    <n v="2.6039"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199712"/>
+    <s v="1997M12"/>
+    <s v="Number"/>
+    <n v="2.5879"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199801"/>
+    <s v="1998M01"/>
+    <s v="Number"/>
+    <n v="2.5121"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199802"/>
+    <s v="1998M02"/>
+    <s v="Number"/>
+    <n v="2.496"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199803"/>
+    <s v="1998M03"/>
+    <s v="Number"/>
+    <n v="2.4994"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199804"/>
+    <s v="1998M04"/>
+    <s v="Number"/>
+    <n v="2.5207"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199805"/>
+    <s v="1998M05"/>
+    <s v="Number"/>
+    <n v="2.5171"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199806"/>
+    <s v="1998M06"/>
+    <s v="Number"/>
+    <n v="2.5199"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199807"/>
+    <s v="1998M07"/>
+    <s v="Number"/>
+    <n v="2.5155"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199808"/>
+    <s v="1998M08"/>
+    <s v="Number"/>
+    <n v="2.51"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199809"/>
+    <s v="1998M09"/>
+    <s v="Number"/>
+    <n v="2.5033"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199810"/>
+    <s v="1998M10"/>
+    <s v="Number"/>
+    <n v="2.4943"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199811"/>
+    <s v="1998M11"/>
+    <s v="Number"/>
+    <n v="2.4867"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199812"/>
+    <s v="1998M12"/>
+    <s v="Number"/>
+    <n v="2.4836"/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199901"/>
+    <s v="1999M01"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199902"/>
+    <s v="1999M02"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199903"/>
+    <s v="1999M03"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199904"/>
+    <s v="1999M04"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199905"/>
+    <s v="1999M05"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199906"/>
+    <s v="1999M06"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199907"/>
+    <s v="1999M07"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199908"/>
+    <s v="1999M08"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199909"/>
+    <s v="1999M09"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199910"/>
+    <s v="1999M10"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199911"/>
+    <s v="1999M11"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="199912"/>
+    <s v="1999M12"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="200001"/>
+    <s v="2000M01"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="200002"/>
+    <s v="2000M02"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="200003"/>
+    <s v="2000M03"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="200004"/>
+    <s v="2000M04"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="200005"/>
+    <s v="2000M05"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="200006"/>
+    <s v="2000M06"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="200007"/>
+    <s v="2000M07"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="200008"/>
+    <s v="2000M08"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="200009"/>
+    <s v="2000M09"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="200010"/>
+    <s v="2000M10"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="200011"/>
+    <s v="2000M11"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FIM03"/>
+    <s v="Foreign Exchange Rate (Historical Series)"/>
+    <s v="03"/>
+    <s v="Deutsche Mark per Punt"/>
+    <s v="200012"/>
+    <s v="2000M12"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>