--- v0 (2025-10-02)
+++ v1 (2025-12-12)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8afb9dd79f1e4f15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c430013f285b42d99ef24441162549e2.psmdcp" Id="Rbc574db5fe9a4cf2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R577ee33c85d94344" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c73c702e1bd6477496f1930bb2db616e.psmdcp" Id="R92f968921e7e46c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>F8073</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population usually resident and present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>12/19/2023 11:00:00 AM</x:t>
+    <x:t>19/12/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/F8073/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2022P8</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 8 - The Irish Language and Education</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -514,379 +514,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Census Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02688V03255" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ethnicity" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J196" totalsRowShown="0">
   <x:autoFilter ref="A1:J196"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Census Year"/>
     <x:tableColumn id="5" name="C02688V03255"/>
     <x:tableColumn id="6" name="Ethnicity"/>
     <x:tableColumn id="7" name="C02757V03327"/>
     <x:tableColumn id="8" name="Highest Level of Education Completed"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1157,51 +946,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/F8073/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1388,51 +1177,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J196"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="47.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="45.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="54.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -7694,51 +7483,51 @@
       <x:c r="G196" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J196" s="0">
         <x:v>3273</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -7755,51 +7544,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J196" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="F8073C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population usually resident and present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="1">
         <x:s v="2022"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Census Year">
       <x:sharedItems count="1">
         <x:s v="2022"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02688V03255">
       <x:sharedItems count="13">
         <x:s v="-"/>
@@ -8057,27 +7846,2368 @@
         <x:n v="533"/>
         <x:n v="1340"/>
         <x:n v="8724"/>
         <x:n v="7703"/>
         <x:n v="250464"/>
         <x:n v="2222"/>
         <x:n v="7067"/>
         <x:n v="10633"/>
         <x:n v="12443"/>
         <x:n v="9878"/>
         <x:n v="4303"/>
         <x:n v="3266"/>
         <x:n v="4983"/>
         <x:n v="6501"/>
         <x:n v="5630"/>
         <x:n v="151616"/>
         <x:n v="28029"/>
         <x:n v="3273"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Number"/>
+    <n v="4080771"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="Number"/>
+    <n v="80640"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="Number"/>
+    <n v="250443"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Number"/>
+    <n v="444328"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Number"/>
+    <n v="609474"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="Number"/>
+    <n v="251724"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="Number"/>
+    <n v="188653"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="Number"/>
+    <n v="185483"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="Number"/>
+    <n v="267695"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="Number"/>
+    <n v="443809"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="Number"/>
+    <n v="372081"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="Number"/>
+    <n v="36689"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="215484"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="Number"/>
+    <n v="447261"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="Number"/>
+    <n v="287007"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Number"/>
+    <n v="3131062"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="Number"/>
+    <n v="66596"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="Number"/>
+    <n v="229617"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Number"/>
+    <n v="403843"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Number"/>
+    <n v="522602"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="Number"/>
+    <n v="192338"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="Number"/>
+    <n v="159696"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="Number"/>
+    <n v="151387"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="Number"/>
+    <n v="207877"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="Number"/>
+    <n v="364827"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="Number"/>
+    <n v="291365"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="Number"/>
+    <n v="26658"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="45388"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="Number"/>
+    <n v="330972"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="Number"/>
+    <n v="137896"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Number"/>
+    <n v="20969"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="Number"/>
+    <n v="2761"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="Number"/>
+    <n v="4043"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Number"/>
+    <n v="3362"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Number"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1885"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="Number"/>
+    <n v="2777"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="Number"/>
+    <n v="3622"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0122"/>
+    <s v="Roma"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Number"/>
+    <n v="11836"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0122"/>
+    <s v="Roma"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0122"/>
+    <s v="Roma"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0122"/>
+    <s v="Roma"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0122"/>
+    <s v="Roma"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0122"/>
+    <s v="Roma"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0122"/>
+    <s v="Roma"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0122"/>
+    <s v="Roma"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0122"/>
+    <s v="Roma"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0122"/>
+    <s v="Roma"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0122"/>
+    <s v="Roma"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0122"/>
+    <s v="Roma"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0122"/>
+    <s v="Roma"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0122"/>
+    <s v="Roma"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0122"/>
+    <s v="Roma"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="Number"/>
+    <n v="3471"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Number"/>
+    <n v="423745"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="Number"/>
+    <n v="5471"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="Number"/>
+    <n v="5766"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Number"/>
+    <n v="19236"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Number"/>
+    <n v="54872"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="Number"/>
+    <n v="38446"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="Number"/>
+    <n v="19943"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="Number"/>
+    <n v="23063"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="Number"/>
+    <n v="34217"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="Number"/>
+    <n v="40943"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="Number"/>
+    <n v="44623"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="Number"/>
+    <n v="6360"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="9884"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="Number"/>
+    <n v="36141"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="Number"/>
+    <n v="84780"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Number"/>
+    <n v="50224"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Number"/>
+    <n v="3442"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="Number"/>
+    <n v="2851"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="Number"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="Number"/>
+    <n v="2759"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="Number"/>
+    <n v="4608"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="Number"/>
+    <n v="4226"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1424"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="Number"/>
+    <n v="14126"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="Number"/>
+    <n v="11220"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Number"/>
+    <n v="6849"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Number"/>
+    <n v="21454"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Number"/>
+    <n v="2144"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="Number"/>
+    <n v="1516"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="Number"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="Number"/>
+    <n v="2459"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="Number"/>
+    <n v="4878"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="Number"/>
+    <n v="3657"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0311"/>
+    <s v="Asian or Asian Irish - Indian/Pakistani/Bangladeshi"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Number"/>
+    <n v="69723"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0311"/>
+    <s v="Asian or Asian Irish - Indian/Pakistani/Bangladeshi"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0311"/>
+    <s v="Asian or Asian Irish - Indian/Pakistani/Bangladeshi"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0311"/>
+    <s v="Asian or Asian Irish - Indian/Pakistani/Bangladeshi"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0311"/>
+    <s v="Asian or Asian Irish - Indian/Pakistani/Bangladeshi"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Number"/>
+    <n v="2687"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0311"/>
+    <s v="Asian or Asian Irish - Indian/Pakistani/Bangladeshi"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0311"/>
+    <s v="Asian or Asian Irish - Indian/Pakistani/Bangladeshi"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0311"/>
+    <s v="Asian or Asian Irish - Indian/Pakistani/Bangladeshi"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0311"/>
+    <s v="Asian or Asian Irish - Indian/Pakistani/Bangladeshi"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="Number"/>
+    <n v="5867"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0311"/>
+    <s v="Asian or Asian Irish - Indian/Pakistani/Bangladeshi"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="Number"/>
+    <n v="10348"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0311"/>
+    <s v="Asian or Asian Irish - Indian/Pakistani/Bangladeshi"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="Number"/>
+    <n v="14850"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0311"/>
+    <s v="Asian or Asian Irish - Indian/Pakistani/Bangladeshi"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0311"/>
+    <s v="Asian or Asian Irish - Indian/Pakistani/Bangladeshi"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0311"/>
+    <s v="Asian or Asian Irish - Indian/Pakistani/Bangladeshi"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="Number"/>
+    <n v="9555"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0311"/>
+    <s v="Asian or Asian Irish - Indian/Pakistani/Bangladeshi"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="Number"/>
+    <n v="19064"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Number"/>
+    <n v="36385"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Number"/>
+    <n v="2452"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="Number"/>
+    <n v="1843"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="Number"/>
+    <n v="4894"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="Number"/>
+    <n v="6496"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="Number"/>
+    <n v="2228"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="Number"/>
+    <n v="6231"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="Number"/>
+    <n v="7524"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0321"/>
+    <s v="Arab"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Number"/>
+    <n v="14288"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0321"/>
+    <s v="Arab"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0321"/>
+    <s v="Arab"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0321"/>
+    <s v="Arab"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0321"/>
+    <s v="Arab"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0321"/>
+    <s v="Arab"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0321"/>
+    <s v="Arab"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0321"/>
+    <s v="Arab"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0321"/>
+    <s v="Arab"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0321"/>
+    <s v="Arab"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0321"/>
+    <s v="Arab"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0321"/>
+    <s v="Arab"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0321"/>
+    <s v="Arab"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0321"/>
+    <s v="Arab"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="Number"/>
+    <n v="3682"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0321"/>
+    <s v="Arab"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="Number"/>
+    <n v="3408"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Number"/>
+    <n v="43772"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Number"/>
+    <n v="1549"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Number"/>
+    <n v="4257"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="Number"/>
+    <n v="2149"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="Number"/>
+    <n v="1570"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="Number"/>
+    <n v="3386"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="Number"/>
+    <n v="5666"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="Number"/>
+    <n v="4401"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="Number"/>
+    <n v="8724"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="Number"/>
+    <n v="7703"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Number"/>
+    <n v="250464"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="Number"/>
+    <n v="2222"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="Number"/>
+    <n v="7067"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Number"/>
+    <n v="10633"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Number"/>
+    <n v="12443"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="Number"/>
+    <n v="9878"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="Number"/>
+    <n v="4303"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="Number"/>
+    <n v="3266"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="Number"/>
+    <n v="4983"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="Number"/>
+    <n v="6501"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="Number"/>
+    <n v="5630"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="151616"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="Number"/>
+    <n v="28029"/>
+  </r>
+  <r>
+    <s v="F8073C01"/>
+    <s v="Population usually resident and present in the State"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="Number"/>
+    <n v="3273"/>
+  </r>
+</pivotCacheRecords>
 </file>