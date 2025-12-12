--- v0 (2025-10-01)
+++ v1 (2025-12-12)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeee5fe877464ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e13d6c3e1437473a8bc755edbd5fc535.psmdcp" Id="Rb4faeeafa6d248c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd1de997a0144b2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/64e3ecf296f44d2690e93f3d3762d09b.psmdcp" Id="Re08016a1ab6344cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>F8063</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Irish Speakers Aged 3 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>12/19/2023 11:00:00 AM</x:t>
+    <x:t>19/12/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>The level of Irish was asked for the first time on census 2022 form.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/F8063/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2022P8</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 8 - The Irish Language and Education</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -312,50 +312,53 @@
     <x:t>An tEachréidh, Co. na Gaillimhe</x:t>
   </x:si>
   <x:si>
     <x:t>D9E72494-6DEA-458F-8C28-FA4353189F15</x:t>
   </x:si>
   <x:si>
     <x:t>Ciarraí Theas, Co. Chiarraí</x:t>
   </x:si>
   <x:si>
     <x:t>24D3D467-7219-431F-B2E0-4A240AB499B1</x:t>
   </x:si>
   <x:si>
     <x:t>Ciarraí Thiar, Co. Chiarraí</x:t>
   </x:si>
   <x:si>
     <x:t>A47C61C7-7F53-4E1E-930D-84DA352F1807</x:t>
   </x:si>
   <x:si>
     <x:t>Múscraí, Co. Chorcaí</x:t>
   </x:si>
   <x:si>
     <x:t>14EF29CF-C62C-4348-A4DE-172EC3B475EF</x:t>
   </x:si>
   <x:si>
     <x:t>Cléire, Co. Chorcaí</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>0843489B-31A4-4F8A-A3D8-DC5C3B0D7D95</x:t>
   </x:si>
   <x:si>
     <x:t>Na Déise, Co. Port Lairge</x:t>
   </x:si>
   <x:si>
     <x:t>038DBFE3-CD0F-4514-86EF-35713937F261</x:t>
   </x:si>
   <x:si>
     <x:t>Ráth Chairn agus Baile Ghib, Co. na Mí</x:t>
   </x:si>
   <x:si>
     <x:t>321A5FB1-E729-4DEA-B313-132FDC386918</x:t>
   </x:si>
   <x:si>
     <x:t>Toraigh, Co. Dhún na nGall</x:t>
   </x:si>
   <x:si>
     <x:t>23758E72-1C05-4726-BA8F-475ABD6380A2</x:t>
   </x:si>
   <x:si>
     <x:t>Gaoth Dobhair, Rann na Feirste, Anagaire agus Loch an Iúir, Co. Dhún na nGall</x:t>
   </x:si>
@@ -553,411 +556,176 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...359 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Census Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03851V04601" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="Na Limistéir Pleanála Teanga Ghaeltachta (Language Planning Areas)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="C04105V04870" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Level of Irish Spoken" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J136" totalsRowShown="0">
   <x:autoFilter ref="A1:J136"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Census Year"/>
     <x:tableColumn id="5" name="C03851V04601"/>
     <x:tableColumn id="6" name="Na Limistéir Pleanála Teanga Ghaeltachta (Language Planning Areas)"/>
     <x:tableColumn id="7" name="C04105V04870"/>
     <x:tableColumn id="8" name="Level of Irish Spoken"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1228,51 +996,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/F8063/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1461,51 +1229,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J136"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="33.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="39.853482" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="88.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="29.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -4231,1664 +3999,1667 @@
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H86" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J86" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
     </x:row>
     <x:row r="87" spans="1:10">
       <x:c r="A87" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J87" s="0">
         <x:v>1473</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:10">
       <x:c r="A88" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J88" s="0">
         <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:10">
       <x:c r="A89" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J89" s="0">
         <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:10">
       <x:c r="A90" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J90" s="0">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:10">
       <x:c r="A91" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J91" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:10">
       <x:c r="A92" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J92" s="0">
         <x:v>1179</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:10">
       <x:c r="A93" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J93" s="0">
         <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:10">
       <x:c r="A94" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J94" s="0">
         <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:10">
       <x:c r="A95" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J95" s="0">
         <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:10">
       <x:c r="A96" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J96" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:10">
       <x:c r="A97" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J97" s="0">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:10">
       <x:c r="A98" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J98" s="0">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:10">
       <x:c r="A99" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J99" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:10">
       <x:c r="A100" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H100" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J100" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:10">
       <x:c r="A101" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I101" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J101" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:10">
       <x:c r="A102" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I102" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J102" s="0">
         <x:v>4696</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:10">
       <x:c r="A103" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I103" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J103" s="0">
         <x:v>3261</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:10">
       <x:c r="A104" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H104" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I104" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J104" s="0">
         <x:v>936</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:10">
       <x:c r="A105" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J105" s="0">
         <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:10">
       <x:c r="A106" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J106" s="0">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:10">
       <x:c r="A107" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J107" s="0">
         <x:v>2540</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:10">
       <x:c r="A108" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H108" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J108" s="0">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:10">
       <x:c r="A109" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I109" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J109" s="0">
         <x:v>954</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:10">
       <x:c r="A110" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H110" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I110" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J110" s="0">
         <x:v>1062</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:10">
       <x:c r="A111" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J111" s="0">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:10">
       <x:c r="A112" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H112" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I112" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J112" s="0">
         <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:10">
       <x:c r="A113" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J113" s="0">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:10">
       <x:c r="A114" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H114" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J114" s="0">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:10">
       <x:c r="A115" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J115" s="0">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:10">
       <x:c r="A116" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H116" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J116" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:10">
       <x:c r="A117" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J117" s="0">
         <x:v>1099</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:10">
       <x:c r="A118" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H118" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J118" s="0">
         <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:10">
       <x:c r="A119" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J119" s="0">
         <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:10">
       <x:c r="A120" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J120" s="0">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:10">
       <x:c r="A121" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J121" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:10">
       <x:c r="A122" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I122" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J122" s="0">
         <x:v>2057</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:10">
       <x:c r="A123" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J123" s="0">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:10">
       <x:c r="A124" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H124" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I124" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J124" s="0">
         <x:v>886</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:10">
       <x:c r="A125" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I125" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J125" s="0">
         <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:10">
       <x:c r="A126" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H126" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I126" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J126" s="0">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:10">
       <x:c r="A127" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I127" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J127" s="0">
         <x:v>3882</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:10">
       <x:c r="A128" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H128" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I128" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J128" s="0">
         <x:v>791</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:10">
       <x:c r="A129" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I129" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J129" s="0">
         <x:v>1401</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:10">
       <x:c r="A130" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H130" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I130" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J130" s="0">
         <x:v>1591</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:10">
       <x:c r="A131" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I131" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J131" s="0">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:10">
       <x:c r="A132" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H132" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I132" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J132" s="0">
         <x:v>65156</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:10">
       <x:c r="A133" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I133" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J133" s="0">
         <x:v>26745</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:10">
       <x:c r="A134" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H134" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I134" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J134" s="0">
         <x:v>19135</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:10">
       <x:c r="A135" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I135" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J135" s="0">
         <x:v>18068</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:10">
       <x:c r="A136" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J136" s="0">
         <x:v>1208</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -5905,51 +5676,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J136" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="F8063C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Irish speakers aged 3 years and over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="1">
         <x:s v="2022"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Census Year">
       <x:sharedItems count="1">
         <x:s v="2022"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03851V04601">
       <x:sharedItems count="27">
         <x:s v="A84CBD4F-A1FE-4558-A501-40440114CB12"/>
@@ -6149,27 +5920,1648 @@
         <x:n v="1099"/>
         <x:n v="450"/>
         <x:n v="245"/>
         <x:n v="30"/>
         <x:n v="2057"/>
         <x:n v="484"/>
         <x:n v="886"/>
         <x:n v="65"/>
         <x:n v="3882"/>
         <x:n v="791"/>
         <x:n v="1401"/>
         <x:n v="1591"/>
         <x:n v="99"/>
         <x:n v="65156"/>
         <x:n v="26745"/>
         <x:n v="19135"/>
         <x:n v="18068"/>
         <x:n v="1208"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A84CBD4F-A1FE-4558-A501-40440114CB12"/>
+    <s v="Tuaisceart Dhún na nGall, Co. Dhún na nGall"/>
+    <s v="500"/>
+    <s v="Speaks Irish - Total"/>
+    <s v="Number"/>
+    <n v="1681"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A84CBD4F-A1FE-4558-A501-40440114CB12"/>
+    <s v="Tuaisceart Dhún na nGall, Co. Dhún na nGall"/>
+    <s v="600"/>
+    <s v="Speaks Irish - Very well"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A84CBD4F-A1FE-4558-A501-40440114CB12"/>
+    <s v="Tuaisceart Dhún na nGall, Co. Dhún na nGall"/>
+    <s v="700"/>
+    <s v="Speaks Irish - Well"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A84CBD4F-A1FE-4558-A501-40440114CB12"/>
+    <s v="Tuaisceart Dhún na nGall, Co. Dhún na nGall"/>
+    <s v="800"/>
+    <s v="Speaks Irish - Not well"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A84CBD4F-A1FE-4558-A501-40440114CB12"/>
+    <s v="Tuaisceart Dhún na nGall, Co. Dhún na nGall"/>
+    <s v="999"/>
+    <s v="Ability to speak Irish, not stated"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="D915A13E-4215-4BB1-886D-77557D425F1B"/>
+    <s v="Maigh Eo Thiar, Co. Maigh Eo"/>
+    <s v="500"/>
+    <s v="Speaks Irish - Total"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="D915A13E-4215-4BB1-886D-77557D425F1B"/>
+    <s v="Maigh Eo Thiar, Co. Maigh Eo"/>
+    <s v="600"/>
+    <s v="Speaks Irish - Very well"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="D915A13E-4215-4BB1-886D-77557D425F1B"/>
+    <s v="Maigh Eo Thiar, Co. Maigh Eo"/>
+    <s v="700"/>
+    <s v="Speaks Irish - Well"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="D915A13E-4215-4BB1-886D-77557D425F1B"/>
+    <s v="Maigh Eo Thiar, Co. Maigh Eo"/>
+    <s v="800"/>
+    <s v="Speaks Irish - Not well"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="D915A13E-4215-4BB1-886D-77557D425F1B"/>
+    <s v="Maigh Eo Thiar, Co. Maigh Eo"/>
+    <s v="999"/>
+    <s v="Ability to speak Irish, not stated"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DA07AABF-F52C-4CD5-B308-E3064159AF60"/>
+    <s v="Dúiche Sheoigheach agus Tuar Mhic Éadaigh, Co. na Gaillimhe/Co. Maigh Eo"/>
+    <s v="500"/>
+    <s v="Speaks Irish - Total"/>
+    <s v="Number"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DA07AABF-F52C-4CD5-B308-E3064159AF60"/>
+    <s v="Dúiche Sheoigheach agus Tuar Mhic Éadaigh, Co. na Gaillimhe/Co. Maigh Eo"/>
+    <s v="600"/>
+    <s v="Speaks Irish - Very well"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DA07AABF-F52C-4CD5-B308-E3064159AF60"/>
+    <s v="Dúiche Sheoigheach agus Tuar Mhic Éadaigh, Co. na Gaillimhe/Co. Maigh Eo"/>
+    <s v="700"/>
+    <s v="Speaks Irish - Well"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DA07AABF-F52C-4CD5-B308-E3064159AF60"/>
+    <s v="Dúiche Sheoigheach agus Tuar Mhic Éadaigh, Co. na Gaillimhe/Co. Maigh Eo"/>
+    <s v="800"/>
+    <s v="Speaks Irish - Not well"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DA07AABF-F52C-4CD5-B308-E3064159AF60"/>
+    <s v="Dúiche Sheoigheach agus Tuar Mhic Éadaigh, Co. na Gaillimhe/Co. Maigh Eo"/>
+    <s v="999"/>
+    <s v="Ability to speak Irish, not stated"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A5784B81-A3F3-4DE1-A839-12B401990F6A"/>
+    <s v="Conamara Láir, Co. na Gaillimhe"/>
+    <s v="500"/>
+    <s v="Speaks Irish - Total"/>
+    <s v="Number"/>
+    <n v="2450"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A5784B81-A3F3-4DE1-A839-12B401990F6A"/>
+    <s v="Conamara Láir, Co. na Gaillimhe"/>
+    <s v="600"/>
+    <s v="Speaks Irish - Very well"/>
+    <s v="Number"/>
+    <n v="1834"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A5784B81-A3F3-4DE1-A839-12B401990F6A"/>
+    <s v="Conamara Láir, Co. na Gaillimhe"/>
+    <s v="700"/>
+    <s v="Speaks Irish - Well"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A5784B81-A3F3-4DE1-A839-12B401990F6A"/>
+    <s v="Conamara Láir, Co. na Gaillimhe"/>
+    <s v="800"/>
+    <s v="Speaks Irish - Not well"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A5784B81-A3F3-4DE1-A839-12B401990F6A"/>
+    <s v="Conamara Láir, Co. na Gaillimhe"/>
+    <s v="999"/>
+    <s v="Ability to speak Irish, not stated"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0565A2D4-A23C-449E-B88F-F075985FBFE6"/>
+    <s v="An Cheathrú Rua, Co. na Gaillimhe"/>
+    <s v="500"/>
+    <s v="Speaks Irish - Total"/>
+    <s v="Number"/>
+    <n v="2227"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0565A2D4-A23C-449E-B88F-F075985FBFE6"/>
+    <s v="An Cheathrú Rua, Co. na Gaillimhe"/>
+    <s v="600"/>
+    <s v="Speaks Irish - Very well"/>
+    <s v="Number"/>
+    <n v="1897"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0565A2D4-A23C-449E-B88F-F075985FBFE6"/>
+    <s v="An Cheathrú Rua, Co. na Gaillimhe"/>
+    <s v="700"/>
+    <s v="Speaks Irish - Well"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0565A2D4-A23C-449E-B88F-F075985FBFE6"/>
+    <s v="An Cheathrú Rua, Co. na Gaillimhe"/>
+    <s v="800"/>
+    <s v="Speaks Irish - Not well"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0565A2D4-A23C-449E-B88F-F075985FBFE6"/>
+    <s v="An Cheathrú Rua, Co. na Gaillimhe"/>
+    <s v="999"/>
+    <s v="Ability to speak Irish, not stated"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="6AE7ECAC-7E6E-4E13-B43F-D379C2464701"/>
+    <s v="Ceantar na nOileán, Co. na Gaillimhe"/>
+    <s v="500"/>
+    <s v="Speaks Irish - Total"/>
+    <s v="Number"/>
+    <n v="1957"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="6AE7ECAC-7E6E-4E13-B43F-D379C2464701"/>
+    <s v="Ceantar na nOileán, Co. na Gaillimhe"/>
+    <s v="600"/>
+    <s v="Speaks Irish - Very well"/>
+    <s v="Number"/>
+    <n v="1714"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="6AE7ECAC-7E6E-4E13-B43F-D379C2464701"/>
+    <s v="Ceantar na nOileán, Co. na Gaillimhe"/>
+    <s v="700"/>
+    <s v="Speaks Irish - Well"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="6AE7ECAC-7E6E-4E13-B43F-D379C2464701"/>
+    <s v="Ceantar na nOileán, Co. na Gaillimhe"/>
+    <s v="800"/>
+    <s v="Speaks Irish - Not well"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="6AE7ECAC-7E6E-4E13-B43F-D379C2464701"/>
+    <s v="Ceantar na nOileán, Co. na Gaillimhe"/>
+    <s v="999"/>
+    <s v="Ability to speak Irish, not stated"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="540FC21C-0869-4361-BD15-8D2291F9CB3E"/>
+    <s v="Oileáin Árann, Co. na Gaillimhe"/>
+    <s v="500"/>
+    <s v="Speaks Irish - Total"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="540FC21C-0869-4361-BD15-8D2291F9CB3E"/>
+    <s v="Oileáin Árann, Co. na Gaillimhe"/>
+    <s v="600"/>
+    <s v="Speaks Irish - Very well"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="540FC21C-0869-4361-BD15-8D2291F9CB3E"/>
+    <s v="Oileáin Árann, Co. na Gaillimhe"/>
+    <s v="700"/>
+    <s v="Speaks Irish - Well"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="540FC21C-0869-4361-BD15-8D2291F9CB3E"/>
+    <s v="Oileáin Árann, Co. na Gaillimhe"/>
+    <s v="800"/>
+    <s v="Speaks Irish - Not well"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="540FC21C-0869-4361-BD15-8D2291F9CB3E"/>
+    <s v="Oileáin Árann, Co. na Gaillimhe"/>
+    <s v="999"/>
+    <s v="Ability to speak Irish, not stated"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3751E648-A867-496A-B7FB-BCA4A067FA78"/>
+    <s v="Cois Fharraige, Co. na Gaillimhe"/>
+    <s v="500"/>
+    <s v="Speaks Irish - Total"/>
+    <s v="Number"/>
+    <n v="5568"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3751E648-A867-496A-B7FB-BCA4A067FA78"/>
+    <s v="Cois Fharraige, Co. na Gaillimhe"/>
+    <s v="600"/>
+    <s v="Speaks Irish - Very well"/>
+    <s v="Number"/>
+    <n v="3777"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3751E648-A867-496A-B7FB-BCA4A067FA78"/>
+    <s v="Cois Fharraige, Co. na Gaillimhe"/>
+    <s v="700"/>
+    <s v="Speaks Irish - Well"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3751E648-A867-496A-B7FB-BCA4A067FA78"/>
+    <s v="Cois Fharraige, Co. na Gaillimhe"/>
+    <s v="800"/>
+    <s v="Speaks Irish - Not well"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="3751E648-A867-496A-B7FB-BCA4A067FA78"/>
+    <s v="Cois Fharraige, Co. na Gaillimhe"/>
+    <s v="999"/>
+    <s v="Ability to speak Irish, not stated"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A4741732-6C2D-4A14-B84C-A2AB55278420"/>
+    <s v="Maigh Cuilinn, Co. na Gaillimhe"/>
+    <s v="500"/>
+    <s v="Speaks Irish - Total"/>
+    <s v="Number"/>
+    <n v="2903"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A4741732-6C2D-4A14-B84C-A2AB55278420"/>
+    <s v="Maigh Cuilinn, Co. na Gaillimhe"/>
+    <s v="600"/>
+    <s v="Speaks Irish - Very well"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A4741732-6C2D-4A14-B84C-A2AB55278420"/>
+    <s v="Maigh Cuilinn, Co. na Gaillimhe"/>
+    <s v="700"/>
+    <s v="Speaks Irish - Well"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A4741732-6C2D-4A14-B84C-A2AB55278420"/>
+    <s v="Maigh Cuilinn, Co. na Gaillimhe"/>
+    <s v="800"/>
+    <s v="Speaks Irish - Not well"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A4741732-6C2D-4A14-B84C-A2AB55278420"/>
+    <s v="Maigh Cuilinn, Co. na Gaillimhe"/>
+    <s v="999"/>
+    <s v="Ability to speak Irish, not stated"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="45DA65E0-4EA7-4C4A-A615-CBB4EC93A2AA"/>
+    <s v="Bearna agus Cnoc na Cathrach, Co. na Gaillimhe"/>
+    <s v="500"/>
+    <s v="Speaks Irish - Total"/>
+    <s v="Number"/>
+    <n v="6905"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="45DA65E0-4EA7-4C4A-A615-CBB4EC93A2AA"/>
+    <s v="Bearna agus Cnoc na Cathrach, Co. na Gaillimhe"/>
+    <s v="600"/>
+    <s v="Speaks Irish - Very well"/>
+    <s v="Number"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="45DA65E0-4EA7-4C4A-A615-CBB4EC93A2AA"/>
+    <s v="Bearna agus Cnoc na Cathrach, Co. na Gaillimhe"/>
+    <s v="700"/>
+    <s v="Speaks Irish - Well"/>
+    <s v="Number"/>
+    <n v="2244"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="45DA65E0-4EA7-4C4A-A615-CBB4EC93A2AA"/>
+    <s v="Bearna agus Cnoc na Cathrach, Co. na Gaillimhe"/>
+    <s v="800"/>
+    <s v="Speaks Irish - Not well"/>
+    <s v="Number"/>
+    <n v="3015"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="45DA65E0-4EA7-4C4A-A615-CBB4EC93A2AA"/>
+    <s v="Bearna agus Cnoc na Cathrach, Co. na Gaillimhe"/>
+    <s v="999"/>
+    <s v="Ability to speak Irish, not stated"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="614D1107-B95A-443A-A715-90988E669344"/>
+    <s v="Oirthear Chathair na Gaillimhe, Co. na Gaillimhe"/>
+    <s v="500"/>
+    <s v="Speaks Irish - Total"/>
+    <s v="Number"/>
+    <n v="3362"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="614D1107-B95A-443A-A715-90988E669344"/>
+    <s v="Oirthear Chathair na Gaillimhe, Co. na Gaillimhe"/>
+    <s v="600"/>
+    <s v="Speaks Irish - Very well"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="614D1107-B95A-443A-A715-90988E669344"/>
+    <s v="Oirthear Chathair na Gaillimhe, Co. na Gaillimhe"/>
+    <s v="700"/>
+    <s v="Speaks Irish - Well"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="614D1107-B95A-443A-A715-90988E669344"/>
+    <s v="Oirthear Chathair na Gaillimhe, Co. na Gaillimhe"/>
+    <s v="800"/>
+    <s v="Speaks Irish - Not well"/>
+    <s v="Number"/>
+    <n v="1672"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="614D1107-B95A-443A-A715-90988E669344"/>
+    <s v="Oirthear Chathair na Gaillimhe, Co. na Gaillimhe"/>
+    <s v="999"/>
+    <s v="Ability to speak Irish, not stated"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="9AC3D136-E843-467B-AC39-B3DB50828265"/>
+    <s v="Cloich Chionnaola, Gort an Choirce, An Fál Carrach agus Machaire Rabhartaigh, Co. Dhún na nGall"/>
+    <s v="500"/>
+    <s v="Speaks Irish - Total"/>
+    <s v="Number"/>
+    <n v="2990"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="9AC3D136-E843-467B-AC39-B3DB50828265"/>
+    <s v="Cloich Chionnaola, Gort an Choirce, An Fál Carrach agus Machaire Rabhartaigh, Co. Dhún na nGall"/>
+    <s v="600"/>
+    <s v="Speaks Irish - Very well"/>
+    <s v="Number"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="9AC3D136-E843-467B-AC39-B3DB50828265"/>
+    <s v="Cloich Chionnaola, Gort an Choirce, An Fál Carrach agus Machaire Rabhartaigh, Co. Dhún na nGall"/>
+    <s v="700"/>
+    <s v="Speaks Irish - Well"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="9AC3D136-E843-467B-AC39-B3DB50828265"/>
+    <s v="Cloich Chionnaola, Gort an Choirce, An Fál Carrach agus Machaire Rabhartaigh, Co. Dhún na nGall"/>
+    <s v="800"/>
+    <s v="Speaks Irish - Not well"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="9AC3D136-E843-467B-AC39-B3DB50828265"/>
+    <s v="Cloich Chionnaola, Gort an Choirce, An Fál Carrach agus Machaire Rabhartaigh, Co. Dhún na nGall"/>
+    <s v="999"/>
+    <s v="Ability to speak Irish, not stated"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4106B1F2-D45C-4D0D-873B-DC6342ACD9D4"/>
+    <s v="An tEachréidh, Co. na Gaillimhe"/>
+    <s v="500"/>
+    <s v="Speaks Irish - Total"/>
+    <s v="Number"/>
+    <n v="4292"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4106B1F2-D45C-4D0D-873B-DC6342ACD9D4"/>
+    <s v="An tEachréidh, Co. na Gaillimhe"/>
+    <s v="600"/>
+    <s v="Speaks Irish - Very well"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4106B1F2-D45C-4D0D-873B-DC6342ACD9D4"/>
+    <s v="An tEachréidh, Co. na Gaillimhe"/>
+    <s v="700"/>
+    <s v="Speaks Irish - Well"/>
+    <s v="Number"/>
+    <n v="1541"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4106B1F2-D45C-4D0D-873B-DC6342ACD9D4"/>
+    <s v="An tEachréidh, Co. na Gaillimhe"/>
+    <s v="800"/>
+    <s v="Speaks Irish - Not well"/>
+    <s v="Number"/>
+    <n v="2184"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4106B1F2-D45C-4D0D-873B-DC6342ACD9D4"/>
+    <s v="An tEachréidh, Co. na Gaillimhe"/>
+    <s v="999"/>
+    <s v="Ability to speak Irish, not stated"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="D9E72494-6DEA-458F-8C28-FA4353189F15"/>
+    <s v="Ciarraí Theas, Co. Chiarraí"/>
+    <s v="500"/>
+    <s v="Speaks Irish - Total"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="D9E72494-6DEA-458F-8C28-FA4353189F15"/>
+    <s v="Ciarraí Theas, Co. Chiarraí"/>
+    <s v="600"/>
+    <s v="Speaks Irish - Very well"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="D9E72494-6DEA-458F-8C28-FA4353189F15"/>
+    <s v="Ciarraí Theas, Co. Chiarraí"/>
+    <s v="700"/>
+    <s v="Speaks Irish - Well"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="D9E72494-6DEA-458F-8C28-FA4353189F15"/>
+    <s v="Ciarraí Theas, Co. Chiarraí"/>
+    <s v="800"/>
+    <s v="Speaks Irish - Not well"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="D9E72494-6DEA-458F-8C28-FA4353189F15"/>
+    <s v="Ciarraí Theas, Co. Chiarraí"/>
+    <s v="999"/>
+    <s v="Ability to speak Irish, not stated"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24D3D467-7219-431F-B2E0-4A240AB499B1"/>
+    <s v="Ciarraí Thiar, Co. Chiarraí"/>
+    <s v="500"/>
+    <s v="Speaks Irish - Total"/>
+    <s v="Number"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24D3D467-7219-431F-B2E0-4A240AB499B1"/>
+    <s v="Ciarraí Thiar, Co. Chiarraí"/>
+    <s v="600"/>
+    <s v="Speaks Irish - Very well"/>
+    <s v="Number"/>
+    <n v="2476"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24D3D467-7219-431F-B2E0-4A240AB499B1"/>
+    <s v="Ciarraí Thiar, Co. Chiarraí"/>
+    <s v="700"/>
+    <s v="Speaks Irish - Well"/>
+    <s v="Number"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24D3D467-7219-431F-B2E0-4A240AB499B1"/>
+    <s v="Ciarraí Thiar, Co. Chiarraí"/>
+    <s v="800"/>
+    <s v="Speaks Irish - Not well"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24D3D467-7219-431F-B2E0-4A240AB499B1"/>
+    <s v="Ciarraí Thiar, Co. Chiarraí"/>
+    <s v="999"/>
+    <s v="Ability to speak Irish, not stated"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A47C61C7-7F53-4E1E-930D-84DA352F1807"/>
+    <s v="Múscraí, Co. Chorcaí"/>
+    <s v="500"/>
+    <s v="Speaks Irish - Total"/>
+    <s v="Number"/>
+    <n v="2870"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A47C61C7-7F53-4E1E-930D-84DA352F1807"/>
+    <s v="Múscraí, Co. Chorcaí"/>
+    <s v="600"/>
+    <s v="Speaks Irish - Very well"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A47C61C7-7F53-4E1E-930D-84DA352F1807"/>
+    <s v="Múscraí, Co. Chorcaí"/>
+    <s v="700"/>
+    <s v="Speaks Irish - Well"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A47C61C7-7F53-4E1E-930D-84DA352F1807"/>
+    <s v="Múscraí, Co. Chorcaí"/>
+    <s v="800"/>
+    <s v="Speaks Irish - Not well"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A47C61C7-7F53-4E1E-930D-84DA352F1807"/>
+    <s v="Múscraí, Co. Chorcaí"/>
+    <s v="999"/>
+    <s v="Ability to speak Irish, not stated"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14EF29CF-C62C-4348-A4DE-172EC3B475EF"/>
+    <s v="Cléire, Co. Chorcaí"/>
+    <s v="500"/>
+    <s v="Speaks Irish - Total"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14EF29CF-C62C-4348-A4DE-172EC3B475EF"/>
+    <s v="Cléire, Co. Chorcaí"/>
+    <s v="600"/>
+    <s v="Speaks Irish - Very well"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14EF29CF-C62C-4348-A4DE-172EC3B475EF"/>
+    <s v="Cléire, Co. Chorcaí"/>
+    <s v="700"/>
+    <s v="Speaks Irish - Well"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14EF29CF-C62C-4348-A4DE-172EC3B475EF"/>
+    <s v="Cléire, Co. Chorcaí"/>
+    <s v="800"/>
+    <s v="Speaks Irish - Not well"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14EF29CF-C62C-4348-A4DE-172EC3B475EF"/>
+    <s v="Cléire, Co. Chorcaí"/>
+    <s v="999"/>
+    <s v="Ability to speak Irish, not stated"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0843489B-31A4-4F8A-A3D8-DC5C3B0D7D95"/>
+    <s v="Na Déise, Co. Port Lairge"/>
+    <s v="500"/>
+    <s v="Speaks Irish - Total"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0843489B-31A4-4F8A-A3D8-DC5C3B0D7D95"/>
+    <s v="Na Déise, Co. Port Lairge"/>
+    <s v="600"/>
+    <s v="Speaks Irish - Very well"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0843489B-31A4-4F8A-A3D8-DC5C3B0D7D95"/>
+    <s v="Na Déise, Co. Port Lairge"/>
+    <s v="700"/>
+    <s v="Speaks Irish - Well"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0843489B-31A4-4F8A-A3D8-DC5C3B0D7D95"/>
+    <s v="Na Déise, Co. Port Lairge"/>
+    <s v="800"/>
+    <s v="Speaks Irish - Not well"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="0843489B-31A4-4F8A-A3D8-DC5C3B0D7D95"/>
+    <s v="Na Déise, Co. Port Lairge"/>
+    <s v="999"/>
+    <s v="Ability to speak Irish, not stated"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="038DBFE3-CD0F-4514-86EF-35713937F261"/>
+    <s v="Ráth Chairn agus Baile Ghib, Co. na Mí"/>
+    <s v="500"/>
+    <s v="Speaks Irish - Total"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="038DBFE3-CD0F-4514-86EF-35713937F261"/>
+    <s v="Ráth Chairn agus Baile Ghib, Co. na Mí"/>
+    <s v="600"/>
+    <s v="Speaks Irish - Very well"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="038DBFE3-CD0F-4514-86EF-35713937F261"/>
+    <s v="Ráth Chairn agus Baile Ghib, Co. na Mí"/>
+    <s v="700"/>
+    <s v="Speaks Irish - Well"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="038DBFE3-CD0F-4514-86EF-35713937F261"/>
+    <s v="Ráth Chairn agus Baile Ghib, Co. na Mí"/>
+    <s v="800"/>
+    <s v="Speaks Irish - Not well"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="038DBFE3-CD0F-4514-86EF-35713937F261"/>
+    <s v="Ráth Chairn agus Baile Ghib, Co. na Mí"/>
+    <s v="999"/>
+    <s v="Ability to speak Irish, not stated"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="321A5FB1-E729-4DEA-B313-132FDC386918"/>
+    <s v="Toraigh, Co. Dhún na nGall"/>
+    <s v="500"/>
+    <s v="Speaks Irish - Total"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="321A5FB1-E729-4DEA-B313-132FDC386918"/>
+    <s v="Toraigh, Co. Dhún na nGall"/>
+    <s v="600"/>
+    <s v="Speaks Irish - Very well"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="321A5FB1-E729-4DEA-B313-132FDC386918"/>
+    <s v="Toraigh, Co. Dhún na nGall"/>
+    <s v="700"/>
+    <s v="Speaks Irish - Well"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="321A5FB1-E729-4DEA-B313-132FDC386918"/>
+    <s v="Toraigh, Co. Dhún na nGall"/>
+    <s v="800"/>
+    <s v="Speaks Irish - Not well"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="321A5FB1-E729-4DEA-B313-132FDC386918"/>
+    <s v="Toraigh, Co. Dhún na nGall"/>
+    <s v="999"/>
+    <s v="Ability to speak Irish, not stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="23758E72-1C05-4726-BA8F-475ABD6380A2"/>
+    <s v="Gaoth Dobhair, Rann na Feirste, Anagaire agus Loch an Iúir, Co. Dhún na nGall"/>
+    <s v="500"/>
+    <s v="Speaks Irish - Total"/>
+    <s v="Number"/>
+    <n v="4696"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="23758E72-1C05-4726-BA8F-475ABD6380A2"/>
+    <s v="Gaoth Dobhair, Rann na Feirste, Anagaire agus Loch an Iúir, Co. Dhún na nGall"/>
+    <s v="600"/>
+    <s v="Speaks Irish - Very well"/>
+    <s v="Number"/>
+    <n v="3261"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="23758E72-1C05-4726-BA8F-475ABD6380A2"/>
+    <s v="Gaoth Dobhair, Rann na Feirste, Anagaire agus Loch an Iúir, Co. Dhún na nGall"/>
+    <s v="700"/>
+    <s v="Speaks Irish - Well"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="23758E72-1C05-4726-BA8F-475ABD6380A2"/>
+    <s v="Gaoth Dobhair, Rann na Feirste, Anagaire agus Loch an Iúir, Co. Dhún na nGall"/>
+    <s v="800"/>
+    <s v="Speaks Irish - Not well"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="23758E72-1C05-4726-BA8F-475ABD6380A2"/>
+    <s v="Gaoth Dobhair, Rann na Feirste, Anagaire agus Loch an Iúir, Co. Dhún na nGall"/>
+    <s v="999"/>
+    <s v="Ability to speak Irish, not stated"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="8C7577BA-D09E-4704-A9BD-E57A0629892F"/>
+    <s v="Na Rosa, Co. Dhún na nGall"/>
+    <s v="500"/>
+    <s v="Speaks Irish - Total"/>
+    <s v="Number"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="8C7577BA-D09E-4704-A9BD-E57A0629892F"/>
+    <s v="Na Rosa, Co. Dhún na nGall"/>
+    <s v="600"/>
+    <s v="Speaks Irish - Very well"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="8C7577BA-D09E-4704-A9BD-E57A0629892F"/>
+    <s v="Na Rosa, Co. Dhún na nGall"/>
+    <s v="700"/>
+    <s v="Speaks Irish - Well"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="8C7577BA-D09E-4704-A9BD-E57A0629892F"/>
+    <s v="Na Rosa, Co. Dhún na nGall"/>
+    <s v="800"/>
+    <s v="Speaks Irish - Not well"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="8C7577BA-D09E-4704-A9BD-E57A0629892F"/>
+    <s v="Na Rosa, Co. Dhún na nGall"/>
+    <s v="999"/>
+    <s v="Ability to speak Irish, not stated"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="8FFB448C-FFCC-4FF0-B967-0DAB6AA1E28F"/>
+    <s v="Árainn Mhór, Co. Dhún na nGall"/>
+    <s v="500"/>
+    <s v="Speaks Irish - Total"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="8FFB448C-FFCC-4FF0-B967-0DAB6AA1E28F"/>
+    <s v="Árainn Mhór, Co. Dhún na nGall"/>
+    <s v="600"/>
+    <s v="Speaks Irish - Very well"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="8FFB448C-FFCC-4FF0-B967-0DAB6AA1E28F"/>
+    <s v="Árainn Mhór, Co. Dhún na nGall"/>
+    <s v="700"/>
+    <s v="Speaks Irish - Well"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="8FFB448C-FFCC-4FF0-B967-0DAB6AA1E28F"/>
+    <s v="Árainn Mhór, Co. Dhún na nGall"/>
+    <s v="800"/>
+    <s v="Speaks Irish - Not well"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="8FFB448C-FFCC-4FF0-B967-0DAB6AA1E28F"/>
+    <s v="Árainn Mhór, Co. Dhún na nGall"/>
+    <s v="999"/>
+    <s v="Ability to speak Irish, not stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="864B7AC0-1B5E-4E27-AA20-EF415D4603F8"/>
+    <s v="An Ghaeltacht Láir, Co. Dhún na nGall"/>
+    <s v="500"/>
+    <s v="Speaks Irish - Total"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="864B7AC0-1B5E-4E27-AA20-EF415D4603F8"/>
+    <s v="An Ghaeltacht Láir, Co. Dhún na nGall"/>
+    <s v="600"/>
+    <s v="Speaks Irish - Very well"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="864B7AC0-1B5E-4E27-AA20-EF415D4603F8"/>
+    <s v="An Ghaeltacht Láir, Co. Dhún na nGall"/>
+    <s v="700"/>
+    <s v="Speaks Irish - Well"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="864B7AC0-1B5E-4E27-AA20-EF415D4603F8"/>
+    <s v="An Ghaeltacht Láir, Co. Dhún na nGall"/>
+    <s v="800"/>
+    <s v="Speaks Irish - Not well"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="864B7AC0-1B5E-4E27-AA20-EF415D4603F8"/>
+    <s v="An Ghaeltacht Láir, Co. Dhún na nGall"/>
+    <s v="999"/>
+    <s v="Ability to speak Irish, not stated"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16B1A09A-0156-4308-854C-9CC926076F21"/>
+    <s v="Dún na nGall Theas, Co. Dhún na nGall"/>
+    <s v="500"/>
+    <s v="Speaks Irish - Total"/>
+    <s v="Number"/>
+    <n v="2057"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16B1A09A-0156-4308-854C-9CC926076F21"/>
+    <s v="Dún na nGall Theas, Co. Dhún na nGall"/>
+    <s v="600"/>
+    <s v="Speaks Irish - Very well"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16B1A09A-0156-4308-854C-9CC926076F21"/>
+    <s v="Dún na nGall Theas, Co. Dhún na nGall"/>
+    <s v="700"/>
+    <s v="Speaks Irish - Well"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16B1A09A-0156-4308-854C-9CC926076F21"/>
+    <s v="Dún na nGall Theas, Co. Dhún na nGall"/>
+    <s v="800"/>
+    <s v="Speaks Irish - Not well"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16B1A09A-0156-4308-854C-9CC926076F21"/>
+    <s v="Dún na nGall Theas, Co. Dhún na nGall"/>
+    <s v="999"/>
+    <s v="Ability to speak Irish, not stated"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="610B2D7E-2A4A-48A9-A108-D46E11E7A67D"/>
+    <s v="Maigh Eo Thuaidh, Co. Maigh Eo"/>
+    <s v="500"/>
+    <s v="Speaks Irish - Total"/>
+    <s v="Number"/>
+    <n v="3882"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="610B2D7E-2A4A-48A9-A108-D46E11E7A67D"/>
+    <s v="Maigh Eo Thuaidh, Co. Maigh Eo"/>
+    <s v="600"/>
+    <s v="Speaks Irish - Very well"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="610B2D7E-2A4A-48A9-A108-D46E11E7A67D"/>
+    <s v="Maigh Eo Thuaidh, Co. Maigh Eo"/>
+    <s v="700"/>
+    <s v="Speaks Irish - Well"/>
+    <s v="Number"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="610B2D7E-2A4A-48A9-A108-D46E11E7A67D"/>
+    <s v="Maigh Eo Thuaidh, Co. Maigh Eo"/>
+    <s v="800"/>
+    <s v="Speaks Irish - Not well"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="610B2D7E-2A4A-48A9-A108-D46E11E7A67D"/>
+    <s v="Maigh Eo Thuaidh, Co. Maigh Eo"/>
+    <s v="999"/>
+    <s v="Ability to speak Irish, not stated"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="99"/>
+    <s v="All Gaeltacht language planning areas"/>
+    <s v="500"/>
+    <s v="Speaks Irish - Total"/>
+    <s v="Number"/>
+    <n v="65156"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="99"/>
+    <s v="All Gaeltacht language planning areas"/>
+    <s v="600"/>
+    <s v="Speaks Irish - Very well"/>
+    <s v="Number"/>
+    <n v="26745"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="99"/>
+    <s v="All Gaeltacht language planning areas"/>
+    <s v="700"/>
+    <s v="Speaks Irish - Well"/>
+    <s v="Number"/>
+    <n v="19135"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="99"/>
+    <s v="All Gaeltacht language planning areas"/>
+    <s v="800"/>
+    <s v="Speaks Irish - Not well"/>
+    <s v="Number"/>
+    <n v="18068"/>
+  </r>
+  <r>
+    <s v="F8063C01"/>
+    <s v="Irish speakers aged 3 years and over"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="99"/>
+    <s v="All Gaeltacht language planning areas"/>
+    <s v="999"/>
+    <s v="Ability to speak Irish, not stated"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+</pivotCacheRecords>
 </file>