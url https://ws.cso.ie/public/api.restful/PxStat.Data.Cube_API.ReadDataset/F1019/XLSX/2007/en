--- v0 (2025-11-13)
+++ v1 (2026-01-13)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd49e4eea1c574d3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/43a7c54b7e654d60ba9c4adfdf246e6f.psmdcp" Id="Rcbe82c3894484e94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a4f974abbdc4333" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/312ca442cf6f4c66b64fa397e7c488fb.psmdcp" Id="Rda678ecddd464e31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>F1019</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population of Inhabited Islands Off the Coast</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/29/2023 11:00:00 AM</x:t>
+    <x:t>29/06/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/F1019/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2022P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Population Distribution and Movement</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -886,875 +886,292 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...823 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Census Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02797V04086" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="85">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+      </items>
+    </pivotField>
+    <pivotField name="Islands" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="85">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J766" totalsRowShown="0">
   <x:autoFilter ref="A1:J766"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Census Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02797V04086"/>
     <x:tableColumn id="8" name="Islands"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -2025,51 +1442,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/F1019/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2256,51 +1673,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J766"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="41.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="34.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -26802,51 +26219,51 @@
       <x:c r="G766" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H766" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I766" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J766" s="0">
         <x:v>4387</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26863,51 +26280,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J766" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="F1019C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population of Inhabited Islands Off the Coast"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="3">
         <x:s v="2011"/>
         <x:s v="2016"/>
         <x:s v="2022"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Census Year">
       <x:sharedItems count="3">
         <x:s v="2011"/>
         <x:s v="2016"/>
         <x:s v="2022"/>
       </x:sharedItems>
@@ -27281,27 +26698,9208 @@
         <x:n v="424"/>
         <x:n v="178"/>
         <x:n v="106"/>
         <x:n v="271"/>
         <x:n v="58"/>
         <x:n v="50"/>
         <x:n v="317"/>
         <x:n v="4544"/>
         <x:n v="1191"/>
         <x:n v="48"/>
         <x:n v="516"/>
         <x:n v="134"/>
         <x:n v="396"/>
         <x:n v="165"/>
         <x:n v="24"/>
         <x:n v="108"/>
         <x:n v="341"/>
         <x:n v="4387"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0001"/>
+    <s v="Acaill Bheag, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0002"/>
+    <s v="Acaill, Mayo"/>
+    <s v="Number"/>
+    <n v="2569"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0003"/>
+    <s v="An Chruit, Donegal"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0004"/>
+    <s v="An Ros, Galway"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0005"/>
+    <s v="An tOileán Mór, Galway"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0006"/>
+    <s v="Árainn Mhór, Donegal"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0007"/>
+    <s v="Aughinish Island, Clare"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0008"/>
+    <s v="Aughnish Island, Donegal"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0009"/>
+    <s v="Bear Island, Cork"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0010"/>
+    <s v="Calf Island East, Cork"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0011"/>
+    <s v="Carrig Island, Kerry"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0012"/>
+    <s v="Clare Island, Mayo"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0013"/>
+    <s v="Cléire, Cork"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0014"/>
+    <s v="Clynish Island, Mayo"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0015"/>
+    <s v="Collan Beg, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0016"/>
+    <s v="Collan More, Mayo"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0017"/>
+    <s v="Coney Island, Cork"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0018"/>
+    <s v="Croaghan Island, Donegal"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0019"/>
+    <s v="Dernish Island, Sligo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0020"/>
+    <s v="Dubhoileán Mór, Mayo"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0021"/>
+    <s v="Dursey Island, Cork"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0022"/>
+    <s v="Eadarinis, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0023"/>
+    <s v="Eanach Mheáin, Galway"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0024"/>
+    <s v="Foirnis, Galway"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0025"/>
+    <s v="Foynes Island, Limerick"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0026"/>
+    <s v="Gabhla, Donegal"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0027"/>
+    <s v="Garmna, Galway"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0028"/>
+    <s v="Garnish Island, Kerry"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0029"/>
+    <s v="Haulbowline Island, Cork"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0030"/>
+    <s v="Hop Island, Cork"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0031"/>
+    <s v="Horse Island, Cork"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0032"/>
+    <s v="Inchydoney Island, Cork"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0033"/>
+    <s v="Inis an Ghainimh, Galway"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0034"/>
+    <s v="Inis Bearachain, Galway"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0035"/>
+    <s v="Inis Bigil, Mayo"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0036"/>
+    <s v="Inis Bó Finne, Donegal"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0037"/>
+    <s v="Inis Fraoigh, Donegal"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0038"/>
+    <s v="Inis Gé Thuaidh, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0039"/>
+    <s v="Inis Meáin, Galway"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0040"/>
+    <s v="Inis Mhic an Doirn, Donegal"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0041"/>
+    <s v="Inis Mór, Galway"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0042"/>
+    <s v="Inis Ní, Galway"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0043"/>
+    <s v="Inis Oírr, Galway"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0044"/>
+    <s v="Inis Oirthir, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0045"/>
+    <s v="Inis Treabhair, Galway"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0046"/>
+    <s v="Inishbeg, Cork"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0047"/>
+    <s v="Inishbofin, Galway"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0048"/>
+    <s v="Inishcottle, Mayo"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0049"/>
+    <s v="Inishlackan, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0050"/>
+    <s v="Inishlyre, Mayo"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0051"/>
+    <s v="Inishmulclohy (or Coney Island), Sligo"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0052"/>
+    <s v="Inishnakillew Island, Mayo"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0053"/>
+    <s v="Inishodriscol (or Hare Island), Cork"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0054"/>
+    <s v="Inishturk Beg, Mayo"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0055"/>
+    <s v="Inishturk, Mayo"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0056"/>
+    <s v="Lambay Island, Dublin"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0057"/>
+    <s v="Leitir Mealláin, Co. na Gaillimhe"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0058"/>
+    <s v="Leitir Móir, Co. na Gaillimhe"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0059"/>
+    <s v="Long Island, Cork"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0060"/>
+    <s v="Maínis, Galway"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0061"/>
+    <s v="Mannin Beg, Cork"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0062"/>
+    <s v="North Bull Island, Dublin"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0063"/>
+    <s v="Oileán an Bhráighe, Co. Dhún na nGall"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0064"/>
+    <s v="Oileán na gCapall, Co Chiarraí"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0065"/>
+    <s v="Oileán Uaighe, Co. Dhún na nGall"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0066"/>
+    <s v="Omey Island, Galway"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0067"/>
+    <s v="Ringarogy Island, Cork"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0068"/>
+    <s v="Roisín an Chalaidh, Galway"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0069"/>
+    <s v="Rosbarnagh Island, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0070"/>
+    <s v="Rossmore Island, Kerry"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0071"/>
+    <s v="Saltee Island Little, Wexford"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0072"/>
+    <s v="Samphire Island, Kerry"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0073"/>
+    <s v="Sherkin Island, Cork"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0074"/>
+    <s v="Tarbert Island, Kerry"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0075"/>
+    <s v="Tawin Island East, Galway"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0076"/>
+    <s v="Tawin Island, Galway"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0077"/>
+    <s v="Toraigh, Donegal"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0078"/>
+    <s v="Turbot Island, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0079"/>
+    <s v="Valencia Island, Kerry"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0080"/>
+    <s v="Whiddy Island, Cork"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0081"/>
+    <s v="Island Eddy, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0083"/>
+    <s v="Island More, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="00385"/>
+    <s v="Inis Meáin, Donegal"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="00545"/>
+    <s v="Inishturk, Galway"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Islands"/>
+    <s v="Number"/>
+    <n v="9087"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0001"/>
+    <s v="Acaill Bheag, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0002"/>
+    <s v="Acaill, Mayo"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0003"/>
+    <s v="An Chruit, Donegal"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0004"/>
+    <s v="An Ros, Galway"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0005"/>
+    <s v="An tOileán Mór, Galway"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0006"/>
+    <s v="Árainn Mhór, Donegal"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0007"/>
+    <s v="Aughinish Island, Clare"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0008"/>
+    <s v="Aughnish Island, Donegal"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0009"/>
+    <s v="Bear Island, Cork"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0010"/>
+    <s v="Calf Island East, Cork"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0011"/>
+    <s v="Carrig Island, Kerry"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0012"/>
+    <s v="Clare Island, Mayo"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0013"/>
+    <s v="Cléire, Cork"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0014"/>
+    <s v="Clynish Island, Mayo"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0015"/>
+    <s v="Collan Beg, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0016"/>
+    <s v="Collan More, Mayo"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0017"/>
+    <s v="Coney Island, Cork"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0018"/>
+    <s v="Croaghan Island, Donegal"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0019"/>
+    <s v="Dernish Island, Sligo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0020"/>
+    <s v="Dubhoileán Mór, Mayo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0021"/>
+    <s v="Dursey Island, Cork"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0022"/>
+    <s v="Eadarinis, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0023"/>
+    <s v="Eanach Mheáin, Galway"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0024"/>
+    <s v="Foirnis, Galway"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0025"/>
+    <s v="Foynes Island, Limerick"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0026"/>
+    <s v="Gabhla, Donegal"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0027"/>
+    <s v="Garmna, Galway"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0028"/>
+    <s v="Garnish Island, Kerry"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0029"/>
+    <s v="Haulbowline Island, Cork"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0030"/>
+    <s v="Hop Island, Cork"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0031"/>
+    <s v="Horse Island, Cork"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0032"/>
+    <s v="Inchydoney Island, Cork"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0033"/>
+    <s v="Inis an Ghainimh, Galway"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0034"/>
+    <s v="Inis Bearachain, Galway"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0035"/>
+    <s v="Inis Bigil, Mayo"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0036"/>
+    <s v="Inis Bó Finne, Donegal"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0037"/>
+    <s v="Inis Fraoigh, Donegal"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0038"/>
+    <s v="Inis Gé Thuaidh, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0039"/>
+    <s v="Inis Meáin, Galway"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0040"/>
+    <s v="Inis Mhic an Doirn, Donegal"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0041"/>
+    <s v="Inis Mór, Galway"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0042"/>
+    <s v="Inis Ní, Galway"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0043"/>
+    <s v="Inis Oírr, Galway"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0044"/>
+    <s v="Inis Oirthir, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0045"/>
+    <s v="Inis Treabhair, Galway"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0046"/>
+    <s v="Inishbeg, Cork"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0047"/>
+    <s v="Inishbofin, Galway"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0048"/>
+    <s v="Inishcottle, Mayo"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0049"/>
+    <s v="Inishlackan, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0050"/>
+    <s v="Inishlyre, Mayo"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0051"/>
+    <s v="Inishmulclohy (or Coney Island), Sligo"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0052"/>
+    <s v="Inishnakillew Island, Mayo"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0053"/>
+    <s v="Inishodriscol (or Hare Island), Cork"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0054"/>
+    <s v="Inishturk Beg, Mayo"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0055"/>
+    <s v="Inishturk, Mayo"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0056"/>
+    <s v="Lambay Island, Dublin"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0057"/>
+    <s v="Leitir Mealláin, Co. na Gaillimhe"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0058"/>
+    <s v="Leitir Móir, Co. na Gaillimhe"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0059"/>
+    <s v="Long Island, Cork"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0060"/>
+    <s v="Maínis, Galway"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0061"/>
+    <s v="Mannin Beg, Cork"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0062"/>
+    <s v="North Bull Island, Dublin"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0063"/>
+    <s v="Oileán an Bhráighe, Co. Dhún na nGall"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0064"/>
+    <s v="Oileán na gCapall, Co Chiarraí"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0065"/>
+    <s v="Oileán Uaighe, Co. Dhún na nGall"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0066"/>
+    <s v="Omey Island, Galway"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0067"/>
+    <s v="Ringarogy Island, Cork"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0068"/>
+    <s v="Roisín an Chalaidh, Galway"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0069"/>
+    <s v="Rosbarnagh Island, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0070"/>
+    <s v="Rossmore Island, Kerry"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0071"/>
+    <s v="Saltee Island Little, Wexford"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0072"/>
+    <s v="Samphire Island, Kerry"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0073"/>
+    <s v="Sherkin Island, Cork"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0074"/>
+    <s v="Tarbert Island, Kerry"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0075"/>
+    <s v="Tawin Island East, Galway"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0076"/>
+    <s v="Tawin Island, Galway"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0077"/>
+    <s v="Toraigh, Donegal"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0078"/>
+    <s v="Turbot Island, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0079"/>
+    <s v="Valencia Island, Kerry"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0080"/>
+    <s v="Whiddy Island, Cork"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0081"/>
+    <s v="Island Eddy, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0083"/>
+    <s v="Island More, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="00385"/>
+    <s v="Inis Meáin, Donegal"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="00545"/>
+    <s v="Inishturk, Galway"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Islands"/>
+    <s v="Number"/>
+    <n v="4716"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0001"/>
+    <s v="Acaill Bheag, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0002"/>
+    <s v="Acaill, Mayo"/>
+    <s v="Number"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0003"/>
+    <s v="An Chruit, Donegal"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0004"/>
+    <s v="An Ros, Galway"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0005"/>
+    <s v="An tOileán Mór, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0006"/>
+    <s v="Árainn Mhór, Donegal"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0007"/>
+    <s v="Aughinish Island, Clare"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0008"/>
+    <s v="Aughnish Island, Donegal"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0009"/>
+    <s v="Bear Island, Cork"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0010"/>
+    <s v="Calf Island East, Cork"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0011"/>
+    <s v="Carrig Island, Kerry"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0012"/>
+    <s v="Clare Island, Mayo"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0013"/>
+    <s v="Cléire, Cork"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0014"/>
+    <s v="Clynish Island, Mayo"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0015"/>
+    <s v="Collan Beg, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0016"/>
+    <s v="Collan More, Mayo"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0017"/>
+    <s v="Coney Island, Cork"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0018"/>
+    <s v="Croaghan Island, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0019"/>
+    <s v="Dernish Island, Sligo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0020"/>
+    <s v="Dubhoileán Mór, Mayo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0021"/>
+    <s v="Dursey Island, Cork"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0022"/>
+    <s v="Eadarinis, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0023"/>
+    <s v="Eanach Mheáin, Galway"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0024"/>
+    <s v="Foirnis, Galway"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0025"/>
+    <s v="Foynes Island, Limerick"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0026"/>
+    <s v="Gabhla, Donegal"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0027"/>
+    <s v="Garmna, Galway"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0028"/>
+    <s v="Garnish Island, Kerry"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0029"/>
+    <s v="Haulbowline Island, Cork"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0030"/>
+    <s v="Hop Island, Cork"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0031"/>
+    <s v="Horse Island, Cork"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0032"/>
+    <s v="Inchydoney Island, Cork"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0033"/>
+    <s v="Inis an Ghainimh, Galway"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0034"/>
+    <s v="Inis Bearachain, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0035"/>
+    <s v="Inis Bigil, Mayo"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0036"/>
+    <s v="Inis Bó Finne, Donegal"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0037"/>
+    <s v="Inis Fraoigh, Donegal"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0038"/>
+    <s v="Inis Gé Thuaidh, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0039"/>
+    <s v="Inis Meáin, Galway"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0040"/>
+    <s v="Inis Mhic an Doirn, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0041"/>
+    <s v="Inis Mór, Galway"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0042"/>
+    <s v="Inis Ní, Galway"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0043"/>
+    <s v="Inis Oírr, Galway"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0044"/>
+    <s v="Inis Oirthir, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0045"/>
+    <s v="Inis Treabhair, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0046"/>
+    <s v="Inishbeg, Cork"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0047"/>
+    <s v="Inishbofin, Galway"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0048"/>
+    <s v="Inishcottle, Mayo"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0049"/>
+    <s v="Inishlackan, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0050"/>
+    <s v="Inishlyre, Mayo"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0051"/>
+    <s v="Inishmulclohy (or Coney Island), Sligo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0052"/>
+    <s v="Inishnakillew Island, Mayo"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0053"/>
+    <s v="Inishodriscol (or Hare Island), Cork"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0054"/>
+    <s v="Inishturk Beg, Mayo"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0055"/>
+    <s v="Inishturk, Mayo"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0056"/>
+    <s v="Lambay Island, Dublin"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0057"/>
+    <s v="Leitir Mealláin, Co. na Gaillimhe"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0058"/>
+    <s v="Leitir Móir, Co. na Gaillimhe"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0059"/>
+    <s v="Long Island, Cork"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0060"/>
+    <s v="Maínis, Galway"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0061"/>
+    <s v="Mannin Beg, Cork"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0062"/>
+    <s v="North Bull Island, Dublin"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0063"/>
+    <s v="Oileán an Bhráighe, Co. Dhún na nGall"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0064"/>
+    <s v="Oileán na gCapall, Co Chiarraí"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0065"/>
+    <s v="Oileán Uaighe, Co. Dhún na nGall"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0066"/>
+    <s v="Omey Island, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0067"/>
+    <s v="Ringarogy Island, Cork"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0068"/>
+    <s v="Roisín an Chalaidh, Galway"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0069"/>
+    <s v="Rosbarnagh Island, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0070"/>
+    <s v="Rossmore Island, Kerry"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0071"/>
+    <s v="Saltee Island Little, Wexford"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0072"/>
+    <s v="Samphire Island, Kerry"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0073"/>
+    <s v="Sherkin Island, Cork"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0074"/>
+    <s v="Tarbert Island, Kerry"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0075"/>
+    <s v="Tawin Island East, Galway"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0076"/>
+    <s v="Tawin Island, Galway"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0077"/>
+    <s v="Toraigh, Donegal"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0078"/>
+    <s v="Turbot Island, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0079"/>
+    <s v="Valencia Island, Kerry"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0080"/>
+    <s v="Whiddy Island, Cork"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0081"/>
+    <s v="Island Eddy, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0083"/>
+    <s v="Island More, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="00385"/>
+    <s v="Inis Meáin, Donegal"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="00545"/>
+    <s v="Inishturk, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Islands"/>
+    <s v="Number"/>
+    <n v="4371"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0001"/>
+    <s v="Acaill Bheag, Mayo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0002"/>
+    <s v="Acaill, Mayo"/>
+    <s v="Number"/>
+    <n v="2440"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0003"/>
+    <s v="An Chruit, Donegal"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0004"/>
+    <s v="An Ros, Galway"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0005"/>
+    <s v="An tOileán Mór, Galway"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0006"/>
+    <s v="Árainn Mhór, Donegal"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0007"/>
+    <s v="Aughinish Island, Clare"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0008"/>
+    <s v="Aughnish Island, Donegal"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0009"/>
+    <s v="Bear Island, Cork"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0010"/>
+    <s v="Calf Island East, Cork"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0011"/>
+    <s v="Carrig Island, Kerry"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0012"/>
+    <s v="Clare Island, Mayo"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0013"/>
+    <s v="Cléire, Cork"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0014"/>
+    <s v="Clynish Island, Mayo"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0015"/>
+    <s v="Collan Beg, Mayo"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0016"/>
+    <s v="Collan More, Mayo"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0017"/>
+    <s v="Coney Island, Cork"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0018"/>
+    <s v="Croaghan Island, Donegal"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0019"/>
+    <s v="Dernish Island, Sligo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0020"/>
+    <s v="Dubhoileán Mór, Mayo"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0021"/>
+    <s v="Dursey Island, Cork"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0022"/>
+    <s v="Eadarinis, Donegal"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0023"/>
+    <s v="Eanach Mheáin, Galway"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0024"/>
+    <s v="Foirnis, Galway"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0025"/>
+    <s v="Foynes Island, Limerick"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0026"/>
+    <s v="Gabhla, Donegal"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0027"/>
+    <s v="Garmna, Galway"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0028"/>
+    <s v="Garnish Island, Kerry"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0029"/>
+    <s v="Haulbowline Island, Cork"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0030"/>
+    <s v="Hop Island, Cork"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0031"/>
+    <s v="Horse Island, Cork"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0032"/>
+    <s v="Inchydoney Island, Cork"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0033"/>
+    <s v="Inis an Ghainimh, Galway"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0034"/>
+    <s v="Inis Bearachain, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0035"/>
+    <s v="Inis Bigil, Mayo"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0036"/>
+    <s v="Inis Bó Finne, Donegal"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0037"/>
+    <s v="Inis Fraoigh, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0038"/>
+    <s v="Inis Gé Thuaidh, Mayo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0039"/>
+    <s v="Inis Meáin, Galway"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0040"/>
+    <s v="Inis Mhic an Doirn, Donegal"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0041"/>
+    <s v="Inis Mór, Galway"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0042"/>
+    <s v="Inis Ní, Galway"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0043"/>
+    <s v="Inis Oírr, Galway"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0044"/>
+    <s v="Inis Oirthir, Donegal"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0045"/>
+    <s v="Inis Treabhair, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0046"/>
+    <s v="Inishbeg, Cork"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0047"/>
+    <s v="Inishbofin, Galway"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0048"/>
+    <s v="Inishcottle, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0049"/>
+    <s v="Inishlackan, Galway"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0050"/>
+    <s v="Inishlyre, Mayo"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0051"/>
+    <s v="Inishmulclohy (or Coney Island), Sligo"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0052"/>
+    <s v="Inishnakillew Island, Mayo"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0053"/>
+    <s v="Inishodriscol (or Hare Island), Cork"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0054"/>
+    <s v="Inishturk Beg, Mayo"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0055"/>
+    <s v="Inishturk, Mayo"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0056"/>
+    <s v="Lambay Island, Dublin"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0057"/>
+    <s v="Leitir Mealláin, Co. na Gaillimhe"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0058"/>
+    <s v="Leitir Móir, Co. na Gaillimhe"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0059"/>
+    <s v="Long Island, Cork"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0060"/>
+    <s v="Maínis, Galway"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0061"/>
+    <s v="Mannin Beg, Cork"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0062"/>
+    <s v="North Bull Island, Dublin"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0063"/>
+    <s v="Oileán an Bhráighe, Co. Dhún na nGall"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0064"/>
+    <s v="Oileán na gCapall, Co Chiarraí"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0065"/>
+    <s v="Oileán Uaighe, Co. Dhún na nGall"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0066"/>
+    <s v="Omey Island, Galway"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0067"/>
+    <s v="Ringarogy Island, Cork"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0068"/>
+    <s v="Roisín an Chalaidh, Galway"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0069"/>
+    <s v="Rosbarnagh Island, Mayo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0070"/>
+    <s v="Rossmore Island, Kerry"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0071"/>
+    <s v="Saltee Island Little, Wexford"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0072"/>
+    <s v="Samphire Island, Kerry"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0073"/>
+    <s v="Sherkin Island, Cork"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0074"/>
+    <s v="Tarbert Island, Kerry"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0075"/>
+    <s v="Tawin Island East, Galway"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0076"/>
+    <s v="Tawin Island, Galway"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0077"/>
+    <s v="Toraigh, Donegal"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0078"/>
+    <s v="Turbot Island, Galway"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0079"/>
+    <s v="Valencia Island, Kerry"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0080"/>
+    <s v="Whiddy Island, Cork"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0081"/>
+    <s v="Island Eddy, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0083"/>
+    <s v="Island More, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="00385"/>
+    <s v="Inis Meáin, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="00545"/>
+    <s v="Inishturk, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Islands"/>
+    <s v="Number"/>
+    <n v="8756"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0001"/>
+    <s v="Acaill Bheag, Mayo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0002"/>
+    <s v="Acaill, Mayo"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0003"/>
+    <s v="An Chruit, Donegal"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0004"/>
+    <s v="An Ros, Galway"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0005"/>
+    <s v="An tOileán Mór, Galway"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0006"/>
+    <s v="Árainn Mhór, Donegal"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0007"/>
+    <s v="Aughinish Island, Clare"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0008"/>
+    <s v="Aughnish Island, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0009"/>
+    <s v="Bear Island, Cork"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0010"/>
+    <s v="Calf Island East, Cork"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0011"/>
+    <s v="Carrig Island, Kerry"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0012"/>
+    <s v="Clare Island, Mayo"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0013"/>
+    <s v="Cléire, Cork"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0014"/>
+    <s v="Clynish Island, Mayo"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0015"/>
+    <s v="Collan Beg, Mayo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0016"/>
+    <s v="Collan More, Mayo"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0017"/>
+    <s v="Coney Island, Cork"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0018"/>
+    <s v="Croaghan Island, Donegal"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0019"/>
+    <s v="Dernish Island, Sligo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0020"/>
+    <s v="Dubhoileán Mór, Mayo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0021"/>
+    <s v="Dursey Island, Cork"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0022"/>
+    <s v="Eadarinis, Donegal"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0023"/>
+    <s v="Eanach Mheáin, Galway"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0024"/>
+    <s v="Foirnis, Galway"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0025"/>
+    <s v="Foynes Island, Limerick"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0026"/>
+    <s v="Gabhla, Donegal"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0027"/>
+    <s v="Garmna, Galway"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0028"/>
+    <s v="Garnish Island, Kerry"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0029"/>
+    <s v="Haulbowline Island, Cork"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0030"/>
+    <s v="Hop Island, Cork"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0031"/>
+    <s v="Horse Island, Cork"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0032"/>
+    <s v="Inchydoney Island, Cork"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0033"/>
+    <s v="Inis an Ghainimh, Galway"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0034"/>
+    <s v="Inis Bearachain, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0035"/>
+    <s v="Inis Bigil, Mayo"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0036"/>
+    <s v="Inis Bó Finne, Donegal"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0037"/>
+    <s v="Inis Fraoigh, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0038"/>
+    <s v="Inis Gé Thuaidh, Mayo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0039"/>
+    <s v="Inis Meáin, Galway"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0040"/>
+    <s v="Inis Mhic an Doirn, Donegal"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0041"/>
+    <s v="Inis Mór, Galway"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0042"/>
+    <s v="Inis Ní, Galway"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0043"/>
+    <s v="Inis Oírr, Galway"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0044"/>
+    <s v="Inis Oirthir, Donegal"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0045"/>
+    <s v="Inis Treabhair, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0046"/>
+    <s v="Inishbeg, Cork"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0047"/>
+    <s v="Inishbofin, Galway"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0048"/>
+    <s v="Inishcottle, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0049"/>
+    <s v="Inishlackan, Galway"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0050"/>
+    <s v="Inishlyre, Mayo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0051"/>
+    <s v="Inishmulclohy (or Coney Island), Sligo"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0052"/>
+    <s v="Inishnakillew Island, Mayo"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0053"/>
+    <s v="Inishodriscol (or Hare Island), Cork"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0054"/>
+    <s v="Inishturk Beg, Mayo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0055"/>
+    <s v="Inishturk, Mayo"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0056"/>
+    <s v="Lambay Island, Dublin"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0057"/>
+    <s v="Leitir Mealláin, Co. na Gaillimhe"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0058"/>
+    <s v="Leitir Móir, Co. na Gaillimhe"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0059"/>
+    <s v="Long Island, Cork"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0060"/>
+    <s v="Maínis, Galway"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0061"/>
+    <s v="Mannin Beg, Cork"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0062"/>
+    <s v="North Bull Island, Dublin"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0063"/>
+    <s v="Oileán an Bhráighe, Co. Dhún na nGall"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0064"/>
+    <s v="Oileán na gCapall, Co Chiarraí"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0065"/>
+    <s v="Oileán Uaighe, Co. Dhún na nGall"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0066"/>
+    <s v="Omey Island, Galway"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0067"/>
+    <s v="Ringarogy Island, Cork"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0068"/>
+    <s v="Roisín an Chalaidh, Galway"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0069"/>
+    <s v="Rosbarnagh Island, Mayo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0070"/>
+    <s v="Rossmore Island, Kerry"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0071"/>
+    <s v="Saltee Island Little, Wexford"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0072"/>
+    <s v="Samphire Island, Kerry"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0073"/>
+    <s v="Sherkin Island, Cork"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0074"/>
+    <s v="Tarbert Island, Kerry"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0075"/>
+    <s v="Tawin Island East, Galway"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0076"/>
+    <s v="Tawin Island, Galway"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0077"/>
+    <s v="Toraigh, Donegal"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0078"/>
+    <s v="Turbot Island, Galway"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0079"/>
+    <s v="Valencia Island, Kerry"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0080"/>
+    <s v="Whiddy Island, Cork"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0081"/>
+    <s v="Island Eddy, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0083"/>
+    <s v="Island More, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="00385"/>
+    <s v="Inis Meáin, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="00545"/>
+    <s v="Inishturk, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Islands"/>
+    <s v="Number"/>
+    <n v="4549"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0001"/>
+    <s v="Acaill Bheag, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0002"/>
+    <s v="Acaill, Mayo"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0003"/>
+    <s v="An Chruit, Donegal"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0004"/>
+    <s v="An Ros, Galway"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0005"/>
+    <s v="An tOileán Mór, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0006"/>
+    <s v="Árainn Mhór, Donegal"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0007"/>
+    <s v="Aughinish Island, Clare"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0008"/>
+    <s v="Aughnish Island, Donegal"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0009"/>
+    <s v="Bear Island, Cork"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0010"/>
+    <s v="Calf Island East, Cork"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0011"/>
+    <s v="Carrig Island, Kerry"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0012"/>
+    <s v="Clare Island, Mayo"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0013"/>
+    <s v="Cléire, Cork"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0014"/>
+    <s v="Clynish Island, Mayo"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0015"/>
+    <s v="Collan Beg, Mayo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0016"/>
+    <s v="Collan More, Mayo"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0017"/>
+    <s v="Coney Island, Cork"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0018"/>
+    <s v="Croaghan Island, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0019"/>
+    <s v="Dernish Island, Sligo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0020"/>
+    <s v="Dubhoileán Mór, Mayo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0021"/>
+    <s v="Dursey Island, Cork"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0022"/>
+    <s v="Eadarinis, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0023"/>
+    <s v="Eanach Mheáin, Galway"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0024"/>
+    <s v="Foirnis, Galway"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0025"/>
+    <s v="Foynes Island, Limerick"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0026"/>
+    <s v="Gabhla, Donegal"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0027"/>
+    <s v="Garmna, Galway"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0028"/>
+    <s v="Garnish Island, Kerry"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0029"/>
+    <s v="Haulbowline Island, Cork"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0030"/>
+    <s v="Hop Island, Cork"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0031"/>
+    <s v="Horse Island, Cork"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0032"/>
+    <s v="Inchydoney Island, Cork"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0033"/>
+    <s v="Inis an Ghainimh, Galway"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0034"/>
+    <s v="Inis Bearachain, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0035"/>
+    <s v="Inis Bigil, Mayo"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0036"/>
+    <s v="Inis Bó Finne, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0037"/>
+    <s v="Inis Fraoigh, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0038"/>
+    <s v="Inis Gé Thuaidh, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0039"/>
+    <s v="Inis Meáin, Galway"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0040"/>
+    <s v="Inis Mhic an Doirn, Donegal"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0041"/>
+    <s v="Inis Mór, Galway"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0042"/>
+    <s v="Inis Ní, Galway"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0043"/>
+    <s v="Inis Oírr, Galway"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0044"/>
+    <s v="Inis Oirthir, Donegal"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0045"/>
+    <s v="Inis Treabhair, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0046"/>
+    <s v="Inishbeg, Cork"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0047"/>
+    <s v="Inishbofin, Galway"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0048"/>
+    <s v="Inishcottle, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0049"/>
+    <s v="Inishlackan, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0050"/>
+    <s v="Inishlyre, Mayo"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0051"/>
+    <s v="Inishmulclohy (or Coney Island), Sligo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0052"/>
+    <s v="Inishnakillew Island, Mayo"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0053"/>
+    <s v="Inishodriscol (or Hare Island), Cork"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0054"/>
+    <s v="Inishturk Beg, Mayo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0055"/>
+    <s v="Inishturk, Mayo"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0056"/>
+    <s v="Lambay Island, Dublin"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0057"/>
+    <s v="Leitir Mealláin, Co. na Gaillimhe"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0058"/>
+    <s v="Leitir Móir, Co. na Gaillimhe"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0059"/>
+    <s v="Long Island, Cork"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0060"/>
+    <s v="Maínis, Galway"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0061"/>
+    <s v="Mannin Beg, Cork"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0062"/>
+    <s v="North Bull Island, Dublin"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0063"/>
+    <s v="Oileán an Bhráighe, Co. Dhún na nGall"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0064"/>
+    <s v="Oileán na gCapall, Co Chiarraí"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0065"/>
+    <s v="Oileán Uaighe, Co. Dhún na nGall"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0066"/>
+    <s v="Omey Island, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0067"/>
+    <s v="Ringarogy Island, Cork"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0068"/>
+    <s v="Roisín an Chalaidh, Galway"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0069"/>
+    <s v="Rosbarnagh Island, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0070"/>
+    <s v="Rossmore Island, Kerry"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0071"/>
+    <s v="Saltee Island Little, Wexford"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0072"/>
+    <s v="Samphire Island, Kerry"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0073"/>
+    <s v="Sherkin Island, Cork"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0074"/>
+    <s v="Tarbert Island, Kerry"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0075"/>
+    <s v="Tawin Island East, Galway"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0076"/>
+    <s v="Tawin Island, Galway"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0077"/>
+    <s v="Toraigh, Donegal"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0078"/>
+    <s v="Turbot Island, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0079"/>
+    <s v="Valencia Island, Kerry"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0080"/>
+    <s v="Whiddy Island, Cork"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0081"/>
+    <s v="Island Eddy, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0083"/>
+    <s v="Island More, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="00385"/>
+    <s v="Inis Meáin, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="00545"/>
+    <s v="Inishturk, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Islands"/>
+    <s v="Number"/>
+    <n v="4207"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0001"/>
+    <s v="Acaill Bheag, Mayo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0002"/>
+    <s v="Acaill, Mayo"/>
+    <s v="Number"/>
+    <n v="2345"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0003"/>
+    <s v="An Chruit, Donegal"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0004"/>
+    <s v="An Ros, Galway"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0005"/>
+    <s v="An tOileán Mór, Galway"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0006"/>
+    <s v="Árainn Mhór, Donegal"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0007"/>
+    <s v="Aughinish Island, Clare"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0008"/>
+    <s v="Aughnish Island, Donegal"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0009"/>
+    <s v="Bear Island, Cork"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0010"/>
+    <s v="Calf Island East, Cork"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0011"/>
+    <s v="Carrig Island, Kerry"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0012"/>
+    <s v="Clare Island, Mayo"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0013"/>
+    <s v="Cléire, Cork"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0014"/>
+    <s v="Clynish Island, Mayo"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0015"/>
+    <s v="Collan Beg, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0016"/>
+    <s v="Collan More, Mayo"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0017"/>
+    <s v="Coney Island, Cork"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0018"/>
+    <s v="Croaghan Island, Donegal"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0019"/>
+    <s v="Dernish Island, Sligo"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0020"/>
+    <s v="Dubhoileán Mór, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0021"/>
+    <s v="Dursey Island, Cork"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0022"/>
+    <s v="Eadarinis, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0023"/>
+    <s v="Eanach Mheáin, Galway"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0024"/>
+    <s v="Foirnis, Galway"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0025"/>
+    <s v="Foynes Island, Limerick"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0026"/>
+    <s v="Gabhla, Donegal"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0027"/>
+    <s v="Garmna, Galway"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0028"/>
+    <s v="Garnish Island, Kerry"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0029"/>
+    <s v="Haulbowline Island, Cork"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0030"/>
+    <s v="Hop Island, Cork"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0031"/>
+    <s v="Horse Island, Cork"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0032"/>
+    <s v="Inchydoney Island, Cork"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0033"/>
+    <s v="Inis an Ghainimh, Galway"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0034"/>
+    <s v="Inis Bearachain, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0035"/>
+    <s v="Inis Bigil, Mayo"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0036"/>
+    <s v="Inis Bó Finne, Donegal"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0037"/>
+    <s v="Inis Fraoigh, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0038"/>
+    <s v="Inis Gé Thuaidh, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0039"/>
+    <s v="Inis Meáin, Galway"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0040"/>
+    <s v="Inis Mhic an Doirn, Donegal"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0041"/>
+    <s v="Inis Mór, Galway"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0042"/>
+    <s v="Inis Ní, Galway"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0043"/>
+    <s v="Inis Oírr, Galway"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0044"/>
+    <s v="Inis Oirthir, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0045"/>
+    <s v="Inis Treabhair, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0046"/>
+    <s v="Inishbeg, Cork"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0047"/>
+    <s v="Inishbofin, Galway"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0048"/>
+    <s v="Inishcottle, Mayo"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0049"/>
+    <s v="Inishlackan, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0050"/>
+    <s v="Inishlyre, Mayo"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0051"/>
+    <s v="Inishmulclohy (or Coney Island), Sligo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0052"/>
+    <s v="Inishnakillew Island, Mayo"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0053"/>
+    <s v="Inishodriscol (or Hare Island), Cork"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0054"/>
+    <s v="Inishturk Beg, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0055"/>
+    <s v="Inishturk, Mayo"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0056"/>
+    <s v="Lambay Island, Dublin"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0057"/>
+    <s v="Leitir Mealláin, Co. na Gaillimhe"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0058"/>
+    <s v="Leitir Móir, Co. na Gaillimhe"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0059"/>
+    <s v="Long Island, Cork"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0060"/>
+    <s v="Maínis, Galway"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0061"/>
+    <s v="Mannin Beg, Cork"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0062"/>
+    <s v="North Bull Island, Dublin"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0063"/>
+    <s v="Oileán an Bhráighe, Co. Dhún na nGall"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0064"/>
+    <s v="Oileán na gCapall, Co Chiarraí"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0065"/>
+    <s v="Oileán Uaighe, Co. Dhún na nGall"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0066"/>
+    <s v="Omey Island, Galway"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0067"/>
+    <s v="Ringarogy Island, Cork"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0068"/>
+    <s v="Roisín an Chalaidh, Galway"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0069"/>
+    <s v="Rosbarnagh Island, Mayo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0070"/>
+    <s v="Rossmore Island, Kerry"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0071"/>
+    <s v="Saltee Island Little, Wexford"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0072"/>
+    <s v="Samphire Island, Kerry"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0073"/>
+    <s v="Sherkin Island, Cork"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0074"/>
+    <s v="Tarbert Island, Kerry"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0075"/>
+    <s v="Tawin Island East, Galway"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0076"/>
+    <s v="Tawin Island, Galway"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0077"/>
+    <s v="Toraigh, Donegal"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0078"/>
+    <s v="Turbot Island, Galway"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0079"/>
+    <s v="Valencia Island, Kerry"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0080"/>
+    <s v="Whiddy Island, Cork"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0081"/>
+    <s v="Island Eddy, Galway"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0083"/>
+    <s v="Island More, Mayo"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="00385"/>
+    <s v="Inis Meáin, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="00545"/>
+    <s v="Inishturk, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Islands"/>
+    <s v="Number"/>
+    <n v="8931"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0001"/>
+    <s v="Acaill Bheag, Mayo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0002"/>
+    <s v="Acaill, Mayo"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0003"/>
+    <s v="An Chruit, Donegal"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0004"/>
+    <s v="An Ros, Galway"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0005"/>
+    <s v="An tOileán Mór, Galway"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0006"/>
+    <s v="Árainn Mhór, Donegal"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0007"/>
+    <s v="Aughinish Island, Clare"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0008"/>
+    <s v="Aughnish Island, Donegal"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0009"/>
+    <s v="Bear Island, Cork"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0010"/>
+    <s v="Calf Island East, Cork"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0011"/>
+    <s v="Carrig Island, Kerry"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0012"/>
+    <s v="Clare Island, Mayo"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0013"/>
+    <s v="Cléire, Cork"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0014"/>
+    <s v="Clynish Island, Mayo"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0015"/>
+    <s v="Collan Beg, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0016"/>
+    <s v="Collan More, Mayo"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0017"/>
+    <s v="Coney Island, Cork"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0018"/>
+    <s v="Croaghan Island, Donegal"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0019"/>
+    <s v="Dernish Island, Sligo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0020"/>
+    <s v="Dubhoileán Mór, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0021"/>
+    <s v="Dursey Island, Cork"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0022"/>
+    <s v="Eadarinis, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0023"/>
+    <s v="Eanach Mheáin, Galway"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0024"/>
+    <s v="Foirnis, Galway"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0025"/>
+    <s v="Foynes Island, Limerick"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0026"/>
+    <s v="Gabhla, Donegal"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0027"/>
+    <s v="Garmna, Galway"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0028"/>
+    <s v="Garnish Island, Kerry"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0029"/>
+    <s v="Haulbowline Island, Cork"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0030"/>
+    <s v="Hop Island, Cork"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0031"/>
+    <s v="Horse Island, Cork"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0032"/>
+    <s v="Inchydoney Island, Cork"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0033"/>
+    <s v="Inis an Ghainimh, Galway"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0034"/>
+    <s v="Inis Bearachain, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0035"/>
+    <s v="Inis Bigil, Mayo"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0036"/>
+    <s v="Inis Bó Finne, Donegal"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0037"/>
+    <s v="Inis Fraoigh, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0038"/>
+    <s v="Inis Gé Thuaidh, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0039"/>
+    <s v="Inis Meáin, Galway"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0040"/>
+    <s v="Inis Mhic an Doirn, Donegal"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0041"/>
+    <s v="Inis Mór, Galway"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0042"/>
+    <s v="Inis Ní, Galway"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0043"/>
+    <s v="Inis Oírr, Galway"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0044"/>
+    <s v="Inis Oirthir, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0045"/>
+    <s v="Inis Treabhair, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0046"/>
+    <s v="Inishbeg, Cork"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0047"/>
+    <s v="Inishbofin, Galway"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0048"/>
+    <s v="Inishcottle, Mayo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0049"/>
+    <s v="Inishlackan, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0050"/>
+    <s v="Inishlyre, Mayo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0051"/>
+    <s v="Inishmulclohy (or Coney Island), Sligo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0052"/>
+    <s v="Inishnakillew Island, Mayo"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0053"/>
+    <s v="Inishodriscol (or Hare Island), Cork"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0054"/>
+    <s v="Inishturk Beg, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0055"/>
+    <s v="Inishturk, Mayo"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0056"/>
+    <s v="Lambay Island, Dublin"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0057"/>
+    <s v="Leitir Mealláin, Co. na Gaillimhe"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0058"/>
+    <s v="Leitir Móir, Co. na Gaillimhe"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0059"/>
+    <s v="Long Island, Cork"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0060"/>
+    <s v="Maínis, Galway"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0061"/>
+    <s v="Mannin Beg, Cork"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0062"/>
+    <s v="North Bull Island, Dublin"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0063"/>
+    <s v="Oileán an Bhráighe, Co. Dhún na nGall"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0064"/>
+    <s v="Oileán na gCapall, Co Chiarraí"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0065"/>
+    <s v="Oileán Uaighe, Co. Dhún na nGall"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0066"/>
+    <s v="Omey Island, Galway"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0067"/>
+    <s v="Ringarogy Island, Cork"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0068"/>
+    <s v="Roisín an Chalaidh, Galway"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0069"/>
+    <s v="Rosbarnagh Island, Mayo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0070"/>
+    <s v="Rossmore Island, Kerry"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0071"/>
+    <s v="Saltee Island Little, Wexford"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0072"/>
+    <s v="Samphire Island, Kerry"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0073"/>
+    <s v="Sherkin Island, Cork"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0074"/>
+    <s v="Tarbert Island, Kerry"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0075"/>
+    <s v="Tawin Island East, Galway"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0076"/>
+    <s v="Tawin Island, Galway"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0077"/>
+    <s v="Toraigh, Donegal"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0078"/>
+    <s v="Turbot Island, Galway"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0079"/>
+    <s v="Valencia Island, Kerry"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0080"/>
+    <s v="Whiddy Island, Cork"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0081"/>
+    <s v="Island Eddy, Galway"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0083"/>
+    <s v="Island More, Mayo"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="00385"/>
+    <s v="Inis Meáin, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="00545"/>
+    <s v="Inishturk, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Islands"/>
+    <s v="Number"/>
+    <n v="4544"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0001"/>
+    <s v="Acaill Bheag, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0002"/>
+    <s v="Acaill, Mayo"/>
+    <s v="Number"/>
+    <n v="1191"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0003"/>
+    <s v="An Chruit, Donegal"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0004"/>
+    <s v="An Ros, Galway"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0005"/>
+    <s v="An tOileán Mór, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0006"/>
+    <s v="Árainn Mhór, Donegal"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0007"/>
+    <s v="Aughinish Island, Clare"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0008"/>
+    <s v="Aughnish Island, Donegal"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0009"/>
+    <s v="Bear Island, Cork"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0010"/>
+    <s v="Calf Island East, Cork"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0011"/>
+    <s v="Carrig Island, Kerry"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0012"/>
+    <s v="Clare Island, Mayo"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0013"/>
+    <s v="Cléire, Cork"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0014"/>
+    <s v="Clynish Island, Mayo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0015"/>
+    <s v="Collan Beg, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0016"/>
+    <s v="Collan More, Mayo"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0017"/>
+    <s v="Coney Island, Cork"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0018"/>
+    <s v="Croaghan Island, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0019"/>
+    <s v="Dernish Island, Sligo"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0020"/>
+    <s v="Dubhoileán Mór, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0021"/>
+    <s v="Dursey Island, Cork"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0022"/>
+    <s v="Eadarinis, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0023"/>
+    <s v="Eanach Mheáin, Galway"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0024"/>
+    <s v="Foirnis, Galway"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0025"/>
+    <s v="Foynes Island, Limerick"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0026"/>
+    <s v="Gabhla, Donegal"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0027"/>
+    <s v="Garmna, Galway"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0028"/>
+    <s v="Garnish Island, Kerry"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0029"/>
+    <s v="Haulbowline Island, Cork"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0030"/>
+    <s v="Hop Island, Cork"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0031"/>
+    <s v="Horse Island, Cork"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0032"/>
+    <s v="Inchydoney Island, Cork"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0033"/>
+    <s v="Inis an Ghainimh, Galway"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0034"/>
+    <s v="Inis Bearachain, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0035"/>
+    <s v="Inis Bigil, Mayo"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0036"/>
+    <s v="Inis Bó Finne, Donegal"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0037"/>
+    <s v="Inis Fraoigh, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0038"/>
+    <s v="Inis Gé Thuaidh, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0039"/>
+    <s v="Inis Meáin, Galway"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0040"/>
+    <s v="Inis Mhic an Doirn, Donegal"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0041"/>
+    <s v="Inis Mór, Galway"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0042"/>
+    <s v="Inis Ní, Galway"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0043"/>
+    <s v="Inis Oírr, Galway"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0044"/>
+    <s v="Inis Oirthir, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0045"/>
+    <s v="Inis Treabhair, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0046"/>
+    <s v="Inishbeg, Cork"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0047"/>
+    <s v="Inishbofin, Galway"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0048"/>
+    <s v="Inishcottle, Mayo"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0049"/>
+    <s v="Inishlackan, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0050"/>
+    <s v="Inishlyre, Mayo"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0051"/>
+    <s v="Inishmulclohy (or Coney Island), Sligo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0052"/>
+    <s v="Inishnakillew Island, Mayo"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0053"/>
+    <s v="Inishodriscol (or Hare Island), Cork"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0054"/>
+    <s v="Inishturk Beg, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0055"/>
+    <s v="Inishturk, Mayo"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0056"/>
+    <s v="Lambay Island, Dublin"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0057"/>
+    <s v="Leitir Mealláin, Co. na Gaillimhe"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0058"/>
+    <s v="Leitir Móir, Co. na Gaillimhe"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0059"/>
+    <s v="Long Island, Cork"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0060"/>
+    <s v="Maínis, Galway"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0061"/>
+    <s v="Mannin Beg, Cork"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0062"/>
+    <s v="North Bull Island, Dublin"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0063"/>
+    <s v="Oileán an Bhráighe, Co. Dhún na nGall"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0064"/>
+    <s v="Oileán na gCapall, Co Chiarraí"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0065"/>
+    <s v="Oileán Uaighe, Co. Dhún na nGall"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0066"/>
+    <s v="Omey Island, Galway"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0067"/>
+    <s v="Ringarogy Island, Cork"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0068"/>
+    <s v="Roisín an Chalaidh, Galway"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0069"/>
+    <s v="Rosbarnagh Island, Mayo"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0070"/>
+    <s v="Rossmore Island, Kerry"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0071"/>
+    <s v="Saltee Island Little, Wexford"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0072"/>
+    <s v="Samphire Island, Kerry"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0073"/>
+    <s v="Sherkin Island, Cork"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0074"/>
+    <s v="Tarbert Island, Kerry"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0075"/>
+    <s v="Tawin Island East, Galway"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0076"/>
+    <s v="Tawin Island, Galway"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0077"/>
+    <s v="Toraigh, Donegal"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0078"/>
+    <s v="Turbot Island, Galway"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0079"/>
+    <s v="Valencia Island, Kerry"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0080"/>
+    <s v="Whiddy Island, Cork"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0081"/>
+    <s v="Island Eddy, Galway"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0083"/>
+    <s v="Island More, Mayo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="00385"/>
+    <s v="Inis Meáin, Donegal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="00545"/>
+    <s v="Inishturk, Galway"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F1019C01"/>
+    <s v="Population of Inhabited Islands Off the Coast"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Islands"/>
+    <s v="Number"/>
+    <n v="4387"/>
+  </r>
+</pivotCacheRecords>
 </file>