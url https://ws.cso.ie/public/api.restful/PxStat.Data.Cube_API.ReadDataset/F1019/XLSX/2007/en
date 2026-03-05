--- v1 (2026-01-13)
+++ v2 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a4f974abbdc4333" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/312ca442cf6f4c66b64fa397e7c488fb.psmdcp" Id="Rda678ecddd464e31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6955d1d090544cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2317d3ea1bdd457785bbdb93c16b2314.psmdcp" Id="R790fa5d3ed964a25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>