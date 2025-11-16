--- v0 (2025-10-01)
+++ v1 (2025-11-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ac3a9bcade549e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c28fd857d0b14ef5aaf946423a320629.psmdcp" Id="R3b698ceec5bc4f3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c2ca6572e6a4a9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8b8fc37e662e4fe5b80267f156411d0a.psmdcp" Id="Rdbbe80ac8b87474f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>