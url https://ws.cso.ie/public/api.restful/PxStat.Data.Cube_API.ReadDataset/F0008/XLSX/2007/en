--- v1 (2025-11-16)
+++ v2 (2026-02-18)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c2ca6572e6a4a9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8b8fc37e662e4fe5b80267f156411d0a.psmdcp" Id="Rdbbe80ac8b87474f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00f473658a224836" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e5237c50270a4430b34c33b5c0769e3b.psmdcp" Id="R64efe8ae937b4063" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>F0008</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Irish Born Children by Nationality of Mother</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/F0008/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>CRTFAM</x:t>
   </x:si>
   <x:si>
     <x:t>Family Ages Marital Status</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -607,499 +607,198 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...447 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group of Child" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J433" totalsRowShown="0">
   <x:autoFilter ref="A1:J433"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group of Child"/>
     <x:tableColumn id="5" name="C02537V03240"/>
     <x:tableColumn id="6" name="Nationality"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1370,51 +1069,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/F0008/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1601,51 +1300,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J433"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="40.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="19.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="47.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -15491,51 +15190,51 @@
       <x:c r="G433" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I433" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J433" s="0">
         <x:v>165526</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15552,51 +15251,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J433" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="F0008"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Irish Born Children by Nationality of Mother"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="27">
         <x:s v="-"/>
         <x:s v="001"/>
         <x:s v="002"/>
         <x:s v="003"/>
         <x:s v="004"/>
         <x:s v="005"/>
         <x:s v="006"/>
         <x:s v="007"/>
         <x:s v="008"/>
         <x:s v="009"/>
         <x:s v="010"/>
@@ -15996,27 +15695,5212 @@
         <x:n v="1022"/>
         <x:n v="1105"/>
         <x:n v="3947"/>
         <x:n v="450"/>
         <x:n v="1771"/>
         <x:n v="1567"/>
         <x:n v="2067"/>
         <x:n v="490"/>
         <x:n v="45"/>
         <x:n v="121"/>
         <x:n v="467"/>
         <x:n v="67610"/>
         <x:n v="158274"/>
         <x:n v="2085"/>
         <x:n v="1583"/>
         <x:n v="232"/>
         <x:n v="5167"/>
         <x:n v="165526"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1221185"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111972"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28341"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9091"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5010"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15254"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4370"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10432"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20155"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13251"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4056"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20376"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1353533"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53337"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13810"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1725"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3795"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2007"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67759"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53572"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12683"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3102"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1830"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1849"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66918"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53667"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10786"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2192"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1796"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1641"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65100"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50969"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8483"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1553"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1719"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60064"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49281"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6882"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1475"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1689"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56778"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49091"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6392"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56109"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48260"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6433"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2282"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55279"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47458"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6390"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2402"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54432"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47201"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4856"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1624"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52584"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46769"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3266"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50570"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46694"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2321"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49546"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46926"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1931"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49371"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45538"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47767"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44401"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46382"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42282"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44190"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41239"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43114"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40778"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42611"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37674"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39391"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33220"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34699"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31477"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32833"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28254"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29468"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26205"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27399"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24041"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25140"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21872"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22893"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="000"/>
+    <s v="Birth"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52705"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="000"/>
+    <s v="Birth"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14438"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="000"/>
+    <s v="Birth"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1764"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="000"/>
+    <s v="Birth"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="000"/>
+    <s v="Birth"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="000"/>
+    <s v="Birth"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3947"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="000"/>
+    <s v="Birth"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="000"/>
+    <s v="Birth"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1771"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="000"/>
+    <s v="Birth"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="000"/>
+    <s v="Birth"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="000"/>
+    <s v="Birth"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="000"/>
+    <s v="Birth"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="000"/>
+    <s v="Birth"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="000"/>
+    <s v="Birth"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="000"/>
+    <s v="Birth"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="000"/>
+    <s v="Birth"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67610"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158274"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2085"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5167"/>
+  </r>
+  <r>
+    <s v="F0008"/>
+    <s v="Irish Born Children by Nationality of Mother"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165526"/>
+  </r>
+</pivotCacheRecords>
 </file>