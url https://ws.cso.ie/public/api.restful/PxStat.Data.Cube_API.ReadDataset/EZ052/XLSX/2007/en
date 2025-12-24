--- v0 (2025-11-08)
+++ v1 (2025-12-24)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7e6070b7789471b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cc44e9997b4c426d8da5fb829e8892e3.psmdcp" Id="R653772f31bc0425a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0c90f9071224019" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bf5b72be502e4c01bb9907547660f3b4.psmdcp" Id="R9da7c4828a4e4e00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EZ052</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Usually Resident and Present in the State 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/15/2020 11:00:00 AM</x:t>
+    <x:t>15/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EZ052/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016SR2</x:t>
   </x:si>
   <x:si>
     <x:t>Census 2016 Summary Results Part 2</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -469,355 +469,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02832V03406" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="General Health" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02728V03296" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Socio Economic Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L505" totalsRowShown="0">
   <x:autoFilter ref="A1:L505"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02832V03406"/>
     <x:tableColumn id="6" name="General Health"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="C02728V03296"/>
     <x:tableColumn id="10" name="Socio Economic Group"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1090,51 +903,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EZ052/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1321,51 +1134,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L505"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="59.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="24.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="40.996339" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -20547,51 +20360,51 @@
       <x:c r="I505" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L505" s="0">
         <x:v>49351</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -20608,51 +20421,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L505" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EZ052"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Usually Resident and Present in the State 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -21216,27 +21029,7084 @@
         <x:n v="1939"/>
         <x:n v="839"/>
         <x:n v="749"/>
         <x:n v="583"/>
         <x:n v="92"/>
         <x:n v="26732"/>
         <x:n v="73124"/>
         <x:n v="4030"/>
         <x:n v="1534"/>
         <x:n v="3746"/>
         <x:n v="7634"/>
         <x:n v="1779"/>
         <x:n v="2468"/>
         <x:n v="1097"/>
         <x:n v="743"/>
         <x:n v="615"/>
         <x:n v="127"/>
         <x:n v="49351"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="4525281"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="698174"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="290498"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="548589"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="924432"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="384655"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="358105"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="151380"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="195418"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="166008"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="23341"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="784681"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="4689921"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="726785"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="332406"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="614828"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="988268"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="357057"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="367568"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="152902"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="177565"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="153689"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="22882"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="795971"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2729752"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="494449"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="217372"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="387567"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="590526"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="214153"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="196122"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="69300"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="115713"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="79662"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="10715"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="354173"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2786675"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="517238"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="249236"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="434768"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="619434"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="191494"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="198985"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="67994"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="101773"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="73172"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="11088"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="321493"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1265872"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="160684"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="58664"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="126277"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="259142"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="125929"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="120215"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="56204"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="60939"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="60438"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="8630"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="228750"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1296275"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="163167"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="66463"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="140010"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="280499"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="119370"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="124155"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="57036"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="57092"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="56733"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="8302"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="223448"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="365048"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="31252"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="10296"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="25801"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="55801"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="34723"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="32540"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="20476"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="14827"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="21452"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="3244"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="114636"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="379090"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="32816"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="11783"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="29003"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="64513"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="35144"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="33556"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="21510"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="14692"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="19301"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="2713"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="114059"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="56867"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="3742"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="3132"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="7054"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="4654"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="4308"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="3010"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="2315"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="25223"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="62311"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="4200"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="3650"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="8729"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="5162"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="4793"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="3373"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="1834"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="2145"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="26581"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="12339"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="6171"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="13659"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="6569"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="95403"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="7279"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="2720"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="5202"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="10630"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="4289"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="4062"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="1804"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="1774"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="1648"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="55728"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="151911"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="8475"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="3138"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="6594"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="13479"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="4891"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="5184"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="2318"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="1884"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="103821"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2243425"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="374260"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="158348"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="217261"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="326906"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="281538"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="193203"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="82940"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="127103"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="112136"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="15510"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="354220"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2320460"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="388797"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="180311"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="247414"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="357069"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="261631"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="199811"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="82073"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="114632"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="107031"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="15192"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="366499"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1358939"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="260777"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="115824"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="156042"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="219398"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="157459"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="107914"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="39443"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="74086"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="53531"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="7144"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="167321"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1382167"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="272429"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="132620"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="177831"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="235993"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="140294"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="110606"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="38411"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="64282"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="50776"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="7381"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="151544"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="627064"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="90183"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="34298"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="48267"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="80993"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="94585"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="64039"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="30014"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="41697"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="41511"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="5689"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="95788"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="640774"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="91089"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="38327"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="54479"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="89751"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="90210"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="66688"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="29491"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="38816"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="40215"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="5509"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="96199"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="174766"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="17148"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="5967"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="9369"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="18519"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="23465"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="16558"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="10606"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="9168"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="14295"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="2174"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="47497"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="182481"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="18200"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="6793"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="10546"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="21405"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="24361"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="17086"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="10942"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="9352"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="13167"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="1797"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="48832"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="27558"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="2842"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="2725"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="2154"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="11811"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="29746"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="2150"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="3447"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="3060"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="2289"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="1664"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="12450"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="5869"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="2807"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="6505"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="3004"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="49229"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="3790"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="2207"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="4627"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="2768"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="2123"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="28996"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="78787"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="4445"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="2848"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="5845"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="3112"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="2716"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="54470"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2281856"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="323914"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="132150"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="331328"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="597526"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="103117"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="164902"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="68440"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="68315"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="53872"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="7831"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="430461"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2369461"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="337988"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="152095"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="367414"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="631199"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="95426"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="167757"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="70829"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="62933"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="46658"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="7690"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="429472"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1370813"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="233672"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="101548"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="231525"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="371128"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="56694"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="88208"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="29857"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="41627"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="26131"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="3571"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="186852"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1404508"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="244809"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="116616"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="256937"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="383441"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="51200"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="88379"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="29583"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="37491"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="22396"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="3707"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="169949"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="638808"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="70501"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="24366"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="78010"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="178149"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="31344"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="56176"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="26190"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="19242"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="18927"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="2941"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="132962"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="655501"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="72078"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="28136"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="85531"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="190748"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="29160"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="57467"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="27545"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="18276"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="16518"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="2793"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="127249"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="190282"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="14104"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="4329"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="16432"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="37282"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="11258"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="15982"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="9870"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="5659"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="7157"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="67139"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="196609"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="14616"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="4990"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="18457"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="43108"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="10783"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="16470"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="10568"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="5340"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="6134"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="65227"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="29309"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="1787"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="4212"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="1929"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="2154"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="13412"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="32565"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="2050"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="2268"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="5282"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="2102"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="2504"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="1709"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="14131"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="6470"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="3364"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="7154"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="3565"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="46174"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="3489"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="1232"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="2995"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="6003"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="1939"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="26732"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="73124"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="Number"/>
+    <n v="4030"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="Number"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="Number"/>
+    <n v="3746"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="Number"/>
+    <n v="7634"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="Number"/>
+    <n v="2468"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="EZ052"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="49351"/>
+  </r>
+</pivotCacheRecords>
 </file>