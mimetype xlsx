--- v1 (2025-12-24)
+++ v2 (2026-02-13)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0c90f9071224019" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bf5b72be502e4c01bb9907547660f3b4.psmdcp" Id="R9da7c4828a4e4e00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0479ef3be7542ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eac47a389f7d46658c818aa1782ab5b5.psmdcp" Id="R517660cbaa204906" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>