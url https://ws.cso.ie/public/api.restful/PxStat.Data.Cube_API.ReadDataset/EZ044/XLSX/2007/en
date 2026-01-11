--- v0 (2025-11-12)
+++ v1 (2026-01-11)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21a1e53367d04706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3de815c1359444679f3c8832bd59e128.psmdcp" Id="Rad53bb07789d47a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ac5c1461dd848e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec2f3f92e18f4990bc0c73f36b717259.psmdcp" Id="R4ac77c32fede4491" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EZ044</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Carers 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/15/2020 11:00:00 AM</x:t>
+    <x:t>15/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EZ044/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016SR2</x:t>
   </x:si>
   <x:si>
     <x:t>Census 2016 Summary Results Part 2</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -526,403 +526,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...351 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02738V03306" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regular Unpaid Help" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L685" totalsRowShown="0">
   <x:autoFilter ref="A1:L685"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02738V03306"/>
     <x:tableColumn id="6" name="Regular Unpaid Help"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="C02199V02655"/>
     <x:tableColumn id="10" name="Sex"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1195,51 +972,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EZ044/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1426,51 +1203,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L685"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="18.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="36.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="10.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -27492,51 +27269,51 @@
       <x:c r="I685" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J685" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K685" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L685" s="0">
         <x:v>253</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -27553,51 +27330,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L685" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EZ044"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Carers 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="19">
         <x:s v="-"/>
         <x:s v="205"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
@@ -28278,27 +28055,9604 @@
         <x:n v="84"/>
         <x:n v="201"/>
         <x:n v="85"/>
         <x:n v="116"/>
         <x:n v="70"/>
         <x:n v="31"/>
         <x:n v="39"/>
         <x:n v="119"/>
         <x:n v="60"/>
         <x:n v="412"/>
         <x:n v="215"/>
         <x:n v="262"/>
         <x:n v="267"/>
         <x:n v="334"/>
         <x:n v="150"/>
         <x:n v="184"/>
         <x:n v="451"/>
         <x:n v="253"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="187112"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="72999"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="114113"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="195263"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="77112"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="118151"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="80891"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="33359"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="47532"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="83754"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="34856"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="48898"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="29255"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="10853"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="18402"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="31129"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11766"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="19363"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="14139"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5443"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="8696"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="14868"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5926"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="8942"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="39982"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="13375"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="26607"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="41185"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="14039"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="27146"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="22845"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="9969"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12876"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="24327"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="10525"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13802"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2390"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2165"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="4244"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="2024"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2220"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="4228"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="2012"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2216"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2581"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2579"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="5761"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="2523"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3238"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="5119"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="2315"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2804"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3058"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1734"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2665"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="8153"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3240"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="4913"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="6517"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="2558"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3959"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="4090"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2403"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3116"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="11972"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4657"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="7315"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="10610"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3888"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="6722"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="5618"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="2337"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3281"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="4575"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2734"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1733"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1530"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2168"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1544"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2216"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="17127"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="6551"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="10576"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="16881"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="6301"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="10580"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="7696"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3240"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="4456"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="6969"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="2874"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="4095"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2691"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2518"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3402"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2442"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3967"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2872"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2165"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="23089"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8797"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14292"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="22858"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8596"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14262"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="10294"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4126"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="6168"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="10025"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3998"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="6027"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3958"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2510"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3661"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2259"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1832"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1825"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="4575"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1465"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3110"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="4927"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3404"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2430"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="27504"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="10273"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="17231"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="27808"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="10671"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="17137"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="12773"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4962"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="7811"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="12862"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5137"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="7725"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="4603"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2980"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="4862"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1746"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3116"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2238"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1424"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2221"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="5242"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1708"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3534"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="5174"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3463"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2689"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25993"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="9642"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="16351"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="28703"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="10843"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="17860"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="11846"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4542"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="7304"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="13534"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5335"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="8199"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="4481"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1541"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2940"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="5151"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1851"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3300"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2104"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2283"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="5135"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1724"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3411"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="5082"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1725"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3357"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2427"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2653"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20180"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7654"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12526"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="23578"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="9129"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14449"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="8456"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3421"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="5035"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="10558"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4319"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="6239"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3434"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2209"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="4232"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2738"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1656"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1978"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="4602"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1532"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3070"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="4493"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2902"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2032"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2317"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="14115"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5421"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="8694"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="15850"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="6336"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="9514"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="5126"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="2152"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2974"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="6215"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="2651"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3564"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2283"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2614"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1362"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3940"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2654"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3682"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2350"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1656"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1977"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="9587"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3744"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="5843"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="11037"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4554"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="6483"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2959"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1667"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3682"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3269"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2160"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3265"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1543"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="6483"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="2593"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3890"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="7813"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3245"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="4568"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2290"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2414"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2702"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="4770"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="2048"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2722"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="5375"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="2366"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3009"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1352"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2588"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1168"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3310"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1712"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="1776"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="EZ044"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+</pivotCacheRecords>
 </file>