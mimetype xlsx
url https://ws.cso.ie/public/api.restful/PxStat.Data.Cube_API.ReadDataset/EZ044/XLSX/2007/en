--- v1 (2026-01-11)
+++ v2 (2026-02-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ac5c1461dd848e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec2f3f92e18f4990bc0c73f36b717259.psmdcp" Id="R4ac77c32fede4491" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb172b0cfd9e4e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/00a54b922d3a457eb96efef7c5e25088.psmdcp" Id="R73ad04782bcd46f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>