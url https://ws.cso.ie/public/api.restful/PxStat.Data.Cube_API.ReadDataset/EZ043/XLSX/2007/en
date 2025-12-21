--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0da1bbc491d14b71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b6a38697045a43d8af3df99546bc186a.psmdcp" Id="R48595b24798f48db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35521ddd598e4624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f3978c53643647f29303ca29fb66e0d5.psmdcp" Id="R6dee5b9bfa374309" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EZ043</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Persons with a Disability aged 15 years and over 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/6/2020 11:00:00 AM</x:t>
+    <x:t>06/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EZ043/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016SR2</x:t>
   </x:si>
   <x:si>
     <x:t>Census 2016 Summary Results Part 2</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -496,347 +496,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L865" totalsRowShown="0">
   <x:autoFilter ref="A1:L865"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="C02076V03371"/>
     <x:tableColumn id="2" name="Age Group"/>
     <x:tableColumn id="3" name="C02704V03272"/>
     <x:tableColumn id="4" name="Principal Economic Status"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="STATISTIC"/>
     <x:tableColumn id="10" name="Statistic Label"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1109,51 +928,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EZ043/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1340,51 +1159,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L865"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="48.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.996339" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="49.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -34246,51 +34065,51 @@
       <x:c r="I865" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J865" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K865" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L865" s="0">
         <x:v>26.8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -34307,51 +34126,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L865" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="12">
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
         <x:s v="550"/>
         <x:s v="575"/>
         <x:s v="320"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="12">
         <x:s v="15 - 19 years"/>
         <x:s v="20 - 24 years"/>
         <x:s v="25 - 29 years"/>
         <x:s v="30 - 34 years"/>
         <x:s v="35 - 39 years"/>
@@ -35164,27 +34983,12124 @@
         <x:n v="15.1"/>
         <x:n v="1376459"/>
         <x:n v="379596"/>
         <x:n v="27.6"/>
         <x:n v="1451276"/>
         <x:n v="407600"/>
         <x:n v="28.1"/>
         <x:n v="542642"/>
         <x:n v="163773"/>
         <x:n v="30.2"/>
         <x:n v="592245"/>
         <x:n v="177520"/>
         <x:n v="833817"/>
         <x:n v="215823"/>
         <x:n v="25.9"/>
         <x:n v="859031"/>
         <x:n v="230080"/>
         <x:n v="26.8"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="283019"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="22712"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="302816"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="28512"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="144262"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="13131"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="154908"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="15618"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="138757"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="9581"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="147908"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="12894"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="14261"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="18494"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="7975"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="10837"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="6286"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="7657"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="20378"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="1978"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="14299"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="1678"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="12454"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="8403"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="7924"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="5896"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="248380"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="19880"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="270023"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="25641"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="123833"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="11336"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="135668"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="13950"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="124547"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="8544"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="134355"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="11691"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="297231"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="21801"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="273636"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="24953"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="146636"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="11425"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="137584"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="12607"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="150595"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="10376"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="136052"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="12346"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="116025"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="5421"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="120881"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="7054"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="54540"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="2611"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="62606"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="3441"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="61485"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="2810"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="58275"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="3613"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="61775"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="5253"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="33729"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="4173"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="37986"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="3209"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="19163"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="2434"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="23789"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="2044"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="14566"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="1739"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="119431"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="11127"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="119026"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="13726"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="54110"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="5605"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="55815"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="6732"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="65321"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="5522"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="63211"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="6994"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="361122"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="24764"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="297435"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="23864"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="173714"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="12202"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="145222"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="11595"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="187408"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="12562"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="152213"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="12269"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="245363"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="10622"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="215236"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="10970"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="114240"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="4891"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="107645"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="5041"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="131123"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="5731"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="107591"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="5929"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="64113"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="5358"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="37649"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="4468"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="40821"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="3279"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="20926"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="2617"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="23292"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="2079"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="16723"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="1851"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="51646"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="8784"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="44550"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="8426"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="18653"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="4032"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="16651"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="3937"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="32993"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="4752"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="27899"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="4489"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="393945"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="29353"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="361975"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="28878"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="194774"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="14481"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="173179"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="13527"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="199171"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="14872"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="188796"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="15351"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="284741"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="13121"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="281019"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="14222"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="143487"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="6445"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="141492"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="6765"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="141254"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="6676"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="139527"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="7457"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="58446"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="5519"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="36300"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="4442"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="37558"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="3486"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="19654"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="2517"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="20888"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="16646"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="50758"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="10713"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="44656"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="10214"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="13729"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="4550"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="12033"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="4245"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="37029"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="6163"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="32623"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="5969"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="364261"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="32174"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="389421"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="34006"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="182237"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="15755"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="191045"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="16009"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="182024"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="16419"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="198376"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="17997"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="257241"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="13417"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="303651"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="16272"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="137549"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="6964"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="160085"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="8169"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="119692"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="6453"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="143566"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="8103"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="49866"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="5534"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="34506"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="4875"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="32714"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="3530"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="19175"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="2803"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="17152"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="2004"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="15331"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="2072"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="57154"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="13223"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="51264"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="12859"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="11974"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="5261"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="43.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="11785"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="5037"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="45180"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="7962"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="39479"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="7822"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="330812"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="34135"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="357460"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="36890"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="166330"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="16852"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="177482"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="17633"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="164482"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="17283"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="179978"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="19257"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="227395"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="13281"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="270982"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="16156"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="124842"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="7177"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="146930"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="8382"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="102553"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="6104"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="124052"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="7774"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="43772"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="5460"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="31162"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="5002"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="29263"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="3591"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="17957"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="2918"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="14509"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="1869"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="13205"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="59645"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="15394"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="55316"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="15732"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="12225"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="6084"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="49.8"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="12595"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="6333"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="50.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="47420"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="9310"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="42721"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="9399"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="305185"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="37830"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="326110"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="39449"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="151516"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="18367"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="162824"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="19059"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="153669"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="19463"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="163286"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="20390"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="209368"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="13631"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="240236"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="15498"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="112321"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="7186"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="131138"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="8233"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="97047"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="6445"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="109098"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="7265"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="38832"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="5513"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="29633"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="5206"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="25749"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="3519"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="17680"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="3163"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="13083"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="11953"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="2043"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="56985"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="18686"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="56241"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="18745"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="13446"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="7662"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="14006"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="7663"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="54.7"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="43539"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="11024"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="42235"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="11082"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="274386"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="41282"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="299935"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="43802"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="136737"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="20356"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="148212"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="21040"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="137649"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="20926"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="151723"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="22762"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="181005"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="13561"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="213395"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="15355"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="97538"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="7410"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="114921"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="8251"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="83467"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="6151"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="98474"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="7104"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="34543"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="5604"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="27974"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="5402"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="19.3"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="22689"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="3554"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="16568"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="3146"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="11854"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="2050"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="11406"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="2256"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="58838"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="22117"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="58566"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="23045"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="39.3"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="16510"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="9392"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="16723"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="9643"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="57.7"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="42328"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="12725"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="41843"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="13402"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="244522"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="45325"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="270102"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="48189"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="122121"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="23053"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="133858"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="23744"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="122401"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="22272"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="136244"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="24445"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="138636"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="12320"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="172161"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="14456"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="77591"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="7135"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="94633"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="8142"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="61045"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="5185"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="77528"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="6314"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="29144"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="5202"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="26123"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="5385"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="19143"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="3357"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="15463"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="3164"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="10001"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="10660"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="2221"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="76742"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="27803"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="71818"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="28348"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="39.5"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="25387"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="12561"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="49.5"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="23762"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="12438"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="52.3"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="51355"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="15242"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="48056"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="15910"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="218786"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="48832"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="238856"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="51114"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="109869"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="25685"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="118698"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="26356"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="108917"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="23147"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="120158"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="24758"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="88007"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="9235"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="110962"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="10792"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="52707"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="5593"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="64771"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="6617"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="35300"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="3642"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="46191"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="4175"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="21403"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="3976"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="22688"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="4823"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="14589"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="2662"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="14017"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="3012"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="6814"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="19.3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="8671"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="1811"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="109376"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="35621"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="105206"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="35499"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="42573"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="17430"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="39910"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="16727"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="66803"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="18191"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="65296"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="18772"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="535393"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="204069"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="637567"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="224388"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="243314"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="85182"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="296837"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="96929"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="292079"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="118887"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="40.7"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="340730"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="127459"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="45318"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="7039"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="59624"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="8099"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="31751"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="4914"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="41616"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="5611"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="13567"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="2125"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="18008"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="2488"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2571"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="30.4"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3333"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1361"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1924"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="26.1"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="487504"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="196248"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="40.3"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="574610"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="215365"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="210202"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="79860"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="253297"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="90815"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="277302"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="116388"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="321313"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="124550"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3608662"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="542277"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3755313"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="584045"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1771510"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="256489"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1839849"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="274117"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1837152"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="285788"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1915464"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="309928"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1807360"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="112502"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2006641"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="130067"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="954541"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="60855"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1076674"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="69335"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="852819"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="51647"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="929967"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="60732"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="424843"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="50179"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="297396"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="46378"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="274327"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="31861"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="170930"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="27262"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="150516"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="18318"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="126466"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="19116"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1376459"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="379596"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1451276"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="407600"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="542642"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="163773"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="592245"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="177520"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="833817"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="215823"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="859031"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C02"/>
+    <s v="Population with a Disability"/>
+    <s v="Number"/>
+    <n v="230080"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EZ043C03"/>
+    <s v="Population with a Disability as % of relevant age group"/>
+    <s v="%"/>
+    <n v="26.8"/>
+  </r>
+</pivotCacheRecords>
 </file>