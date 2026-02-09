--- v1 (2025-12-21)
+++ v2 (2026-02-09)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35521ddd598e4624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f3978c53643647f29303ca29fb66e0d5.psmdcp" Id="R6dee5b9bfa374309" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc59ac159f0c640f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9d5c5e45039a458b84fe5ada4ab2ad5c.psmdcp" Id="R563405f8bef94f15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>