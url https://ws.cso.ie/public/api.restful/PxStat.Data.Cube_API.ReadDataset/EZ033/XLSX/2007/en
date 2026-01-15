--- v0 (2025-11-14)
+++ v1 (2026-01-15)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7028fb2b61244b94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f5c998c9fd14f729a6e5fa21cddb6e7.psmdcp" Id="Rf66249e03de94856" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5c6c47816e64ce0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/61b85d0a9a6d49d59dbfa25dac5af489.psmdcp" Id="Rd9a5337904ec42d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EZ033</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EZ033/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016SR2</x:t>
   </x:si>
   <x:si>
     <x:t>Census 2016 Summary Results Part 2</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -526,403 +526,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...351 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02722V03289" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age at which Full Time Education Ceased" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L865" totalsRowShown="0">
   <x:autoFilter ref="A1:L865"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02704V03272"/>
     <x:tableColumn id="4" name="Principal Economic Status"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02722V03289"/>
     <x:tableColumn id="8" name="Age at which Full Time Education Ceased"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1195,51 +972,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EZ033/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1426,51 +1203,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L865"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="50.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="57.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -34332,51 +34109,51 @@
       <x:c r="I865" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J865" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K865" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L865" s="0">
         <x:v>946</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -34393,51 +34170,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L865" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EZ033"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02704V03272">
       <x:sharedItems count="9">
         <x:s v="801"/>
         <x:s v="501"/>
         <x:s v="201"/>
         <x:s v="202"/>
         <x:s v="301"/>
         <x:s v="302"/>
         <x:s v="303"/>
         <x:s v="304"/>
         <x:s v="602"/>
       </x:sharedItems>
     </x:cacheField>
@@ -35218,27 +34995,12124 @@
         <x:n v="850"/>
         <x:n v="215"/>
         <x:n v="281"/>
         <x:n v="155"/>
         <x:n v="210"/>
         <x:n v="186"/>
         <x:n v="245"/>
         <x:n v="170"/>
         <x:n v="246"/>
         <x:n v="134"/>
         <x:n v="177"/>
         <x:n v="100"/>
         <x:n v="128"/>
         <x:n v="751"/>
         <x:n v="2172"/>
         <x:n v="2312"/>
         <x:n v="871"/>
         <x:n v="946"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3608662"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3755313"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239908"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="184266"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149580"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="124642"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="261042"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="226150"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245840"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="217663"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="372689"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="358642"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128081"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="122278"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114927"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="117591"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153731"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="163740"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139046"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="157573"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92309"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="106119"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65921"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="76433"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190847"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="253702"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="849569"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="988253"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="408838"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="427128"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196334"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="231133"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1771510"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1839849"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130481"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="100530"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84759"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71798"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145418"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="126389"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117191"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="104366"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176365"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="171200"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54576"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52276"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52448"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53672"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69485"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73135"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65531"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73887"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44598"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50179"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32653"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37379"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89742"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="117904"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="410236"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="481069"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201203"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="211054"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96824"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="115011"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1837152"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1915464"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109427"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83736"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64821"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52844"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115624"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="99761"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128649"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="113297"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196324"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="187442"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73505"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="70002"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62479"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63919"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84246"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="90605"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73515"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83686"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47711"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55940"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33268"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39054"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101105"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="135798"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="439333"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="507184"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207635"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="216074"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99510"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116122"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1807360"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2006641"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54082"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37973"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58631"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50433"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119877"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107520"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139857"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="129677"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227071"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="228059"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85996"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85023"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83593"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87997"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121393"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="131466"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111472"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="129725"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73895"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87839"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52193"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62254"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138379"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="189528"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="425485"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="528756"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115436"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="150391"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="954541"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1076674"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38023"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27492"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40401"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36376"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78645"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73574"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75051"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72317"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117681"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="122770"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39433"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40521"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40302"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43629"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57175"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62134"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54300"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63866"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36402"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43057"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26368"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31433"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66414"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="91206"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="225478"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="287597"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58868"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="80702"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="852819"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="929967"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16059"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10481"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18230"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14057"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41232"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33946"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64806"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57360"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109390"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="105289"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46563"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44502"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43291"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44368"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64218"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="69332"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57172"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65859"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37493"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44782"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25825"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30821"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71965"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="98322"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200007"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="241159"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56568"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="69689"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34166"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31434"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2087"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2926"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2293"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4541"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3877"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1602"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1865"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7721"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7663"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6665"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7271"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19512"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17477"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1836"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2762"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2315"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4545"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4405"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3453"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3738"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14654"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13957"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3176"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3258"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3212"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3533"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="390677"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="265962"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24994"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14487"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23697"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13699"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43210"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24366"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35051"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19994"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46672"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28273"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14441"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8204"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10602"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6155"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10163"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5934"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8946"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5493"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6389"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4038"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4829"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3257"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16814"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15473"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103877"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="82127"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40992"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34462"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254815"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="153453"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18044"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9714"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17773"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9384"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32105"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16180"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22735"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11328"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29549"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15529"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8234"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4014"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6262"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3095"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6105"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3090"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5399"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2843"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3768"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2806"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9304"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8015"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68763"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49050"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23968"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17566"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135862"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="112509"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6950"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4773"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5924"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4315"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11105"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8186"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12316"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8666"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17123"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12744"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6207"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4190"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4340"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3060"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4058"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2844"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3547"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2650"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2621"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2030"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2023"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7510"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7458"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35114"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33077"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17024"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16896"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="408838"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="427128"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="408838"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="427128"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201203"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="211054"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201203"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="211054"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207635"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="216074"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207635"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="216074"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="339918"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="305556"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35698"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24044"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20978"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15167"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35898"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27842"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31601"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25389"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42854"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37309"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13521"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12258"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8926"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9165"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8971"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9182"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7189"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8009"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4464"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5068"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3119"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3663"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10831"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14024"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99565"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="96617"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16303"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17819"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18040"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20747"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1908"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1272"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2183"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1743"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2103"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5041"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6030"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2023"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="321878"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="284809"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33790"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22572"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19715"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13895"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33821"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25659"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30302"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23910"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41111"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35206"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13011"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11702"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8460"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8606"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8499"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8579"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6814"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7486"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4208"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4765"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2926"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3399"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9904"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12647"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94524"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="90587"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14793"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15796"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="457394"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="545407"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95151"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87170"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31723"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32826"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41435"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47271"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25522"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29313"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37145"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44863"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8935"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11249"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8264"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10490"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9907"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13580"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8523"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11156"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5311"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6893"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4198"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5430"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18450"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25616"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156023"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="210659"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6807"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8891"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237409"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="275236"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56157"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50909"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17197"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17892"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21208"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24125"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11461"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12994"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18250"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21325"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4071"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4874"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3710"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4674"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4247"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5771"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4090"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5219"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3099"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3768"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2531"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3201"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10237"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13489"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77558"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102439"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3593"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4556"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219985"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="270171"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38994"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36261"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14526"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14934"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20227"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23146"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14061"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16319"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18895"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23538"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4864"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6375"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4554"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5816"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5660"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7809"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4433"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5937"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2212"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3125"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1667"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2229"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8213"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12127"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78465"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="108220"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3214"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4335"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156993"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="158348"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27968"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19256"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13001"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11254"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17557"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16519"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10216"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10094"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13391"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14884"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3250"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3804"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2191"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2585"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1882"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2337"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3939"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6026"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52533"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57701"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8123"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10195"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79502"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78396"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15206"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10222"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7163"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6139"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9430"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8788"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4529"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4559"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5981"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6631"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1732"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2482"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26658"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29130"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4295"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5268"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77491"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79952"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12762"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9034"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5838"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5115"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8127"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7731"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5687"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5535"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7410"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8253"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1943"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2349"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1460"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2207"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3544"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25875"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28571"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3828"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4927"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13316"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14837"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4365"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4730"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2104"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6488"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6812"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2193"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2418"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6828"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8025"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2172"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2312"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="EZ033"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+</pivotCacheRecords>
 </file>