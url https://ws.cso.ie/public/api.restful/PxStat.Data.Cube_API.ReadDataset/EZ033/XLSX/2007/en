--- v1 (2026-01-15)
+++ v2 (2026-03-04)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5c6c47816e64ce0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/61b85d0a9a6d49d59dbfa25dac5af489.psmdcp" Id="Rd9a5337904ec42d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf03fd71a1764222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7c53119d17524ed7b3ad4f17890889ba.psmdcp" Id="R05e62fb105984887" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>