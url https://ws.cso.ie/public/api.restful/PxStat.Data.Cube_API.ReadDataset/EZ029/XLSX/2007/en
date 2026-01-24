--- v0 (2025-10-01)
+++ v1 (2026-01-24)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eddd19bfa254692" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8bb7e838bc904c309c19ba99bc0fd340.psmdcp" Id="R418c0882df2c4577" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11530942ae99452c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/febad284f8954ad0944d91fbc1c409f5.psmdcp" Id="R5d04656e0cfc4fec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EZ029</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EZ029/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016SR2</x:t>
   </x:si>
   <x:si>
     <x:t>Census 2016 Summary Results Part 2</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -496,363 +496,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02708V03276" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Social Class" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Labour Force" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L577" totalsRowShown="0">
   <x:autoFilter ref="A1:L577"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02708V03276"/>
     <x:tableColumn id="6" name="Social Class"/>
     <x:tableColumn id="7" name="C02704V03272"/>
     <x:tableColumn id="8" name="Labour Force"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1125,51 +932,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EZ029/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1356,51 +1163,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L577"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="38.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="48.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -23318,51 +23125,51 @@
       <x:c r="I577" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L577" s="0">
         <x:v>171418</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -23379,51 +23186,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L577" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EZ029"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="12">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
         <x:s v="550"/>
@@ -24062,27 +23869,8092 @@
         <x:n v="52887"/>
         <x:n v="61238"/>
         <x:n v="5814"/>
         <x:n v="7394"/>
         <x:n v="47073"/>
         <x:n v="53844"/>
         <x:n v="31277"/>
         <x:n v="37249"/>
         <x:n v="1339"/>
         <x:n v="1953"/>
         <x:n v="29938"/>
         <x:n v="35296"/>
         <x:n v="161455"/>
         <x:n v="176042"/>
         <x:n v="3532"/>
         <x:n v="4624"/>
         <x:n v="157923"/>
         <x:n v="171418"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3608662"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3755313"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2232203"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2304037"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1376459"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1451276"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234930"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="264706"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165175"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="185452"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69755"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79254"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="934293"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="993936"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="629356"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="663797"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304937"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="330139"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="634883"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="666915"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="457780"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="462794"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177103"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="204121"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="575768"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="550810"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="383568"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="356241"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192200"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="194569"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="412022"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="425477"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="291415"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="298481"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120607"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="126996"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148155"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="149273"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91929"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88955"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56226"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60318"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="668611"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="704196"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212980"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="248317"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="455631"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="455879"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283019"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="302816"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34639"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32793"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248380"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="270023"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18921"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23452"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18652"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23204"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77011"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85579"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75038"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83956"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50039"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54333"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5867"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5913"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44172"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48420"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37469"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37824"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4772"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4726"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32697"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33098"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24285"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27683"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4335"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5369"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19950"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22314"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7862"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8133"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1689"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1641"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6173"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6492"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67432"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65812"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15734"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13273"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51698"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52539"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="297231"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="273636"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177800"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="154610"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119431"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="119026"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13244"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15063"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6165"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7126"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7079"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7937"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52018"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53331"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26414"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25771"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25604"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27560"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57744"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51896"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43527"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36392"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14217"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15504"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43798"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32383"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34222"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22997"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9576"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9386"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31619"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32147"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25494"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25500"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6125"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6647"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9589"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8445"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7749"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6518"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1840"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89219"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="80371"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34229"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30306"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54990"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50065"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="361122"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="297435"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="309476"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="252885"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51646"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44550"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24753"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23238"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22892"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21559"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85149"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73958"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78737"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67975"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6412"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5983"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74745"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55515"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70773"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51604"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3972"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3911"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59528"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39934"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53329"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35363"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6199"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4571"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43408"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33529"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39858"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30255"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3550"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3274"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12928"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9881"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11551"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8686"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60611"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61380"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32336"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37443"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28275"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23937"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="393945"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="361975"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="343187"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="317319"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50758"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44656"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33035"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30789"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30710"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28775"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2325"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2014"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112220"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102429"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104683"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="96065"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7537"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6364"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73167"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67889"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69494"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64260"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3673"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3629"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64842"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54743"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57099"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48094"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7743"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6649"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45307"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41338"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41100"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37360"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4207"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3978"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13621"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11831"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12123"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10398"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51753"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52956"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27978"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32367"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23775"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20589"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="364261"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="389421"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307107"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="338157"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57154"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51264"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31433"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34366"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27821"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31344"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3612"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3022"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111947"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="117673"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100589"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="108344"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11358"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9329"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61161"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68774"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56801"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64631"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4360"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4143"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59696"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59018"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50282"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51105"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9414"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7913"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42357"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44437"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37298"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39858"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5059"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4579"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12638"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12996"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10975"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11437"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1663"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45029"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52157"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23341"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31438"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21688"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20719"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="330812"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="357460"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271167"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="302144"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59645"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55316"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25847"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31137"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22136"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27471"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3711"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3666"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98870"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="110863"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86471"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="99659"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12399"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11204"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56420"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61148"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51381"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56379"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5039"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4769"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55672"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53832"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45686"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45652"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9986"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8180"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40535"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42384"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35026"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37250"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5509"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5134"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12384"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12563"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10588"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10824"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1796"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1739"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41084"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45533"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19879"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24909"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21205"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20624"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="305185"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="326110"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248200"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="269869"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56985"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56241"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20106"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24983"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17097"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21847"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3009"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3136"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87544"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95691"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76630"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84755"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10914"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10936"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56747"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58013"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51100"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52519"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5647"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5494"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52942"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50416"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43236"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41964"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9706"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8452"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38330"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40812"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32956"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35404"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5374"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5408"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12429"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12292"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10516"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10512"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1913"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1780"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37087"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43903"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16665"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22868"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20422"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21035"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274386"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="299935"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215548"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="241369"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58838"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58566"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16388"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19662"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13881"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16908"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2507"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2754"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76071"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83571"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65392"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73077"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10679"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10494"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51465"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57186"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44060"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50131"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7405"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7055"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47054"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48037"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37184"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39097"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9870"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8940"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35381"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38754"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29478"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33009"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5903"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5745"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12597"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12184"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10390"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10098"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2207"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2086"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35430"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40541"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15163"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19049"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20267"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21492"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244522"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="270102"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167780"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="198284"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76742"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71818"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14464"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16367"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11271"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13371"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3193"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2996"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64740"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71339"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47670"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56363"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17070"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14976"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44140"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51005"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33637"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40962"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10503"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10043"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41477"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42535"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29684"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32491"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11793"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10044"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31032"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34624"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23757"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27698"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7275"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6926"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11618"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12246"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8688"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9613"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2930"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2633"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37051"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41986"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13073"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17786"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23978"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24200"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218786"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="238856"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109410"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="133650"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109376"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="105206"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12234"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14293"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7455"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9488"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4779"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4805"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53800"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60109"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27060"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32600"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26740"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27509"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35672"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43551"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20672"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26794"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15000"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16757"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36527"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37404"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20553"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23855"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15974"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13549"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26881"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28531"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16299"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19384"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10582"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9147"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11212"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11453"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6321"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7275"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4891"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4178"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42460"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43515"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11050"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14254"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31410"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29261"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="535393"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="637567"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47889"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62957"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="487504"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="574610"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24505"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31356"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5478"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7315"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19027"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24041"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114923"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="139393"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13737"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17565"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101186"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="121828"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73583"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="97605"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10468"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13209"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63115"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84396"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76763"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="94684"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7521"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10897"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69242"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83787"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52887"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61238"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5814"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7394"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47073"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53844"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31277"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37249"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1953"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29938"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35296"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161455"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="176042"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3532"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4624"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157923"/>
+  </r>
+  <r>
+    <s v="EZ029"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="171418"/>
+  </r>
+</pivotCacheRecords>
 </file>