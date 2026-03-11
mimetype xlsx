--- v1 (2026-01-24)
+++ v2 (2026-03-11)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11530942ae99452c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/febad284f8954ad0944d91fbc1c409f5.psmdcp" Id="R5d04656e0cfc4fec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a9a76b1e8af42ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6a7b400c4348402a8af20f05198cc2bb.psmdcp" Id="R26ae2ea033c6420f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>