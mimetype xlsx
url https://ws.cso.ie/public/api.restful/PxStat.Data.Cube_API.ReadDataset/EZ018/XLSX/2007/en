--- v0 (2025-11-11)
+++ v1 (2026-01-10)
@@ -1,95 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bd45f96a23d436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/83dea1f88cff48b5bec3cc933e174ae3.psmdcp" Id="R6bc430c5fcd24a30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd47ff54d60344fbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/133af57848ae48ddb9fa0ab5787bdedc.psmdcp" Id="R40535168493a445b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="9" r:id="rId9"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
-    <x:pivotCache cacheId="0" r:id="rId10"/>
+    <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EZ018</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EZ018/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016SR2</x:t>
   </x:si>
   <x:si>
     <x:t>Census 2016 Summary Results Part 2</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -520,466 +522,240 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId11" /></Relationships>
 </file>
 
-<file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId15" /></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image.png" Id="rId8" /></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="3971925" cy="1381125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="Picture 1"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId8" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="3971925" cy="1381125"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect"/>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...407 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02843V03417" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="At Work and Unemployed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L811" totalsRowShown="0">
   <x:autoFilter ref="A1:L811"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02843V03417"/>
     <x:tableColumn id="6" name="Intermediate Occupational Group"/>
     <x:tableColumn id="7" name="C02704V03272"/>
     <x:tableColumn id="8" name="At Work and Unemployed"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1242,61 +1018,61 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EZ018/XLSX/2007/en" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId12" /></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EZ018/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId13" /></Relationships>
+<file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId14" /></Relationships>
+<file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1470,63 +1246,64 @@
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B37" s="2"/>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
-    <x:hyperlink ref="B14" r:id="rId11"/>
-    <x:hyperlink ref="B28" r:id="rId12"/>
+    <x:hyperlink ref="B14" r:id="rId13"/>
+    <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
+  <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L811"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="73.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="54.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="55.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -32330,57 +32107,57 @@
       <x:c r="G811" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H811" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I811" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J811" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K811" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L811" s="0">
         <x:v>112509</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
-    <x:tablePart r:id="rId13"/>
+    <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -32397,51 +32174,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L811" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EZ018"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -33278,27 +33055,11368 @@
         <x:n v="103815"/>
         <x:n v="1399"/>
         <x:n v="1518"/>
         <x:n v="35807"/>
         <x:n v="52639"/>
         <x:n v="378"/>
         <x:n v="48029"/>
         <x:n v="49370"/>
         <x:n v="988681"/>
         <x:n v="1042476"/>
         <x:n v="64340"/>
         <x:n v="71623"/>
         <x:n v="785164"/>
         <x:n v="855891"/>
         <x:n v="3315"/>
         <x:n v="2453"/>
         <x:n v="135862"/>
         <x:n v="112509"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120505"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="114143"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26684"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24189"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84317"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84509"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9329"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5310"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50904"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54889"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23068"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23424"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23538"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28664"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4129"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2685"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78768"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95505"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10499"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11372"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62170"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="80551"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6053"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3546"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88906"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="93915"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10066"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11026"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76996"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="81468"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1749"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98016"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102332"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3924"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4403"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90600"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95292"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3419"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2564"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88091"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="101856"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19156"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19830"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63178"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78781"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5638"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3157"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38606"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39145"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2083"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1910"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31997"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34884"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4499"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2327"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21709"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23327"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2682"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3328"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17607"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18865"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26697"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24683"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25704"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23932"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29727"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35214"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12850"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16799"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12344"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15030"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4421"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3268"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114421"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="126044"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12723"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13163"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92529"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107246"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9057"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5519"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184819"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="187382"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4288"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4810"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164329"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="171742"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15844"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10549"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41833"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40650"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35672"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36411"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5234"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3374"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89292"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84763"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67634"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65088"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14557"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14953"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5416"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3527"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92744"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="89296"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15693"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15604"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57730"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65454"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19245"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8147"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103978"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79423"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28679"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30798"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27438"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32082"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47722"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16420"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62090"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62831"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8231"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8456"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42179"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47115"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11546"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7149"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96216"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="111659"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3420"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4306"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84188"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="99256"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8130"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7662"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48373"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54504"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8261"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10449"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33128"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38868"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6866"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5087"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132447"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="129040"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6616"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6102"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105475"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="108070"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20078"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14687"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22833"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25990"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20067"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23777"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2550"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2031"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84322"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87112"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3224"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3396"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61216"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71943"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19824"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11704"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83414"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75529"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21384"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19119"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45499"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49437"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16387"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6851"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51522"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46543"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2653"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3476"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26748"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30941"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21833"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11912"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150208"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="153744"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5330"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5395"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119414"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="129846"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25106"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18191"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197596"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="233084"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6027"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5928"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76590"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="119432"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114333"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107170"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2198037"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2272603"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="306278"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="313404"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1495210"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1688549"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5872"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4688"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="390677"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="265962"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79929"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73722"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21019"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18768"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52764"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51711"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6087"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3193"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29920"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31982"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14958"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15197"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12528"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15227"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2378"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1516"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59976"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73012"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9251"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9935"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45829"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60345"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4862"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2705"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17087"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18584"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5230"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5353"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11514"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12986"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25234"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26153"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23252"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24242"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48862"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55050"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14497"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14632"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31015"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38738"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3290"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1641"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27787"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28382"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1696"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22397"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24927"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3490"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6033"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6699"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4817"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5320"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22287"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20423"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21357"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19720"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17239"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20169"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7639"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9676"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6847"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8378"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2711"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2062"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64898"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="69758"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9552"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9599"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49930"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56922"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5372"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3184"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42472"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48499"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36943"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43825"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4052"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2960"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1795"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81434"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78069"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62389"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60485"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13034"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13578"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5005"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3225"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90050"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="86793"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15548"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15498"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55591"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63291"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18841"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7922"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102843"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78755"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28511"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30644"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26764"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31692"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47433"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16300"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42702"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43560"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6078"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5927"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28282"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32693"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8275"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4883"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10317"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14713"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8680"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13003"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12055"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14804"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2225"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9069"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11478"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43976"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44521"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5194"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4574"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31867"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34983"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6844"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4908"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8300"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10071"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7167"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9131"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59499"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61831"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2883"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2928"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42616"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51053"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13967"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7804"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80641"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73118"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20509"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18390"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43994"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48001"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16033"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6631"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44033"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40242"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2518"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3328"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21202"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26144"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20087"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10603"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78297"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="80153"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3829"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3691"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60576"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66891"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13783"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9457"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111983"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="129269"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4628"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4410"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40783"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66793"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66304"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57800"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1209356"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1230127"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241938"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="241781"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="710046"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="832658"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2557"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254815"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="153453"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40576"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40421"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5665"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5421"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31553"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32798"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3242"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2117"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20984"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22907"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8110"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8227"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11010"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13437"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1751"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18792"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22493"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16341"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20206"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1191"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71819"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75331"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4836"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5673"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65482"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68482"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72782"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="76179"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3053"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3297"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67348"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71050"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2321"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39229"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46806"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4659"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5198"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32163"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40043"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2348"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1516"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10819"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10763"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9600"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9957"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15676"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16628"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1858"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2292"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12790"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13545"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4410"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4260"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4347"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4212"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12488"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15045"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5211"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7123"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5497"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6652"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49523"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56286"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3171"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3564"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42599"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50324"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3685"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2335"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142347"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="138883"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2839"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3133"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127386"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="127917"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11792"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7589"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40331"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38855"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34444"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34825"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5037"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3226"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7858"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6694"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5245"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4603"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2694"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2503"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2139"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2163"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19388"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19271"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2153"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2529"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13897"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14422"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3271"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85899"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="96946"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2757"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3530"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75508"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="86253"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7227"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6797"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36318"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39700"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6535"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8224"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24059"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27390"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5626"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4011"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88471"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84519"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1422"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1528"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73608"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73087"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13234"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9779"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14533"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15919"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12900"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14646"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24823"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25281"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18600"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20890"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5857"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3900"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2773"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2411"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1436"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7489"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6301"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5546"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4797"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1746"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71911"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73591"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1704"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58838"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62955"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11323"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8734"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85613"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103815"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35807"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52639"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48029"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49370"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="988681"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1042476"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64340"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71623"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="785164"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="855891"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3315"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135862"/>
+  </r>
+  <r>
+    <s v="EZ018"/>
+    <s v="Population Aged 15 Years and Over excluding First Time Job Seekers 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="112509"/>
+  </r>
+</pivotCacheRecords>
 </file>