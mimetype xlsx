--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a4a8091d58348c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f0c1fb4d2c7d45d49f1e1d5dc8ba1510.psmdcp" Id="Rba9d0df2ac08417b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5378651f5af0433b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8fac0e829e6243c2a40e8cc73ef4c895.psmdcp" Id="R52d21823e7c04eda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>