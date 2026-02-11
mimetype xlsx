--- v1 (2025-11-15)
+++ v2 (2026-02-11)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5378651f5af0433b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8fac0e829e6243c2a40e8cc73ef4c895.psmdcp" Id="R52d21823e7c04eda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c17032ec985416b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2691daed35ba4b358d06b288ce837cb5.psmdcp" Id="R913d435397c54d6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EZ006</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over in Private Households 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>For consistency purposes, this table was revised on the 07 November 2017.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EZ006/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016SR2</x:t>
   </x:si>
   <x:si>
     <x:t>Census 2016 Summary Results Part 2</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -463,315 +463,158 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...263 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02705V03273" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Status in Family Nucleus" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L271" totalsRowShown="0">
   <x:autoFilter ref="A1:L271"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02704V03272"/>
     <x:tableColumn id="4" name="Principal Economic Status"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02705V03273"/>
     <x:tableColumn id="8" name="Status in Family Nucleus"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1044,51 +887,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EZ006/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1277,51 +1120,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L271"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="64.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="50.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="25.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -11611,51 +11454,51 @@
       <x:c r="I271" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L271" s="0">
         <x:v>1569</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11672,51 +11515,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L271" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EZ006"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02704V03272">
       <x:sharedItems count="9">
         <x:s v="801"/>
         <x:s v="501"/>
         <x:s v="201"/>
         <x:s v="202"/>
         <x:s v="301"/>
         <x:s v="302"/>
         <x:s v="303"/>
         <x:s v="304"/>
         <x:s v="602"/>
       </x:sharedItems>
     </x:cacheField>
@@ -12039,27 +11882,3808 @@
         <x:n v="1104"/>
         <x:n v="1209"/>
         <x:n v="355"/>
         <x:n v="489"/>
         <x:n v="654"/>
         <x:n v="968"/>
         <x:n v="893"/>
         <x:n v="957"/>
         <x:n v="5105"/>
         <x:n v="6597"/>
         <x:n v="1343"/>
         <x:n v="2095"/>
         <x:n v="1836"/>
         <x:n v="2194"/>
         <x:n v="541"/>
         <x:n v="739"/>
         <x:n v="1385"/>
         <x:n v="1569"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3387542"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3525972"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1172499"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1210943"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="931709"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="964595"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="597906"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="631401"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="685428"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="719033"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1667052"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1730009"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="738780"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="741191"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234422"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="266703"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="342319"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="357391"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="351531"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="364724"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1720490"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1795963"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="433719"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="469752"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="697287"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="697892"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255587"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="274010"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="333897"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="354309"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1725549"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1910754"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="704595"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="769851"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="512353"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="567349"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182407"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="216562"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326194"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="356992"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="911877"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1025164"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="467028"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="494653"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163303"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="202540"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104470"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="128723"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177076"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="199248"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="813672"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="885590"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237567"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="275198"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="349050"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="364809"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77937"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87839"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149118"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="157744"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32262"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29683"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4448"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4523"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3529"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3492"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19262"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16740"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5023"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4928"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18493"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16561"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1681"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12428"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10721"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3132"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3026"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13769"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13122"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2842"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2450"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2359"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6834"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6019"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1891"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1902"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="373101"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="253908"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124837"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="81854"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82162"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58396"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82993"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52432"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83109"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61226"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="242845"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="146254"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81444"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42870"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37201"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22670"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63868"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38652"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60332"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42062"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130256"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107654"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43393"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38984"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44961"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35726"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19125"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13780"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22777"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19164"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="365585"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="388850"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17266"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13838"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11817"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9421"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="290664"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="320079"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45838"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45512"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182154"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="194300"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6456"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4861"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3557"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2927"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147727"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="163507"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24414"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23005"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="183431"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="194550"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10810"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8977"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8260"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6494"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142937"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="156572"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21424"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22507"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="328814"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="295841"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102100"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="94190"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193430"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="167921"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4187"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4439"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29097"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29291"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17654"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20277"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10152"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11150"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3388"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4444"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2014"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2375"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2100"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2308"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="311160"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="275564"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91948"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83040"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190042"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="163477"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2173"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26997"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26983"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="413270"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="493225"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171452"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="198643"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90575"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="120870"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150133"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="172585"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219382"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="252698"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141953"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="159317"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17627"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24152"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59168"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68552"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193888"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="240527"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29499"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39326"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72948"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="96718"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90965"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="104033"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140850"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="143491"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45354"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44740"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35652"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34463"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16088"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18315"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43756"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45973"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71641"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71132"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28789"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25450"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7912"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8348"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10524"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11768"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24416"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25566"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69209"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72359"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16565"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19290"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27740"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26115"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5564"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6547"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19340"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20407"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8111"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10220"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2447"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2191"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2683"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1707"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2278"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2526"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3006"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3623"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5105"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6597"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1343"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2095"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1836"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2194"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="EZ006"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+</pivotCacheRecords>
 </file>