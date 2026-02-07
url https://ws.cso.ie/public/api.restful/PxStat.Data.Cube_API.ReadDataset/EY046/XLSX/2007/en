--- v0 (2025-11-04)
+++ v1 (2026-02-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e38abf8d4af4f25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d61fd46c34954b4eb5a6f77d53cc1c33.psmdcp" Id="Re8480475fb7849a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf7df5696ab24083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f1e786b7ce3f435d94a4e510e8e94185.psmdcp" Id="R923ad45258cd43a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EY046</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units 2006 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/6/2020 11:00:00 AM</x:t>
+    <x:t>06/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EY046/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016SR1</x:t>
   </x:si>
   <x:si>
     <x:t>Census 2016 Summary Results Part 1</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -598,491 +598,196 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...439 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03367V04052" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="County and City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02703V03271" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Computer and Internet Access" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J769" totalsRowShown="0">
   <x:autoFilter ref="A1:J769"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C03367V04052"/>
     <x:tableColumn id="4" name="County and City"/>
     <x:tableColumn id="5" name="C02703V03271"/>
     <x:tableColumn id="6" name="Computer and Internet Access"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1353,51 +1058,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EY046/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1584,51 +1289,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J769"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="55.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="39.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -26226,51 +25931,51 @@
       <x:c r="G769" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H769" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I769" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J769" s="0">
         <x:v>551</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26287,51 +25992,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J769" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EY046"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units 2006 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03367V04052">
       <x:sharedItems count="32">
         <x:s v="IE"/>
         <x:s v="CW"/>
         <x:s v="DC"/>
         <x:s v="DR"/>
         <x:s v="FL"/>
         <x:s v="SD"/>
         <x:s v="KE"/>
         <x:s v="KK"/>
         <x:s v="LS"/>
         <x:s v="LD"/>
         <x:s v="LH"/>
@@ -27179,27 +26884,9244 @@
         <x:n v="14152"/>
         <x:n v="13813"/>
         <x:n v="8725"/>
         <x:n v="6746"/>
         <x:n v="7202"/>
         <x:n v="345"/>
         <x:n v="278"/>
         <x:n v="597"/>
         <x:n v="11355"/>
         <x:n v="13619"/>
         <x:n v="5479"/>
         <x:n v="2216"/>
         <x:n v="2096"/>
         <x:n v="9913"/>
         <x:n v="7240"/>
         <x:n v="5346"/>
         <x:n v="1224"/>
         <x:n v="365"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1462296"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="828356"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1199298"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1160603"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="599417"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414597"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="478487"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34523"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35513"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58575"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="292110"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1051942"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1200067"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="390535"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132973"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="131676"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="703907"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426096"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="312982"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75744"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38397"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52940"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17074"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19365"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20465"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9248"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13623"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13242"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7424"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5266"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6529"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2213"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11158"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13539"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4916"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2106"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1852"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8802"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5612"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4432"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190711"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207847"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="211591"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98878"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147636"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="139140"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84522"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53232"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59425"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7311"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6979"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13026"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51172"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137669"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="157005"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29223"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11763"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9025"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95393"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51454"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33796"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14923"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6961"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11765"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68375"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75786"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78568"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48357"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62830"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63526"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18651"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11531"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12984"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2058"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27284"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59750"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67575"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16077"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3313"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2187"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23288"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11276"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7041"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80085"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92951"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="96607"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55103"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78532"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75038"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22809"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12413"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17746"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2173"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2006"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3823"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27712"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73868"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="82095"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20290"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4820"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3448"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29208"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12242"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7655"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2875"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2021"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3409"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80358"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89877"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="92393"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52168"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72367"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67411"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26253"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15665"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21655"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1937"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3327"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28755"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68306"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="76950"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16119"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4186"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2882"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31057"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15455"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9817"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4427"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1930"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2744"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60578"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70504"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73348"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39134"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56099"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54149"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20167"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13117"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17174"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2025"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14385"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50093"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57086"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18265"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5562"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4854"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24871"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13480"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9700"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3057"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1708"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29478"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33583"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34743"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16601"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24210"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23428"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12273"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8806"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10512"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3919"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19816"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22739"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9545"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3722"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3800"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14283"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9342"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7512"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22421"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27916"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28997"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12008"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19825"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18934"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9937"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7448"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9133"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2671"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16003"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18960"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6575"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3403"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3209"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11798"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7863"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5977"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12042"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14410"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15092"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5778"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9395"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9427"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5923"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4700"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5203"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7393"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8887"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3326"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6610"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5090"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3952"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38598"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43897"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45363"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21801"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31523"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29671"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15917"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11373"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13997"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1695"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6821"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27689"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32095"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10594"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3263"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2972"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18749"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11915"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8803"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2434"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53575"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61922"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63861"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33801"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48280"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46164"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18766"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12510"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15969"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1728"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9889"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41626"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46851"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18298"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5805"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5495"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22665"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13263"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10022"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2723"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23533"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26543"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27184"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12143"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18041"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17059"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10839"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8012"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9314"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2483"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14171"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16412"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6680"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3175"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3319"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12723"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8598"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6708"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26881"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30624"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31685"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14578"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21525"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20863"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11652"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8464"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9855"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3678"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17535"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20514"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7733"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3470"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3458"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13802"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8895"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6832"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1668"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45096"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52345"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54006"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24203"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36727"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35309"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20183"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14767"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17390"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4510"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29576"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34801"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14396"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5839"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5736"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23446"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15961"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12266"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2744"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42472"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47579"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49005"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26974"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36942"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35890"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14583"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9758"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11846"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9424"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32705"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36917"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13219"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3619"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3402"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17569"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10272"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7569"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2260"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38026"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42534"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43348"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21700"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30024"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29214"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15556"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11605"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12886"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5309"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25041"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27941"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12435"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4149"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4701"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18023"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12313"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9524"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2259"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43871"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47110"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49370"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21108"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30792"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30466"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21232"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14874"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16572"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2332"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9703"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28724"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34240"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7014"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2606"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2709"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23751"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14327"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10278"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3403"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2143"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122671"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140445"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="146052"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71733"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104065"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103617"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48636"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33888"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38632"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2302"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2492"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3803"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19968"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90886"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103761"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40751"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11576"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12597"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55264"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35197"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26278"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6688"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2786"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3416"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47743"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53088"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54288"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24049"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35464"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35230"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22688"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16601"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17517"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1541"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5368"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28984"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33363"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14389"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5457"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5742"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25020"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17401"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13684"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2966"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63956"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69421"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71022"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33748"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47869"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46013"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28929"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20048"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22587"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2422"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10227"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41222"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46590"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16783"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6094"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6263"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35097"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20490"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15897"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1849"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1615"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2272"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52087"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58275"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59071"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26318"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38788"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37333"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24801"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18343"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20152"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6079"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30692"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35813"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14923"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6731"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6881"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29710"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19463"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14912"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1465"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38444"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42239"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43455"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20955"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30170"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29066"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16580"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11229"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12880"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1509"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7615"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26518"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29801"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9761"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3211"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3616"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19776"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11512"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8595"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25324"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27697"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28827"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14477"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20932"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20112"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10068"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6054"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7280"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7990"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20174"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22367"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4234"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1553"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12164"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5248"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3621"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52882"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60644"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62729"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28997"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42497"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42451"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22774"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17127"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18574"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1704"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5374"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34901"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39396"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18192"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6411"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7564"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26788"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18175"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14157"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2528"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10541"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12228"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12404"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5167"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7903"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7972"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5170"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4086"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4104"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6298"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7192"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3252"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6190"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4392"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3402"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43218"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47932"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48745"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21563"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31641"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31480"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20840"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15477"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16044"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4371"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26349"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29774"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13169"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4504"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5442"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24113"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16055"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12407"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20624"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23601"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23962"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10522"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15696"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15414"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9762"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7468"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7987"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1926"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12599"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14329"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6339"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2494"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2766"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11838"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8016"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6354"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21352"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24428"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24761"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11494"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16525"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16344"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9505"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7279"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7703"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2510"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14298"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16267"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6879"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1978"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2256"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11429"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7461"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5566"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21781"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25720"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26806"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10796"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17270"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17286"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10531"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7905"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8761"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1980"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14250"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17061"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6526"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2445"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2698"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11708"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8426"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6318"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49993"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57721"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58305"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25518"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37955"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35541"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23721"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18805"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20874"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4878"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32293"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36127"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15153"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4670"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5873"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28859"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19662"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14561"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18506"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21176"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21612"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9436"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14152"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13813"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8725"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6746"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7202"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11355"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13619"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5479"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2216"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2096"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9913"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7240"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5346"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="EY046"/>
+    <s v="Private Households in Permanent Housing Units 2006 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+</pivotCacheRecords>
 </file>