--- v0 (2025-11-03)
+++ v1 (2025-12-25)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b1631038af54fb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/909e31b3517249e8912afa71eac54b7b.psmdcp" Id="R48ab14af5ed54f15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03109f8de0fc42ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e343417632c544168a058f32a140e718.psmdcp" Id="R3179e9d34d7b4266" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EY036</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Actual and Percentage Change in Population Usually Resident and Present 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/6/2020 11:00:00 AM</x:t>
+    <x:t>06/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t xml:space="preserve">For the 2016 Census, the religion breakdown has been expanded. In 2011 the religions with a 0 figure were included in the </x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:i/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Other Stated Religion</x:t>
@@ -742,627 +742,230 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...575 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="53">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="53">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J955" totalsRowShown="0">
   <x:autoFilter ref="A1:J955"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02712V03280"/>
     <x:tableColumn id="4" name="Religion"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1633,51 +1236,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EY036/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1866,51 +1469,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J955"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="45.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="37.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -32460,51 +32063,51 @@
       <x:c r="G955" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H955" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I955" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J955" s="0">
         <x:v>-9.3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -32521,51 +32124,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J955" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02712V03280">
       <x:sharedItems count="53">
         <x:s v="01"/>
         <x:s v="04"/>
         <x:s v="07"/>
         <x:s v="10"/>
         <x:s v="09"/>
         <x:s v="12"/>
         <x:s v="14"/>
@@ -33252,27 +32855,11476 @@
         <x:n v="328"/>
         <x:n v="631"/>
         <x:n v="632"/>
         <x:n v="183"/>
         <x:n v="138"/>
         <x:n v="18"/>
         <x:n v="65"/>
         <x:n v="29"/>
         <x:n v="23.8"/>
         <x:n v="-42.3"/>
         <x:n v="14"/>
         <x:n v="13"/>
         <x:n v="21203"/>
         <x:n v="6398"/>
         <x:n v="43.2"/>
         <x:n v="19225"/>
         <x:n v="-1978"/>
         <x:n v="-9.3"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3831187"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="186222"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3696644"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-134543"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-3.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="124445"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="8817"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="122612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-1833"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-1.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="48130"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="16351"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="51.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="62032"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="13902"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="44003"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="24009"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="120.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="60777"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="16774"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="22835"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="22188"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-647"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-2.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="13876"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5869"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="73.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="13193"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-683"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-4.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="10302"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4572"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="79.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="13729"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3427"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="8355"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2193"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="9358"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="6280"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-4488"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-41.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="5847"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-433"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-6.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="6024"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="6264"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="5048"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4549"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-499"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-9.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4263"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4269"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3972"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-1046"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-20.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="9368"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5396"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="135.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3751"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2878"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="329.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="7477"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3726"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3219"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3642"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3393"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1941"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="133.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="5006"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="47.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="40.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="135.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="8094"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6826"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="538.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-51"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-5.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-31"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-9.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-37"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-20"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-18"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-4.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-45"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-42.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="13090"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5659"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="76.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="7301"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-5789"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-44.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="256830"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="81578"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="46.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="451941"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="195111"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="68668"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="119349"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="50681"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="73.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4525281"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="353268"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4689921"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="164640"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2922"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2922"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2565"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2565"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2050"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2050"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-43.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="39652"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="11624"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="35996"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-3656"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-9.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1870846"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="72243"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1793851"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-76995"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-4.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="61266"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4207"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="60109"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-1157"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-1.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="27524"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="8605"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="45.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="35067"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="7543"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="21416"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="11152"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="108.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="29718"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="8302"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="11533"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="11153"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-380"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-3.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="6433"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2674"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="71.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="6178"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-255"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="5946"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2461"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="70.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="7824"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="31.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3813"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4057"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3092"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-2304"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-42.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2859"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-233"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-7.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2721"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2811"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1929"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-243"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-12.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1910"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-11"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1824"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-509"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-21.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4279"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2455"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="134.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2492"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="312.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4865"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2373"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="95.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1719"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2003"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="115.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2908"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="45.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-13"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-1.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="43.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-16"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-2.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="128.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3732"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3191"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="589.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-34"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-8.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-15"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-5.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-21"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-12.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-5.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-21"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-30.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-16"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-34.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1233.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="7164"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2847"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="65.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3968"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-3196"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-44.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="150598"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="45989"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="251411"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="100813"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="66.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="37155"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-328"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-0.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="63222"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="26067"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="70.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2243425"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="158233"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2320460"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="77035"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1722"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1722"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="78.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-15"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-44.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="18449"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5226"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="39.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="16771"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-1678"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-9.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1960341"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="113979"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1902793"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-57548"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-2.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="63179"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4610"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="62503"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-676"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-1.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="20606"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="7746"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="60.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="26965"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6359"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="22587"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="12857"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="132.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="31059"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="8472"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="11302"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="11035"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-267"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-2.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="7443"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3195"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="75.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="7015"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-428"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-5.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4356"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2111"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="5905"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1549"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4542"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="5301"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3188"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-2184"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-40.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2988"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-200"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-6.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3303"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3453"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3119"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2863"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-256"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-8.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2342"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="26.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2359"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-537"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-20"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="5089"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2941"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="136.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2612"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="107.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1923"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="165.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2098"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="50.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1436"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="141.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4362"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3635"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-17"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-3.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-5.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-29"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-18.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-22.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-29"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-49.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-50"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3300"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="5926"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2812"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="90.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3333"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-2593"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-43.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="106232"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="35589"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="50.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="200530"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="94298"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="88.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="31513"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2246"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="56127"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="24614"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="78.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2281856"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="195035"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2369461"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="87605"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-11"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-42.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="21203"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6398"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="43.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="19225"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-1978"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY036C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-9.3"/>
+  </r>
+</pivotCacheRecords>
 </file>