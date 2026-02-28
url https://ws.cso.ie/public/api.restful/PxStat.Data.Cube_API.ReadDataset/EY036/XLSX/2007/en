--- v1 (2025-12-25)
+++ v2 (2026-02-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03109f8de0fc42ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e343417632c544168a058f32a140e718.psmdcp" Id="R3179e9d34d7b4266" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45b033275862402b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/10cb6e57cfc64dd09b99af31fab67df7.psmdcp" Id="Rc588ce465e0a4ad2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>