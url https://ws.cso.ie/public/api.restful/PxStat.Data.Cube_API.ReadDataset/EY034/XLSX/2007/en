--- v0 (2025-10-05)
+++ v1 (2025-11-23)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2c66cb1c9f648e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ff7f1ab8406a47f486529cebbdf2ca7a.psmdcp" Id="Re52b28e4663348d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a9518da28394ca4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1bbaa3c03e704de4a4e46f6090b94844.psmdcp" Id="R0d6c37a936ab4800" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>