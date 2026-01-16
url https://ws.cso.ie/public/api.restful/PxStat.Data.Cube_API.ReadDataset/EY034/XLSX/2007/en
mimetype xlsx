--- v1 (2025-11-23)
+++ v2 (2026-01-16)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a9518da28394ca4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1bbaa3c03e704de4a4e46f6090b94844.psmdcp" Id="R0d6c37a936ab4800" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb18c8d5a2b17477e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fe2926afbf7245bdbd5546ffb85b4bab.psmdcp" Id="Rf75ca47b9ddd489e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EY034</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Irish Speakers Aged Three Years and Over 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/3/2020 11:00:00 AM</x:t>
+    <x:t>03/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Gaeltacht as defined by the Gaeltacht Areas Orders, 1956-1982.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EY034/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016SR1</x:t>
   </x:si>
   <x:si>
     <x:t>Census 2016 Summary Results Part 1</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -502,371 +502,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02793V03362" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Gaeltacht Areas" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02697V03265" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Frequency of Speaking Irish" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L661" totalsRowShown="0">
   <x:autoFilter ref="A1:L661"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02793V03362"/>
     <x:tableColumn id="6" name="Gaeltacht Areas"/>
     <x:tableColumn id="7" name="C02697V03265"/>
     <x:tableColumn id="8" name="Frequency of Speaking Irish"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1139,51 +940,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EY034/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1372,51 +1173,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L661"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="49.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="28.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="62.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -26526,51 +26327,51 @@
       <x:c r="I661" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J661" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K661" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L661" s="0">
         <x:v>52</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26587,51 +26388,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L661" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EY034"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -27173,27 +26974,9268 @@
         <x:n v="1200"/>
         <x:n v="288"/>
         <x:n v="27"/>
         <x:n v="8477"/>
         <x:n v="7962"/>
         <x:n v="1785"/>
         <x:n v="1846"/>
         <x:n v="812"/>
         <x:n v="646"/>
         <x:n v="2687"/>
         <x:n v="2352"/>
         <x:n v="834"/>
         <x:n v="779"/>
         <x:n v="1813"/>
         <x:n v="1802"/>
         <x:n v="427"/>
         <x:n v="428"/>
         <x:n v="52"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66238"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63664"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14518"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15087"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5220"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4387"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17955"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16199"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6531"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6040"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16115"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16038"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4647"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5011"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1774437"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1761420"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="519181"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="555754"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21631"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20641"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7510"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6665"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5776"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4626"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3563"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2854"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55554"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53162"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103132"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="104808"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="607460"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="581909"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="435219"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="418420"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15411"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12581"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2951"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2872"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6185"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5874"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1191"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1875"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7123"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7020"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1738"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2742"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2607"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23855"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23550"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5452"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5746"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2192"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2011"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7893"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7434"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1770"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4577"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4659"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1593"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6667"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6121"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1481"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2448"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2329"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17132"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15879"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3502"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3580"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1533"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5514"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4771"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1656"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1540"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3733"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3673"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32741"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31072"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6968"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7087"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2425"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1968"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9193"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8296"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3280"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2930"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7994"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7905"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2183"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2443"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="800850"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="792643"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235551"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="251480"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9135"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8594"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3330"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2988"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2743"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2139"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25893"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24848"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46136"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46426"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272625"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="260122"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195883"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="188407"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7797"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6224"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3083"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2938"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3075"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3022"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11950"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11605"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4114"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3880"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2273"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2272"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3337"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3006"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8655"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7917"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1734"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2827"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2419"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1871"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33497"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32592"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7550"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8000"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2795"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2419"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8762"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7903"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3251"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3110"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8121"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8133"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2464"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2568"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="973587"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="968777"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283630"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="304274"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12496"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12047"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4180"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3677"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3033"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2487"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1806"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29661"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28314"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56996"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58382"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="334835"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="321787"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239336"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="230013"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7614"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6357"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Meath Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Cork Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3102"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2936"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Kerry Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Waterford  Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4048"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3998"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C1"/>
+    <s v="Galway City Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11905"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11945"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2789"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2979"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3779"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3554"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2387"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Galway County Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3330"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3115"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Mayo Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8477"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7962"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1785"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2687"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2352"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1813"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1802"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="EY034"/>
+    <s v="Irish Speakers Aged Three Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Donegal Gaeltacht Areas"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+</pivotCacheRecords>
 </file>