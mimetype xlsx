--- v2 (2026-01-16)
+++ v3 (2026-03-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb18c8d5a2b17477e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fe2926afbf7245bdbd5546ffb85b4bab.psmdcp" Id="Rf75ca47b9ddd489e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98547854f4554634" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/49a3e3223e904e96b066ed89f0223599.psmdcp" Id="R600180b57f544c6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>