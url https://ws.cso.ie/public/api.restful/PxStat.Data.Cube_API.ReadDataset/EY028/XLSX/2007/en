--- v0 (2025-10-08)
+++ v1 (2025-12-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69fcf09cb48a4560" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0ecca58090f94737877fcf83ea98d1d6.psmdcp" Id="R33a4b0c5c2f44380" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R328f3277fe504929" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bc46b8ee8041488e8baaca7f1c44848b.psmdcp" Id="R84c207945e7b4d31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EY028</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/3/2020 11:00:00 AM</x:t>
+    <x:t>03/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EY028/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016SR1</x:t>
   </x:si>
   <x:si>
     <x:t>Census 2016 Summary Results Part 1</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -457,315 +457,158 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...263 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02831V03405" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ability to Speak English" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthplace" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L289" totalsRowShown="0">
   <x:autoFilter ref="A1:L289"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02831V03405"/>
     <x:tableColumn id="6" name="Ability to Speak English"/>
     <x:tableColumn id="7" name="C02719V03286"/>
     <x:tableColumn id="8" name="Birthplace"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1038,51 +881,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EY028/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1269,51 +1112,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L289"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="112.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="23.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="27.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -12287,51 +12130,51 @@
       <x:c r="I289" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L289" s="0">
         <x:v>740</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12348,51 +12191,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L289" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EY028"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="205"/>
         <x:s v="250"/>
         <x:s v="275"/>
         <x:s v="35124"/>
         <x:s v="425"/>
         <x:s v="525"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
@@ -12731,27 +12574,4060 @@
         <x:n v="196"/>
         <x:n v="297"/>
         <x:n v="589"/>
         <x:n v="1267"/>
         <x:n v="785"/>
         <x:n v="1564"/>
         <x:n v="36"/>
         <x:n v="78"/>
         <x:n v="447"/>
         <x:n v="827"/>
         <x:n v="483"/>
         <x:n v="905"/>
         <x:n v="494"/>
         <x:n v="618"/>
         <x:n v="109"/>
         <x:n v="122"/>
         <x:n v="603"/>
         <x:n v="740"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133187"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="183923"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="380881"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="428095"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="514068"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="612018"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81324"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116942"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164067"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="211970"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245391"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="328912"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20637"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31304"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140824"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="147800"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161461"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="179104"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14761"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18784"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59686"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53929"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74447"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72713"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6921"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6639"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8193"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7256"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15114"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13895"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9544"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10254"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8111"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7140"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17655"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17394"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30090"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36450"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6041"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5415"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36131"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41865"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6742"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8978"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7644"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9952"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6541"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9036"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7738"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10349"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7104"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9150"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1899"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9003"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10761"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6267"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5741"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1595"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7862"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6936"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3436"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3545"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3884"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3867"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26569"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54693"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28546"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23719"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55115"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78412"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19446"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39702"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17054"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15992"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36500"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55694"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4447"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10503"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8269"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5488"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12716"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15991"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2668"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2239"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3705"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4230"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1753"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2111"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21187"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31078"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22534"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26855"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43721"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57933"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14307"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22863"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16198"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21715"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30505"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44578"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3883"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4836"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4911"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3769"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8794"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8605"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1787"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2127"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2622"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2916"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9622"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9581"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37591"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37421"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47213"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47002"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6833"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6923"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15742"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21230"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22575"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28153"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15596"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11563"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16928"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12904"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5014"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3631"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5834"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4413"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="35124"/>
+    <s v="19 - 24 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31756"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33791"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258784"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="290844"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="290540"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="324635"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23586"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24908"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104557"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="136489"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128143"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="161397"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3093"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3769"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103563"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="112565"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106656"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116334"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2743"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2820"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42010"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34727"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44753"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37547"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3702"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2793"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3961"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3108"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1979"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4952"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4270"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7027"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="425"/>
+    <s v="25 - 49 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6249"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9314"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11796"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23401"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37332"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32715"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49128"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6954"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8660"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7770"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12749"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14724"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21409"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6293"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11630"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7167"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12816"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7100"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10342"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7745"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11282"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1627"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4649"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6534"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3984"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6509"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8633"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13043"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3456"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4908"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1844"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2821"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5300"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7729"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2105"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="EY028"/>
+    <s v="Population Usually Resident and Present in the State who Speak a Language other than English or Irish at Home 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+</pivotCacheRecords>
 </file>