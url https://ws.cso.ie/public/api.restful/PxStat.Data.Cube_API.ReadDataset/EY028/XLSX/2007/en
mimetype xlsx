--- v1 (2025-12-03)
+++ v2 (2026-03-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R328f3277fe504929" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bc46b8ee8041488e8baaca7f1c44848b.psmdcp" Id="R84c207945e7b4d31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree048753b2294afb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e4fdbb142cbf46ce95a1f1b4ac5effbf.psmdcp" Id="Rc3d2b15bf645482f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>