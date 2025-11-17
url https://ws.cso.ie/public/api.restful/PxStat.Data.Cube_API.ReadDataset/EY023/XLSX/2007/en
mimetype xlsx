--- v0 (2025-10-01)
+++ v1 (2025-11-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda1c29cd98e14324" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/469690dcbd264bd7b3f3d93c905b1fb6.psmdcp" Id="Rafc1869873054352" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd766ce9a14d24156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/df1ae8757212471ba5b564e4cf47509b.psmdcp" Id="R0ad5ff3844644508" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>