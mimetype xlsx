--- v1 (2025-11-17)
+++ v2 (2026-02-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd766ce9a14d24156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/df1ae8757212471ba5b564e4cf47509b.psmdcp" Id="R0ad5ff3844644508" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3052b79a1c4c42a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a20aa34366ba461da69b44242cb845ef.psmdcp" Id="R2490f6cf42804e17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EY023</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/13/2020 11:00:00 AM</x:t>
+    <x:t>13/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EY023/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016SR1</x:t>
   </x:si>
   <x:si>
     <x:t>Census 2016 Summary Results Part 1</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -472,339 +472,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286A" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthplace" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01936V02368" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year of taking up Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286B" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Country of Previous Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L397" totalsRowShown="0">
   <x:autoFilter ref="A1:L397"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02719V03286A"/>
     <x:tableColumn id="4" name="Birthplace"/>
     <x:tableColumn id="5" name="C01936V02368"/>
     <x:tableColumn id="6" name="Year of taking up Residence"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="C02719V03286B"/>
     <x:tableColumn id="10" name="Country of Previous Residence"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1077,51 +902,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EY023/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1308,51 +1133,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L397"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="108.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="17.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="27.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="27.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="17.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="40.567768" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -16430,51 +16255,51 @@
       <x:c r="I397" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L397" s="0">
         <x:v>87196</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16491,51 +16316,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L397" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EY023"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02719V03286A">
       <x:sharedItems count="3">
         <x:s v="IE"/>
         <x:s v="ZZWORA"/>
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Birthplace">
       <x:sharedItems count="3">
         <x:s v="Ireland"/>
         <x:s v="All countries excluding Ireland"/>
         <x:s v="All countries"/>
       </x:sharedItems>
@@ -16963,27 +16788,5572 @@
         <x:n v="37495"/>
         <x:n v="27115"/>
         <x:n v="25042"/>
         <x:n v="11174"/>
         <x:n v="64786"/>
         <x:n v="165612"/>
         <x:n v="12704"/>
         <x:n v="4570"/>
         <x:n v="20561"/>
         <x:n v="2223"/>
         <x:n v="38005"/>
         <x:n v="78063"/>
         <x:n v="13974"/>
         <x:n v="6750"/>
         <x:n v="19633"/>
         <x:n v="2513"/>
         <x:n v="44326"/>
         <x:n v="87196"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="217783"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="29527"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="2144"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="46018"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="102743"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="398215"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="201746"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="31098"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="3338"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="44202"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="118732"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="399116"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="1827"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="6755"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="8321"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="4341"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="5413"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="23782"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="3005"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="2888"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="30415"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="19013"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="2417"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="2317"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="24369"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="35588"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="3528"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="6112"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="47003"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="30608"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="1486"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="2923"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="5389"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="40437"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="27318"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="3182"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="5928"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="8889"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="45399"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="23459"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="2846"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="4890"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="7651"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="38923"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="67793"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="10321"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="15780"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="23005"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="117446"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="57745"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="8889"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="13360"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="19745"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="100203"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="31761"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="7587"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="11145"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="23285"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="74417"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="26299"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="6051"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="9040"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="18548"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="60560"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="17265"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="5094"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="4785"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="19457"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="47258"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="15689"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="4463"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="4467"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="17131"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="42518"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="17324"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="5746"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="5408"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="27254"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="56648"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="5975"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="18196"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="26129"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="6539"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="20109"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="29180"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="175296"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="44808"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="129727"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="24541"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="119783"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="494155"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="161657"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="55533"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="118984"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="24689"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="128920"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="489783"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="1947"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="2501"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="1532"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="8344"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="10664"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="7224"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="9290"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="20710"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="2280"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="25645"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="18580"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="2006"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="22959"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="16254"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="2150"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="1707"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="3005"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="23257"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="13894"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="2399"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="19712"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="54288"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="8998"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="3531"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="6987"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="17967"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="91771"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="42604"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="7331"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="2920"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="5144"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="12922"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="70921"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="41276"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="12251"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="64126"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="6933"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="43416"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="168002"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="31468"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="8656"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="43622"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="5361"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="28208"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="117315"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="24461"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="15708"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="41415"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="5166"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="31821"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="118571"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="17939"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="8849"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="28883"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="3399"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="20374"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="79444"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="20171"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="21369"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="24126"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="5766"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="37532"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="108964"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="6729"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="3865"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="20406"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="19809"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="51934"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="7435"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="5857"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="19207"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="24217"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="58016"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="393079"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="74335"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="131871"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="70559"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="222526"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="892370"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="363403"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="86631"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="122322"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="68891"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="247652"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="888899"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="2833"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="3637"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="2017"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="8702"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="10822"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="5873"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="7423"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="32126"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="3786"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="3932"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="41079"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="26237"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="3131"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="3244"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="33659"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="56298"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="2886"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="4972"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="8392"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="72648"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="49188"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="2509"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="4202"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="7395"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="63396"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="43572"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="5332"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="7635"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="11894"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="68656"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="37353"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="4739"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="6310"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="10050"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="58635"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="122081"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="19319"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="4078"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="22767"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="40972"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="209217"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="100349"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="16220"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="3384"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="18504"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="32667"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="171124"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="73037"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="19838"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="64765"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="18078"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="66701"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="242419"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="57767"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="14707"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="44244"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="14401"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="46756"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="177875"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="41726"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="20802"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="42072"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="9951"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="51278"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="165829"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="33628"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="13312"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="29651"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="7866"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="37505"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="121962"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="37495"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="27115"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="25042"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="11174"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="64786"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="165612"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="12704"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="4570"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="20561"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="2223"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="38005"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="78063"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Number"/>
+    <n v="13974"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="Number"/>
+    <n v="6750"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZACC13"/>
+    <s v="EU15 to EU28 states"/>
+    <s v="Number"/>
+    <n v="19633"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Number"/>
+    <n v="2513"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="Number"/>
+    <n v="44326"/>
+  </r>
+  <r>
+    <s v="EY023"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Lived Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Number"/>
+    <n v="87196"/>
+  </r>
+</pivotCacheRecords>
 </file>