--- v0 (2025-11-05)
+++ v1 (2026-02-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51090bfa923144cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4c1d5125a75947a39cf946ff3cf845d2.psmdcp" Id="R3d8430c51b5c4c7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72869f63ad10405b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/019aaef0a4ff43f586fdd67c7bb1e4ae.psmdcp" Id="Rf8309f07a3894881" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EY004</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population and Actual and Percentage Change 2006 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/2/2020 11:00:00 AM</x:t>
+    <x:t>02/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EY004/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016SR1</x:t>
   </x:si>
   <x:si>
     <x:t>Census 2016 Summary Results Part 1</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -589,467 +589,190 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...415 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03367V04052" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="County and City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J865" totalsRowShown="0">
   <x:autoFilter ref="A1:J865"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C03367V04052"/>
     <x:tableColumn id="4" name="County and City"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1320,51 +1043,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EY004/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1551,51 +1274,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J865"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="37.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -29265,51 +28988,51 @@
       <x:c r="G865" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H865" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I865" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J865" s="0">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -29326,51 +29049,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J865" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03367V04052">
       <x:sharedItems count="32">
         <x:s v="IE"/>
         <x:s v="CW"/>
         <x:s v="DC"/>
         <x:s v="DR"/>
         <x:s v="FL"/>
         <x:s v="SD"/>
         <x:s v="KE"/>
@@ -30171,27 +29894,10396 @@
         <x:n v="3557"/>
         <x:n v="36170"/>
         <x:n v="5082"/>
         <x:n v="16.3"/>
         <x:n v="37846"/>
         <x:n v="1676"/>
         <x:n v="73294"/>
         <x:n v="4735"/>
         <x:n v="80614"/>
         <x:n v="7320"/>
         <x:n v="80170"/>
         <x:n v="-444"/>
         <x:n v="27414"/>
         <x:n v="1627"/>
         <x:n v="30042"/>
         <x:n v="2628"/>
         <x:n v="30520"/>
         <x:n v="478"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4239848"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="322645"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4588252"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="348404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4761865"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="173613"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="50349"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4335"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="54612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4263"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="56932"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2320"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="506211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="10430"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="527612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="21401"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="554554"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="26942"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="194038"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2246"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="206261"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="12223"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="218018"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="11757"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="239992"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="43579"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="273991"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="33999"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="296020"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="22029"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="246935"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="8100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="265205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="18270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="278767"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="13562"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="186335"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="22391"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="210312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="23977"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="222504"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="12192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="87558"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="7219"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="95419"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="7861"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="99232"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3813"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="67059"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="8285"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="80559"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="13500"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="84697"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4138"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="34391"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3323"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="39000"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4609"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="40873"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1873"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="111267"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="9446"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="122897"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="11630"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="128884"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5987"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="162831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="28826"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="184135"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="21304"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="195044"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="10909"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="70868"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="7205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="76687"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5819"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="77961"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="79346"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="7488"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="86164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6818"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="88770"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2606"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="131749"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="15153"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="145320"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="13571"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="149722"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4402"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="126194"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="11518"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="136640"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="10446"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="142425"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5785"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="110950"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="7673"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="117196"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6246"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="118817"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="119418"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-3644"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="119230"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-188"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="125657"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6427"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="361877"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="37110"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="399802"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="37925"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="417211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="17409"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="139835"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="7308"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="145502"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5667"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="147707"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="184055"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="8751"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="191809"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="7754"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="194899"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3090"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="149244"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="9113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="158754"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="9510"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="159553"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="107961"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6415"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="113795"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5834"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="116176"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2381"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="72414"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6582"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="75529"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3115"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="78668"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3139"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="159256"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="16011"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="175124"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="15868"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="179390"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4266"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="28950"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="31798"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2848"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="32044"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="123839"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6393"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="130638"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6799"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="130507"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-131"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="58768"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4994"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="64065"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5297"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="64544"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="60894"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2694"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="65393"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4499"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="65535"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="64003"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="7457"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="73183"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="9180"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="76176"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2993"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="147264"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="9689"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="161137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="13873"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="159192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-1945"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-1.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="55997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="60483"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4486"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="61386"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2121171"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="175007"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2272699"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="151528"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2354428"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="81729"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="25611"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2208"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="27431"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1820"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="28465"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="248087"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="10274"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="257303"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="9216"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="272270"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="14967"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="92899"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="98567"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5668"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="104584"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6017"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="119200"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="21791"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="134488"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="15288"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="145240"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="10752"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="122371"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4855"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="129544"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="7173"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="136277"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6733"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="94190"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="11455"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="104658"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="10468"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="110546"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5888"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="44263"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3723"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="47788"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3525"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="49533"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="34409"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4278"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="40587"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6178"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="42811"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2224"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="17573"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="19649"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2076"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="20587"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="55335"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4846"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="60763"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5428"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="63633"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2870"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="82651"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="14918"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="91910"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="9259"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="96776"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4866"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="35937"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3752"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="38430"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2493"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="38838"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="39819"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3859"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="42783"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2964"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="44082"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="66070"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="7900"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="71909"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5839"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="73722"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1813"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="62905"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6105"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="67542"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4637"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="70156"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2614"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="56048"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3985"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="58298"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2250"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="58785"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="58449"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-814"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-1.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="58812"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="61722"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2910"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="182365"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="19311"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="198658"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="16293"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="206953"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="8295"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="70641"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4069"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="72629"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1988"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="73055"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="92680"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5049"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="95815"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3135"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="97340"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="75818"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4955"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="79584"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3766"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="79668"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="53932"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3260"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="56464"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2532"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="57651"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="34848"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3833"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="36514"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="37800"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="81628"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="8276"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="88244"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6616"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="89863"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="14903"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="16144"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="16064"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-80"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="62636"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3487"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="65420"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2784"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="65047"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-373"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="30178"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2595"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="32353"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2175"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="32377"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="30257"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1486"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="32435"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2178"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="32365"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-70"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="32915"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3900"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="37013"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4098"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="38330"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="73970"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4954"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="80523"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6553"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="79022"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-1501"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-1.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="28583"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1777"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="30441"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1858"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="30866"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2118677"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="147638"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2315553"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="196876"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2407437"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="91884"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="24738"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2127"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="27181"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2443"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="28467"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="258124"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="270309"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="12185"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="282284"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="11975"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="101139"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="107694"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6555"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="113434"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5740"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="120792"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="21788"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="139503"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="18711"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="150780"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="11277"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="124564"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3245"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="135661"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="11097"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="142490"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6829"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="92145"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="10936"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="105654"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="13509"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="111958"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6304"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="43295"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3496"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="47631"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4336"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="49699"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2068"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="32650"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4007"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="39972"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="7322"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="41886"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="16818"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1544"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="19351"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2533"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="20286"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="55932"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4600"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="62134"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6202"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="65251"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3117"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="80180"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="13908"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="92225"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="12045"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="98268"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6043"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="34931"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3453"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="38257"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3326"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="39123"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="39527"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3629"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="43381"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3854"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="44688"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="65679"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="7253"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="73411"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="7732"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="76000"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2589"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="63289"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5413"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="69098"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5809"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="72269"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3171"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="54902"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3688"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="58898"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3996"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="60032"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="60969"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-2830"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-4.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="60418"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-551"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-0.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="63935"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3517"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="179512"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="17799"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="201144"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="21632"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="210258"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="9114"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="69194"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3239"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="72873"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3679"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="74652"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="91375"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3702"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="95994"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4619"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="97559"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="73426"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4158"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="79170"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5744"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="79885"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="54029"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3155"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="57331"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3302"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="58525"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="37566"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2749"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="39015"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="40868"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1853"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="77628"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="7735"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="86880"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="9252"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="89527"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2647"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="14047"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1572"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="15654"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="15980"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="61203"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2906"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="65218"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4015"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="65460"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="28590"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2399"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="31712"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3122"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="32167"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="30637"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="32958"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2321"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="33170"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="31088"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3557"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="36170"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5082"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="37846"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1676"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="73294"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4735"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="80614"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="7320"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="80170"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-444"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="27414"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1627"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="30042"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2628"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="30520"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C02"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EY004C03"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+</pivotCacheRecords>
 </file>