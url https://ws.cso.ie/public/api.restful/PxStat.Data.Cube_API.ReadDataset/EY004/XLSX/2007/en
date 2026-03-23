--- v1 (2026-02-01)
+++ v2 (2026-03-23)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72869f63ad10405b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/019aaef0a4ff43f586fdd67c7bb1e4ae.psmdcp" Id="Rf8309f07a3894881" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf4c1432e8fd4487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8bf65467342c4ca9beed603860500090.psmdcp" Id="Re37a6a2a52a949a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>