--- v0 (2025-11-03)
+++ v1 (2025-12-23)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66c89126503e4c1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9c7e40d9ce55417fadfc8a9760282423.psmdcp" Id="R85978bd85c12451d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ddb4ac892b34c25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/023ab161db954b3cbbeed19db7946e0a.psmdcp" Id="R77b2bf39ad25432f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ETA08</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Environment Taxes, Energy Taxes, Transport Taxes and Pollution and Resource Taxes</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/30/2025 11:00:00 AM</x:t>
+    <x:t>30/09/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ETA08/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>ETA</x:t>
   </x:si>
   <x:si>
     <x:t>Environment Taxes</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Clare O'Hara</x:t>
   </x:si>
@@ -535,443 +535,178 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...391 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03803V04563" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="20">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+      </items>
+    </pivotField>
+    <pivotField name="NACE Sector of Payer" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="20">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1281" totalsRowShown="0">
   <x:autoFilter ref="A1:H1281"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03803V04563"/>
     <x:tableColumn id="6" name="NACE Sector of Payer"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1240,51 +975,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ETA08/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1471,51 +1206,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H1281"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="60.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -34809,51 +34544,51 @@
       <x:c r="E1281" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F1281" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G1281" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1281" s="0">
         <x:v>17.2439</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -34870,51 +34605,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1281" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="4">
         <x:s v="ETA08C01"/>
         <x:s v="ETA08C02"/>
         <x:s v="ETA08C03"/>
         <x:s v="ETA08C04"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="4">
         <x:s v="Environmental Taxes"/>
         <x:s v="Energy Taxes"/>
         <x:s v="Transport Taxes"/>
         <x:s v="Pollution and Resource Taxes"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="16">
         <x:s v="2009"/>
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
@@ -36213,27 +35948,12828 @@
         <x:n v="0.0134"/>
         <x:n v="0.3408"/>
         <x:n v="0.8986"/>
         <x:n v="0.1551"/>
         <x:n v="1.2617"/>
         <x:n v="0.1099"/>
         <x:n v="0.1199"/>
         <x:n v="0.7672"/>
         <x:n v="8.64"/>
         <x:n v="2.3165"/>
         <x:n v="0.4181"/>
         <x:n v="0.0926"/>
         <x:n v="0.3255"/>
         <x:n v="0.5702"/>
         <x:n v="0.6643"/>
         <x:n v="3.9603"/>
         <x:n v="0.2925"/>
         <x:n v="17.2439"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="48.08"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="127.56"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="7.74"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="8.75"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="6.33"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="15.96"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="6.25"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="50.04"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="10.79"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="1004.16"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="153.19"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="593.05"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="15.37"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="11.07"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="41.51"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="118.53"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="59.84"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="11.61"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="2667.65"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="56.66"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="120.21"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="7.05"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="14.61"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="8.53"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="22.56"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="18.67"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="5.96"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="25.27"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="17.57"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="1075.33"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="181.07"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="627.27"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="20.42"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="9.15"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="45.55"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="112.4"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="67.55"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="2851.48"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="66.92"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="128.5"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="9.46"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="20.74"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="16.77"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="24.48"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="29.28"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="5.48"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="14.11"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="8.18"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="1113.87"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="145.41"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="658.15"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="17.36"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="69.49"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="122.61"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="76.08"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="9.48"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="2899.17"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="63.5"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="137.94"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="20.18"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="15.23"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="30.28"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="25.32"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="6.24"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="13.28"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="18.92"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="1076.72"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="147.74"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="676.9"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="14.39"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="15.49"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="49.98"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="90.24"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="73.72"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="8.26"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="2895.28"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="64.62"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="210.25"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="11.79"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="28.21"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="20.03"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="38.42"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="35.31"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="18.56"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="12.28"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="45.65"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="1084.32"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="195.62"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="596.31"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="20.87"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="20.84"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="19.06"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="131.27"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="81.35"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="19.01"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="3085.67"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="51.53"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="293.29"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="12.27"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="38.61"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="29.66"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="46.76"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="42.47"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="39.8"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="26.92"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="56.8"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="1113.13"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="579.66"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="24.07"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="23.82"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="142.88"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="81.9"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="3225.97"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="59.21"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="303.11"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="8.24"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="43.25"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="31.93"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="48.33"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="46.01"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="40.43"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="52.32"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="1220.75"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="240.15"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="614.72"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="30.67"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="45.27"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="32.28"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="142.94"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="93.13"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="3394.18"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="60.52"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="307.97"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="47.02"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="32.67"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="44.7"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="47.42"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="35.14"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="36.05"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="52.86"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="1311.35"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="252.65"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="669.16"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="34.63"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="51.22"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="34.76"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="140.15"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="98.07"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="30.72"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="3437.64"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="66.69"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="340.2"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="10.65"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="48.78"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="36.98"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="45.14"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="55.06"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="34.47"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="46.27"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="62.86"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="1373.9"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="253.93"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="717.45"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="38.35"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="55.37"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="24.61"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="141.4"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="110.56"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="32.22"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="3451.58"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="70.77"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="351.65"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="9.74"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="53.34"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="35.77"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="49.71"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="51.66"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="33.83"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="47.38"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="70.21"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="1355.17"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="264.04"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="684.09"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="36.56"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="54.8"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="24.25"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="136.37"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="117.04"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="38.02"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="3340.83"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="63.62"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="327.59"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="8.71"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="46.24"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="23.86"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="40.8"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="36.24"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="47.11"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="47.91"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="76.7"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="1238.94"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="237.62"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="628.73"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="26.44"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="45.64"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="16.98"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="144.55"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="110.99"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="3414.82"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="66.73"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="470.4"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="5.63"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="56.28"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="30.84"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="39.72"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="47.8"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="97.58"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="57.99"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="134.58"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="1060.02"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="221.34"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="489.94"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="32.73"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="57.79"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="18.73"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="106.95"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="110.1"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="22.44"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="2908.26"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="78.2"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="574.95"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="7.68"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="70.49"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="40.81"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="53.2"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="55.64"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="113.76"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="52.27"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="181.09"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="1188.1"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="242.88"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="530.26"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="32.41"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="91.72"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="19.62"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="113.92"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="131.01"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="26.28"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="3141.05"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="69.82"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="425.38"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="5.75"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="55.56"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="25.99"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="48.01"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="34.74"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="79.86"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="29.82"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="145.66"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="1110.19"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="248.62"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="540.64"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="20.61"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="35.79"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="18.49"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="106.53"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="111.67"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="27.84"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="2821.78"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="74.24"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="680.24"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="5.99"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="53.66"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="21.13"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="52.7"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="31.62"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="266.3"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="34.12"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="214.72"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="1148.52"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="217.86"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="609.1"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="19.76"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="18.77"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="16.95"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="116.73"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="116.73"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="32.62"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="3028.76"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="96.65"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="576.88"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="7.27"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="64.81"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="26.98"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="64.04"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="42.11"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="76.59"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="41.12"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="253.97"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="1355.24"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="251.02"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="712.58"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="25.71"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="20.45"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="127.5"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="143.7"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="38.98"/>
+  </r>
+  <r>
+    <s v="ETA08C01"/>
+    <s v="Environmental Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="3438.31"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="45.24"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="96.69"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="6.94"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="6.42"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="5.04"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="17.83"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="8.66"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="5.08"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="40.82"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="695.64"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="87.17"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="492.09"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="11.75"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="8.62"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="32.57"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="52.98"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="8.06"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1430.3"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="54.12"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="96.23"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="6.49"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="12.71"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="7.96"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="19.15"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="10.51"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="4.96"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="21.36"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="766.92"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="112.82"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="528.7"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="16.78"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="6.36"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="5.37"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="26.98"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="61.57"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="8.34"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1603.03"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="63.63"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="105.51"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="8.79"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="18.23"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="16.07"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="21.39"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="19.64"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="4.61"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="12.41"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="4.37"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="799.36"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="90.72"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="565.55"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="15.86"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="13.09"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="9.07"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="26.71"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="70.38"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="7.98"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1727.81"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="58.79"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="108.31"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="7.61"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="13.98"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="25.11"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="4.69"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="10.87"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="13.44"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="770.3"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="81.54"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="553.06"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="12.94"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="12.83"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="6.55"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="66.39"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="6.98"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1697.01"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="58.66"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="169.69"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="10.14"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="24.25"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="18.42"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="31.42"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="24.71"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="17.09"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="9.72"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="33.94"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="761.79"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="118.07"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="464.16"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="18.75"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="17.18"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="8.97"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="45.86"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="73.59"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="15.21"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1731.2"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="45.59"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="244.62"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="10.44"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="33.28"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="26.72"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="39.01"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="33.04"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="37.84"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="22.44"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="41.84"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="762.89"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="128.93"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="441.5"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="21.61"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="9.66"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="46.68"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="72.98"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="16.22"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1787.1"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="53.11"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="251.6"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="6.94"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="37.65"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="29.45"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="40.01"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="36.69"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="30.85"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="32.19"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="37.81"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="857.64"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="150.58"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="473.44"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="27.73"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="14.86"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="51.43"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="82.69"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="17.92"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1880.53"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="53.91"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="255.95"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="9.83"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="40.03"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="30.02"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="36.95"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="38.58"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="33.38"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="29.28"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="37.87"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="938.13"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="155.91"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="516.96"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="42.39"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="17.15"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="85.17"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="24.94"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1887.27"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="60.02"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="290.98"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="8.91"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="43.87"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="35.07"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="46.5"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="32.4"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="38.6"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="47.13"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="1021.97"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="166.51"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="560.85"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="34.43"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="50.36"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="13.13"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="71.82"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="98.12"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="26.75"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1885.03"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="64.83"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="300.19"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="8.17"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="47.23"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="33.49"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="42.77"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="45.32"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="31.85"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="38.68"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="52.69"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="1004.03"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="170.78"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="533.48"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="33.24"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="50.97"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="16.91"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="67.47"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="99.74"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="31.44"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1806.99"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="57.77"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="279.1"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="7.22"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="40.04"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="22.33"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="34.66"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="30.84"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="45.1"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="38.85"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="60.06"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="898.73"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="150.46"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="489.2"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="23.48"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="41.39"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="12.35"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="62.82"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="95.88"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="23.16"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1803.94"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="60.51"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="401.34"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="4.68"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="49.54"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="28.78"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="33.76"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="40.78"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="95.97"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="46.98"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="100.85"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="783.5"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="141.53"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="364.41"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="27.88"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="53.01"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="14.08"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="65.58"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="98.46"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="18.54"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1540.82"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="71.91"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="498.56"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="6.21"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="63.01"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="38.32"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="46.16"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="49.04"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="111.85"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="44.52"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="139.46"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="910.32"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="171.29"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="412.43"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="28.76"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="87.19"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="15.33"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="54.99"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="118.02"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="22.31"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1750.95"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="64.11"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="360.74"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="4.49"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="48.65"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="23.47"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="40.66"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="27.78"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="77.86"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="24.28"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="113.54"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="830.75"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="170.82"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="419.73"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="17.88"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="33.13"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="12.95"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="54.74"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="98.64"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="22.87"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1392.15"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="68.06"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="602.15"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="4.52"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="46.88"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="19.06"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="44.37"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="25.36"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="263.58"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="27.36"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="171.02"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="851.56"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="145.94"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="485.2"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="16.87"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="16.56"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="12.05"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="45.65"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="102.26"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="27.03"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1508.39"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="90.29"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="493.01"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="5.79"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="57.51"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="24.16"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="55.3"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="34.73"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="73.69"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="33.91"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="207.93"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="1046.92"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="176.04"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="586.39"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="22.53"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="32.75"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="55.2"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="125.99"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="33.02"/>
+  </r>
+  <r>
+    <s v="ETA08C02"/>
+    <s v="Energy Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1841.28"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="2.69"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="24.06"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="0.77"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="1.15"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="0.67"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="3.36"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="6.48"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="1.14"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="8.71"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="1.77"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="298.11"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="64.88"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="99.78"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="2.72"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="1.88"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="38.88"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="82.04"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="5.92"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="2.01"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1197.85"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="17.57"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="0.54"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="1.22"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="0.31"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="2.88"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="5.83"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="1.99"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="293.99"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="66.87"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="97.24"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="2.87"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="1.04"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="39.2"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="80.37"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="4.93"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="1.48"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1208.19"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="2.89"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="13.97"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="0.61"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="1.28"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="0.54"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="2.14"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="5.98"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="0.86"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="1.55"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="305.04"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="53.53"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="91.43"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="1.25"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="59.04"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="93.47"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="4.56"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="0.55"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1126.92"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="4.29"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="20.46"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="0.86"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="1.64"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="0.65"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="4.44"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="6.25"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="1.21"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="2.13"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="3.27"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="297.56"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="64.81"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="122.31"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="1.18"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="2.07"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="58.02"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="6.08"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="0.89"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1149.78"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="5.69"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="32.97"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="1.62"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="2.94"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="1.06"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="6.29"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="7.58"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="1.28"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="2.14"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="10.06"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="311.49"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="75.7"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="130.63"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="1.83"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="2.69"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="8.84"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="82.14"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="6.57"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="3.09"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="5.74"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="41.83"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="1.83"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="4.32"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="1.89"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="7.28"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="7.11"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="1.96"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="4.35"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="341.3"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="80.55"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="137.23"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="2.28"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="3.41"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="93.58"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="7.99"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="3.06"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1407.28"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="5.88"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="44.05"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="1.28"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="4.68"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="1.55"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="7.85"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="6.41"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="1.74"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="7.99"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="12.56"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="353.93"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="88.35"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="140.07"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="2.76"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="4.44"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="16.37"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="89.5"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="9.37"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="3.08"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1483.27"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="6.21"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="44.3"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="2.24"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="6.24"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="1.73"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="7.04"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="5.86"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="1.76"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="6.38"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="13.05"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="360.24"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="95.3"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="150.85"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="3.41"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="5.07"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="16.63"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="73.01"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="10.91"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="5.06"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1513.19"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="6.22"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="43.63"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="1.73"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="4.49"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="1.57"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="6.32"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="2.07"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="7.57"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="13.67"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="344.03"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="86.4"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="156.11"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="3.62"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="4.14"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="9.68"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="68.46"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="10.92"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="4.71"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1534.92"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="5.87"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="49.59"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="1.57"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="6.05"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="1.76"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="6.83"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="5.89"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="1.98"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="8.66"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="16.86"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="340.35"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="89.88"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="150.4"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="3.21"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="3.57"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="6.87"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="68.38"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="11.64"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="6.41"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1520.41"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="5.77"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="47.55"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="1.49"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="6.18"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="1.29"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="6.12"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="5.12"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="2.01"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="9.04"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="16.29"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="333.04"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="84.95"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="139.23"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="2.91"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="81.46"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="11.37"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="4.72"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1600.39"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="6.12"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="67.14"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="0.93"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="6.51"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="1.57"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="5.88"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="6.29"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="1.59"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="10.94"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="33.44"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="274.15"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="79.25"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="125.39"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="4.83"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="4.62"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="4.43"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="41.06"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="10.86"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="3.72"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1360.74"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="6.18"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="73.82"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="1.46"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="7.21"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="1.88"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="6.93"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="5.72"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="1.76"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="7.66"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="275.17"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="71.16"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="117.62"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="4.39"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="4.03"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="58.57"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="11.97"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="3.84"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1382.01"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="62.9"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="1.25"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="6.76"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="2.12"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="7.26"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="6.37"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="1.96"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="5.49"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="31.7"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="274.81"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="76.54"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="120.71"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="2.67"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="2.48"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="5.22"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="51.44"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="10.91"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="4.83"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1417.63"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="6.12"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="77.15"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="1.46"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="1.83"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="8.29"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="5.96"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="2.69"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="6.73"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="43.49"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="294.35"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="71.19"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="123.79"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="2.87"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="2.12"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="4.74"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="70.9"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="13.23"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="5.52"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1514.58"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="6.24"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="80.21"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="1.47"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="6.96"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="1.92"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="8.59"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="6.11"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="2.79"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="7.09"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="45.27"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="299.68"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="72.66"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="125.77"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="3.09"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="2.23"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="4.88"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="71.63"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="13.75"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="5.67"/>
+  </r>
+  <r>
+    <s v="ETA08C03"/>
+    <s v="Transport Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="1579.78"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="0.1444"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="6.8146"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="0.0306"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="1.1716"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="0.6162"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="0.5102"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="0.8167"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="0.0339"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="0.5062"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="3.1291"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="10.4128"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="1.1439"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="1.1799"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="0.9051"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="0.566"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="0.2309"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="3.9177"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="0.9374"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="1.532"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="39.5003"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="0.2382"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="6.414"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="0.0243"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="0.6868"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="0.2534"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="0.5176"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="2.3365"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="0.0008"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="0.1187"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="2.4759"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="14.4222"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="1.3808"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="1.3416"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="0.7747"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="1.756"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="0.9775"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="5.0497"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="1.0581"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="2.0838"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="40.2555"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="0.3979"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="9.0241"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="0.0513"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="1.2387"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="0.1604"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="0.9443"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="3.654"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="0.0077"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="0.1503"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="2.8176"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="9.4684"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="1.1592"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="1.172"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="0.251"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="0.9999"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="1.3771"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="2.4276"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="1.1353"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="0.9464"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="44.4407"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="0.4315"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="9.1731"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="0.0349"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="1.5383"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="0.5956"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="0.7286"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="3.4762"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="0.3299"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="0.2689"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="2.2007"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="8.8564"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="1.3823"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="1.5308"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="0.2744"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="0.5833"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="1.2254"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="2.2149"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="1.2517"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="0.3936"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="48.4888"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="0.2719"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="7.5849"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="0.0233"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="1.0161"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="0.5485"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="0.7146"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="3.0228"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="0.1927"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="0.4162"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="1.6508"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="11.0382"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="1.8387"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="1.5153"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="0.2944"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="0.9682"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="1.2476"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="3.2736"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="1.1892"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="0.7111"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="40.471"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="0.2047"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="6.8485"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="0.0038"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="1.0155"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="1.0443"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="0.4703"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="2.3223"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="0.002"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="0.1336"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="1.8569"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="8.9328"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="1.5187"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="0.9238"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="0.1794"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="1.1839"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="0.9611"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="2.6185"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="0.9294"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="0.6181"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="31.5917"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="0.2206"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="7.4585"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="0.0227"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="0.9154"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="0.9312"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="0.4719"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="2.9158"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="0.0024"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="0.2486"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="1.9505"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="9.1784"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="1.2188"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="1.2095"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="0.1833"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="1.8362"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="1.0497"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="2.011"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="1.0618"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="0.608"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="30.378"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="0.3903"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="7.723"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="0.026"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="0.7499"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="0.9316"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="0.7047"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="2.9782"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="0.0051"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="0.3964"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="1.931"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="12.985"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="1.4424"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="1.349"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="0.3127"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="3.7608"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="0.9756"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="2.4389"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="1.9878"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="0.7177"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="37.1828"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="0.4512"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="5.5878"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="0.012"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="0.4197"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="0.335"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="0.4351"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="2.238"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="0.0018"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="0.0933"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="2.0529"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="7.899"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="1.0229"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="0.4924"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="0.3004"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="0.8755"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="1.7986"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="1.1198"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="1.5253"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="0.7641"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="31.6206"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="0.0695"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="1.8664"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="0.0061"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="0.0505"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="0.5265"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="0.1168"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="0.4619"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="0.0009"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="0.04"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="0.6637"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="10.7931"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="3.3859"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="0.2056"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="0.1127"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="0.2585"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="0.4674"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="0.5305"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="5.6622"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="0.1702"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="13.427"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="0.0774"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="0.9391"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="0.0007"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="0.0129"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="0.2434"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="0.0277"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="0.2758"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="0.0003"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="0.0262"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="0.3522"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="7.1747"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="2.2152"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="0.3039"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="0.0463"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="0.1535"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="0.3249"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="0.2784"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="3.7346"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="0.1178"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="10.4899"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="0.0941"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="1.9193"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="0.0113"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="0.2322"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="0.4954"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="0.0777"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="0.7209"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="0.0214"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="0.0678"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="0.2927"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="2.3772"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="0.5673"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="0.1314"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="0.0276"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="0.1602"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="0.2215"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="0.3111"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="0.7863"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="0.1718"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="6.7012"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="0.1095"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="2.5628"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="0.0078"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="0.2775"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="0.6053"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="0.1093"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="0.8891"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="0.1574"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="0.0896"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="0.4267"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="2.6022"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="0.4346"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="0.2113"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="0.0479"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="0.1434"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="0.2523"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="0.3608"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="1.0206"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="0.1312"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="8.0865"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="0.0963"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="1.746"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="0.006"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="0.1457"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="0.4009"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="0.0845"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="0.5918"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="0.0409"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="0.0519"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="0.4242"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="4.6274"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="1.2572"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="0.1935"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="0.0565"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="0.1776"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="0.3215"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="0.3406"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="2.1283"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="0.1522"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="12.0013"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="0.0638"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="0.9322"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="0.0034"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="0.0787"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="0.2329"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="0.0419"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="0.3092"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="0.0244"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="0.0291"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="0.2126"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="2.6082"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="0.731"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="0.1058"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="0.0278"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="0.0887"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="0.1564"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="0.1813"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="1.2416"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="0.0757"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="5.7915"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing (01-03)"/>
+    <s v="Euro million"/>
+    <n v="0.1303"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="Industry (05-43)"/>
+    <s v="Euro million"/>
+    <n v="3.6667"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="21"/>
+    <s v="Mining and quarrying (05-09)"/>
+    <s v="Euro million"/>
+    <n v="0.0134"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="22"/>
+    <s v="Food, beverages and tobacco (10-12)"/>
+    <s v="Euro million"/>
+    <n v="0.3408"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="23"/>
+    <s v="Textiles and pharmaceuticals (13-21)"/>
+    <s v="Euro million"/>
+    <n v="0.8986"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="24"/>
+    <s v="Plastic and non-metallic minerals (22-23)"/>
+    <s v="Euro million"/>
+    <n v="0.1551"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="25"/>
+    <s v="Metals, machinery and equipment (24-33)"/>
+    <s v="Euro million"/>
+    <n v="1.2617"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="26"/>
+    <s v="Electricity and gas (35)"/>
+    <s v="Euro million"/>
+    <n v="0.1099"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="27"/>
+    <s v="Water and Waste (36-39)"/>
+    <s v="Euro million"/>
+    <n v="0.1199"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="28"/>
+    <s v="Construction (41-43)"/>
+    <s v="Euro million"/>
+    <n v="0.7672"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Services (45-96)"/>
+    <s v="Euro million"/>
+    <n v="8.64"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="31"/>
+    <s v="Wholesale and retail trade (45-47)"/>
+    <s v="Euro million"/>
+    <n v="2.3165"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="32"/>
+    <s v="Transport, postal and warehousing (49-53)"/>
+    <s v="Euro million"/>
+    <n v="0.4181"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="33"/>
+    <s v="Accommodation and food (55-56)"/>
+    <s v="Euro million"/>
+    <n v="0.0926"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="331"/>
+    <s v="Information and communication (58-63)"/>
+    <s v="Euro million"/>
+    <n v="0.3255"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="341"/>
+    <s v="Financial, insurance and real estate activities (64-68)"/>
+    <s v="Euro million"/>
+    <n v="0.5702"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="342"/>
+    <s v="Professional, scientific, leasing and administrative activities (69-82)"/>
+    <s v="Euro million"/>
+    <n v="0.6643"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="361"/>
+    <s v="Public administration, education and healthcare (84-88)"/>
+    <s v="Euro million"/>
+    <n v="3.9603"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="371"/>
+    <s v="Other services sectors ( 90-96)"/>
+    <s v="Euro million"/>
+    <n v="0.2925"/>
+  </r>
+  <r>
+    <s v="ETA08C04"/>
+    <s v="Pollution and Resource Taxes"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Households and non-residents"/>
+    <s v="Euro million"/>
+    <n v="17.2439"/>
+  </r>
+</pivotCacheRecords>
 </file>