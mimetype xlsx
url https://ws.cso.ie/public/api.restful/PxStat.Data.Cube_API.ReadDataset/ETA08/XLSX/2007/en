--- v1 (2025-12-23)
+++ v2 (2026-03-29)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ddb4ac892b34c25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/023ab161db954b3cbbeed19db7946e0a.psmdcp" Id="R77b2bf39ad25432f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b0044e27bff4d31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c9cfbf1711c64dc18f108054de1c6259.psmdcp" Id="R34ae4e25b5b34503" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>