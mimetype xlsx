--- v0 (2025-11-13)
+++ v1 (2026-03-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6c1aeac65a34eb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ca6bb1e726584460ba1b391c14886b89.psmdcp" Id="R5653030074e5438f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4073f3006914969" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf486c5847ba405588dd50c3f2238346.psmdcp" Id="Rbe198f55224f4ba5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ESQ18</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Employees aged 15 years and over in Temporary Employment (ILO)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/6/2020 11:00:00 AM</x:t>
+    <x:t>06/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>A break in continuity occurred as a result of a filter change related to this question in Q2 2012 and data from Q2 2012 onwards is not directly comparable with previous quarters</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ESQ18/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>QES</x:t>
   </x:si>
   <x:si>
     <x:t>QNHS Detailed Employment Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -657,50 +657,53 @@
     <x:t>2017Q1</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>It is a contract covering a period of training</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>Person could not find a permanent job</x:t>
   </x:si>
   <x:si>
     <x:t>3</x:t>
   </x:si>
   <x:si>
     <x:t>Person did not want a permanent job</x:t>
   </x:si>
   <x:si>
     <x:t>4</x:t>
   </x:si>
   <x:si>
     <x:t>It is a contract for a probationary period</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>5</x:t>
   </x:si>
   <x:si>
     <x:t>Not stated</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -844,795 +847,266 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...743 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03274V03947" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Reasons for Temporary Employment" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="77">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="77">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H463" totalsRowShown="0">
   <x:autoFilter ref="A1:H463"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C03274V03947"/>
     <x:tableColumn id="4" name="Reasons for Temporary Employment"/>
     <x:tableColumn id="5" name="TLIST(Q1)"/>
     <x:tableColumn id="6" name="Quarter"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1901,51 +1375,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ESQ18/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2134,51 +1608,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H463"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="61.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="43.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.567768" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="9.853482" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -10210,1338 +9684,1509 @@
         <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H310" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H311" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H312" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H313" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H314" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H315" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H316" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H317" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H318" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H319" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H320" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H321" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H322" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H323" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H324" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H325" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H326" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H327" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H328" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H329" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H330" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H331" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H332" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H333" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H334" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H335" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H336" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H337" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H338" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H339" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H340" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H341" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H342" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H343" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H344" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H345" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H346" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H347" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H348" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H349" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H350" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H351" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H352" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H353" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H354" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H355" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H356" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H357" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H358" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H359" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H360" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H361" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H362" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H363" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H364" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H365" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H366" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H367" s="0">
         <x:v>3</x:v>
@@ -11885,73 +11530,79 @@
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H381" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H382" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H383" s="0">
         <x:v>4.8</x:v>
@@ -11983,2089 +11634,2095 @@
         <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H385" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H386" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H387" s="0">
         <x:v>21.9</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H388" s="0">
         <x:v>21.9</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H389" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H390" s="0">
         <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H391" s="0">
         <x:v>29.8</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H392" s="0">
         <x:v>56.4</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H393" s="0">
         <x:v>59.8</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H394" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H395" s="0">
         <x:v>56.2</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H396" s="0">
         <x:v>58.8</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H397" s="0">
         <x:v>66.5</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H398" s="0">
         <x:v>58.2</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H399" s="0">
         <x:v>56.3</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H400" s="0">
         <x:v>60.1</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H401" s="0">
         <x:v>64.7</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H402" s="0">
         <x:v>57.4</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H403" s="0">
         <x:v>61.2</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H404" s="0">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H405" s="0">
         <x:v>66.4</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H406" s="0">
         <x:v>68.6</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H407" s="0">
         <x:v>67.5</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H408" s="0">
         <x:v>67.8</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H409" s="0">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H410" s="0">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H411" s="0">
         <x:v>77.4</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H412" s="0">
         <x:v>79.2</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H413" s="0">
         <x:v>85.9</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H414" s="0">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H415" s="0">
         <x:v>80.6</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H416" s="0">
         <x:v>87.2</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H417" s="0">
         <x:v>89.5</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H418" s="0">
         <x:v>75.1</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H419" s="0">
         <x:v>68.3</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H420" s="0">
         <x:v>76.5</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H421" s="0">
         <x:v>87.6</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H422" s="0">
         <x:v>82.7</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H423" s="0">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H424" s="0">
         <x:v>90.9</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H425" s="0">
         <x:v>89.5</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H426" s="0">
         <x:v>88.6</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H427" s="0">
         <x:v>81.2</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H428" s="0">
         <x:v>90.2</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H429" s="0">
         <x:v>89.3</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H430" s="0">
         <x:v>86.2</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H431" s="0">
         <x:v>82.9</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H432" s="0">
         <x:v>81.2</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H433" s="0">
         <x:v>88.4</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H434" s="0">
         <x:v>82.4</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H435" s="0">
         <x:v>78.1</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H436" s="0">
         <x:v>78.9</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H437" s="0">
         <x:v>84.2</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H438" s="0">
         <x:v>79.7</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H439" s="0">
         <x:v>87.6</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H440" s="0">
         <x:v>90.9</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H441" s="0">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H442" s="0">
         <x:v>83.6</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H443" s="0">
         <x:v>86.7</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H444" s="0">
         <x:v>28.1</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H445" s="0">
         <x:v>31.2</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H446" s="0">
         <x:v>28.1</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H447" s="0">
         <x:v>28.6</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H448" s="0">
         <x:v>30.7</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H449" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H450" s="0">
         <x:v>29.1</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H451" s="0">
         <x:v>26.6</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H452" s="0">
         <x:v>26.1</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H453" s="0">
         <x:v>28.3</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H454" s="0">
         <x:v>23.2</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="F455" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H455" s="0">
         <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="F456" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H456" s="0">
         <x:v>26.4</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H457" s="0">
         <x:v>29.9</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="F458" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H458" s="0">
         <x:v>26.8</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H459" s="0">
         <x:v>24.7</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="F460" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H460" s="0">
         <x:v>26.1</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H461" s="0">
         <x:v>25.1</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H462" s="0">
         <x:v>26.5</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="F463" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H463" s="0">
         <x:v>26.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14082,51 +13739,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H463" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="ESQ18"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03274V03947">
       <x:sharedItems count="6">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
         <x:s v="3"/>
         <x:s v="4"/>
         <x:s v="5"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Reasons for Temporary Employment">
       <x:sharedItems count="6">
         <x:s v="All reasons for being in temporary employment"/>
@@ -14596,27 +14253,4648 @@
         <x:n v="82.9"/>
         <x:n v="88.4"/>
         <x:n v="82.4"/>
         <x:n v="78.9"/>
         <x:n v="83"/>
         <x:n v="83.6"/>
         <x:n v="86.7"/>
         <x:n v="28.1"/>
         <x:n v="31.2"/>
         <x:n v="32"/>
         <x:n v="29.1"/>
         <x:n v="26.1"/>
         <x:n v="28.3"/>
         <x:n v="21.1"/>
         <x:n v="26.4"/>
         <x:n v="26.8"/>
         <x:n v="24.7"/>
         <x:n v="26.5"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Thousand"/>
+    <n v="108.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Thousand"/>
+    <n v="111.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Thousand"/>
+    <n v="134.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Thousand"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Thousand"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Thousand"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Thousand"/>
+    <n v="154.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Thousand"/>
+    <n v="121.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Thousand"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Thousand"/>
+    <n v="117.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Thousand"/>
+    <n v="148.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Thousand"/>
+    <n v="109.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Thousand"/>
+    <n v="103.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Thousand"/>
+    <n v="112.8"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Thousand"/>
+    <n v="138.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Thousand"/>
+    <n v="110.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Thousand"/>
+    <n v="111.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Thousand"/>
+    <n v="119.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Thousand"/>
+    <n v="140.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Thousand"/>
+    <n v="122.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Thousand"/>
+    <n v="119.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Thousand"/>
+    <n v="122.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Thousand"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Thousand"/>
+    <n v="126.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <n v="122.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <n v="128.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <n v="156.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <n v="130.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <n v="131.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <n v="145.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <n v="135.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <n v="124.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <n v="136.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <n v="164.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <n v="144.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <n v="135.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <n v="153.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <n v="161.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <n v="143.8"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="139.8"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="152.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="164.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="143.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="135.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="136.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="151.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="141.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="139.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="148.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="161.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="147.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="150.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="161.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="160.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="153.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="157.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="156.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="158.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="145.8"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="145.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="153.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="161.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="154.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="142.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="144.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="149.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="144.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="134.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="142.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="149.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="130.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="126.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="140.8"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="144.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="132.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All reasons for being in temporary employment"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="121.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Thousand"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Thousand"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Thousand"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Thousand"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Thousand"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Thousand"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Thousand"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Thousand"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Thousand"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Thousand"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Thousand"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Thousand"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Thousand"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Thousand"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Thousand"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Thousand"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Thousand"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Thousand"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Thousand"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Thousand"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Thousand"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Thousand"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Thousand"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Thousand"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="17.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="17.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="1"/>
+    <s v="It is a contract covering a period of training"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Thousand"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Thousand"/>
+    <n v="39.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Thousand"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Thousand"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Thousand"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Thousand"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Thousand"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Thousand"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Thousand"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Thousand"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Thousand"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Thousand"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Thousand"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Thousand"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Thousand"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Thousand"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Thousand"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Thousand"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Thousand"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Thousand"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Thousand"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Thousand"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Thousand"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Thousand"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <n v="24.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="44.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="45.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="44.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="46.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="48.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="49.8"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="50.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="87.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="79.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="77.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="78.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="80.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="84.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="75.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="71.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="70.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="74.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="71.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="72.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="73.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="66.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="73.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="70.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="2"/>
+    <s v="Person could not find a permanent job"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="64.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Thousand"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Thousand"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Thousand"/>
+    <n v="56.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Thousand"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Thousand"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Thousand"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Thousand"/>
+    <n v="61.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Thousand"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Thousand"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Thousand"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Thousand"/>
+    <n v="57.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Thousand"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Thousand"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Thousand"/>
+    <n v="31.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Thousand"/>
+    <n v="52.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Thousand"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Thousand"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Thousand"/>
+    <n v="31.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Thousand"/>
+    <n v="50.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Thousand"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Thousand"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Thousand"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Thousand"/>
+    <n v="47.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Thousand"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <n v="45.8"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <n v="50.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <n v="31.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <n v="48.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <n v="46.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="44.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="19.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="26.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="29.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="3"/>
+    <s v="Person did not want a permanent job"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="4"/>
+    <s v="It is a contract for a probationary period"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Thousand"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Thousand"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Thousand"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Thousand"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Thousand"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Thousand"/>
+    <n v="56.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Thousand"/>
+    <n v="59.8"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Thousand"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Thousand"/>
+    <n v="56.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Thousand"/>
+    <n v="58.8"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Thousand"/>
+    <n v="66.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Thousand"/>
+    <n v="58.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Thousand"/>
+    <n v="56.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Thousand"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Thousand"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Thousand"/>
+    <n v="57.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Thousand"/>
+    <n v="61.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Thousand"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Thousand"/>
+    <n v="66.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Thousand"/>
+    <n v="68.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Thousand"/>
+    <n v="67.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Thousand"/>
+    <n v="67.8"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Thousand"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Thousand"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <n v="77.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <n v="79.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <n v="85.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <n v="80.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <n v="87.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <n v="89.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <n v="75.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <n v="68.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <n v="76.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <n v="87.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <n v="82.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <n v="90.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <n v="89.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <n v="88.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="81.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="90.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="89.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="86.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="82.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="81.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="88.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="82.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="78.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="78.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="84.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="79.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="87.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="90.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="83.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="86.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="29.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="26.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="26.4"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="26.8"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="26.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="ESQ18"/>
+    <s v="Employees aged 15 years and over in Temporary Employment (ILO)"/>
+    <s v="5"/>
+    <s v="Not stated"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="26.5"/>
+  </r>
+</pivotCacheRecords>
 </file>