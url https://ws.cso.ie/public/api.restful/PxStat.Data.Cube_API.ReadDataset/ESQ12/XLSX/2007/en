--- v0 (2025-11-14)
+++ v1 (2026-02-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1c46a8308214125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51b25d9c2e6546daa2753a8872869be7.psmdcp" Id="R67157f2ae6c74665" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf975c97309c4840" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9b3823022e384b11974971b547d39cd6.psmdcp" Id="Rf252896fbcae45c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ESQ12</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Persons aged 15 years and over in Employment (ILO)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/6/2020 11:00:00 AM</x:t>
+    <x:t>06/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ESQ12/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>QES</x:t>
   </x:si>
   <x:si>
     <x:t>QNHS Detailed Employment Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Jim Dalton</x:t>
   </x:si>
@@ -871,835 +871,276 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...783 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03273V03946" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Duration of Employment" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="77">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="77">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H848" totalsRowShown="0">
   <x:autoFilter ref="A1:H848"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C03273V03946"/>
     <x:tableColumn id="4" name="Duration of Employment"/>
     <x:tableColumn id="5" name="TLIST(Q1)"/>
     <x:tableColumn id="6" name="Quarter"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1968,51 +1409,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ESQ12/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2199,51 +1640,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H848"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.567768" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="9.853482" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -24279,51 +23720,51 @@
       <x:c r="E848" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="F848" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="G848" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H848" s="0">
         <x:v>1678.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -24340,51 +23781,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H848" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="ESQ12"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Persons aged 15 years and over in Employment (ILO)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03273V03946">
       <x:sharedItems count="11">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="10"/>
         <x:s v="2"/>
         <x:s v="3"/>
         <x:s v="4"/>
         <x:s v="5"/>
         <x:s v="6"/>
         <x:s v="7"/>
         <x:s v="8"/>
         <x:s v="9"/>
@@ -25318,27 +24759,8498 @@
         <x:n v="1577.4"/>
         <x:n v="1581.3"/>
         <x:n v="1589.1"/>
         <x:n v="1604.2"/>
         <x:n v="1603.5"/>
         <x:n v="1590.4"/>
         <x:n v="1598.9"/>
         <x:n v="1599.7"/>
         <x:n v="1612.3"/>
         <x:n v="1614.7"/>
         <x:n v="1620.8"/>
         <x:n v="1624.1"/>
         <x:n v="1631.8"/>
         <x:n v="1625.5"/>
         <x:n v="1630.9"/>
         <x:n v="1643.1"/>
         <x:n v="1661.7"/>
         <x:n v="1678.5"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Thousand"/>
+    <n v="1485.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Thousand"/>
+    <n v="1506.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Thousand"/>
+    <n v="1561.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Thousand"/>
+    <n v="1548.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Thousand"/>
+    <n v="1576.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Thousand"/>
+    <n v="1607.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Thousand"/>
+    <n v="1665.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Thousand"/>
+    <n v="1650.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Thousand"/>
+    <n v="1655.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Thousand"/>
+    <n v="1684.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Thousand"/>
+    <n v="1735.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Thousand"/>
+    <n v="1714.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Thousand"/>
+    <n v="1710.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Thousand"/>
+    <n v="1738.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Thousand"/>
+    <n v="1786.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Thousand"/>
+    <n v="1762.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Thousand"/>
+    <n v="1757.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Thousand"/>
+    <n v="1768.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Thousand"/>
+    <n v="1802.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Thousand"/>
+    <n v="1777.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Thousand"/>
+    <n v="1783.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Thousand"/>
+    <n v="1800.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Thousand"/>
+    <n v="1831"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Thousand"/>
+    <n v="1826.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <n v="1829.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <n v="1852.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <n v="1902.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <n v="1899.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <n v="1917.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <n v="1944.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <n v="1995.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <n v="2009.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <n v="2035.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <n v="2078.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <n v="2091.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <n v="2110.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <n v="2136.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <n v="2169.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <n v="2156"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="2146.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="2147.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="2136.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="2083.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="1996.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="1974"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="1953.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="1921.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="1891.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="1893.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="1886.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="1857.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="1841.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="1861.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="1845.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="1847.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="1825"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="1836.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="1841.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="1848.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="1845.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="1869.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="1899.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="1909.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="1888.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="1901.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="1926.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="1938.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="1929.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="1958.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="1983"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="1983"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="1976.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="2014.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="2040.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="2048.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="2045.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Thousand"/>
+    <n v="66.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Thousand"/>
+    <n v="80.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Thousand"/>
+    <n v="113.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Thousand"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Thousand"/>
+    <n v="71.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Thousand"/>
+    <n v="82.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Thousand"/>
+    <n v="121.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Thousand"/>
+    <n v="94.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Thousand"/>
+    <n v="71.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Thousand"/>
+    <n v="90.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Thousand"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Thousand"/>
+    <n v="90.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Thousand"/>
+    <n v="62.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Thousand"/>
+    <n v="83.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Thousand"/>
+    <n v="116.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Thousand"/>
+    <n v="78.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Thousand"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Thousand"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Thousand"/>
+    <n v="94.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Thousand"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Thousand"/>
+    <n v="56.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Thousand"/>
+    <n v="64.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Thousand"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Thousand"/>
+    <n v="77.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <n v="67.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <n v="105.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <n v="92.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <n v="73.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <n v="84.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <n v="104.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <n v="82.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <n v="79.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <n v="112.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="75.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="78.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="83.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="57.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="66.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="64.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="47.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="80.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="71.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="51.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="65.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="74.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="68.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="79.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="78.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="60.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="66.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="84.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="79.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="63.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="84.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="87.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="64.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="75.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="89.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="78.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="67.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="81.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="95.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="59.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Thousand"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Thousand"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Thousand"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Thousand"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Thousand"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Thousand"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Thousand"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Thousand"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Thousand"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Thousand"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Thousand"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Thousand"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Thousand"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Thousand"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Thousand"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Thousand"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Thousand"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Thousand"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Thousand"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Thousand"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Thousand"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Thousand"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Thousand"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Thousand"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <n v="47.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <n v="30.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <n v="44.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="27.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="26.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="29.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="31.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="42.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="49.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="51.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="50.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="52.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="53.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="54.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="62.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="61.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="75.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="74.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="80.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="77.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="86.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Thousand"/>
+    <n v="86.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Thousand"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Thousand"/>
+    <n v="75.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Thousand"/>
+    <n v="83.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Thousand"/>
+    <n v="90.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Thousand"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Thousand"/>
+    <n v="83.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Thousand"/>
+    <n v="94.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Thousand"/>
+    <n v="103.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Thousand"/>
+    <n v="90.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Thousand"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Thousand"/>
+    <n v="88.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Thousand"/>
+    <n v="96.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Thousand"/>
+    <n v="79.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Thousand"/>
+    <n v="85.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Thousand"/>
+    <n v="87.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Thousand"/>
+    <n v="84.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Thousand"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Thousand"/>
+    <n v="73.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Thousand"/>
+    <n v="83.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Thousand"/>
+    <n v="79.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Thousand"/>
+    <n v="65.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Thousand"/>
+    <n v="74.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Thousand"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <n v="81.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <n v="74.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <n v="83.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <n v="87.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <n v="90.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <n v="92.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <n v="104.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <n v="95.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <n v="109.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <n v="115.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <n v="104.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <n v="113.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="116.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="83.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="75.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="75.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="54.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="51.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="45.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="58.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="50.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="51.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="59.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="72.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="54.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="56.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="63.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="63.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="62.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="76.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="75.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="65.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="76.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="73.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="80.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="73.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="76.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="76.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="81.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="78.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="79.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="86.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="81.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Thousand"/>
+    <n v="107.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Thousand"/>
+    <n v="132.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Thousand"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Thousand"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Thousand"/>
+    <n v="134.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Thousand"/>
+    <n v="152.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Thousand"/>
+    <n v="140.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Thousand"/>
+    <n v="125.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Thousand"/>
+    <n v="140.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Thousand"/>
+    <n v="156.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Thousand"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Thousand"/>
+    <n v="141.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Thousand"/>
+    <n v="147.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Thousand"/>
+    <n v="157.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Thousand"/>
+    <n v="145.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Thousand"/>
+    <n v="137.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Thousand"/>
+    <n v="136.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Thousand"/>
+    <n v="142.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Thousand"/>
+    <n v="120.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Thousand"/>
+    <n v="109.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Thousand"/>
+    <n v="130.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Thousand"/>
+    <n v="137.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Thousand"/>
+    <n v="120.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Thousand"/>
+    <n v="109.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <n v="121.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <n v="131.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <n v="126.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <n v="123.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <n v="137.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <n v="152.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <n v="138.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <n v="133.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <n v="145.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <n v="164.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <n v="155.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <n v="147.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <n v="163.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <n v="158.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <n v="156.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="171.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="187.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="151.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="121.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="118.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="126.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="79.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="77.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="84.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="78.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="84.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="105.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="94.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="85.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="94.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="102.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="95.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="96.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="111.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="107.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="111.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="116.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="131.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="120.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="144.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="133.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="141.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Thousand"/>
+    <n v="259.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Thousand"/>
+    <n v="280.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Thousand"/>
+    <n v="312.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Thousand"/>
+    <n v="284.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Thousand"/>
+    <n v="296.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Thousand"/>
+    <n v="316.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Thousand"/>
+    <n v="345.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Thousand"/>
+    <n v="314.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Thousand"/>
+    <n v="315.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Thousand"/>
+    <n v="336.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Thousand"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Thousand"/>
+    <n v="320.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Thousand"/>
+    <n v="306.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Thousand"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Thousand"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Thousand"/>
+    <n v="303.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Thousand"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Thousand"/>
+    <n v="280.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Thousand"/>
+    <n v="288.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Thousand"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Thousand"/>
+    <n v="266.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Thousand"/>
+    <n v="267.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Thousand"/>
+    <n v="294.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Thousand"/>
+    <n v="267.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <n v="315.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <n v="303.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <n v="311.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <n v="335.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <n v="318.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <n v="334.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <n v="364.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <n v="352.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <n v="357.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <n v="366.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <n v="382.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="363.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="349.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="348.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="280.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="248.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="238.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="188.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="183.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="194.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="213.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="209.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="209.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="224.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="225.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="219.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="214.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="229.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="242.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="237.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="230.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="240.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="252.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="256.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="252.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="274.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="273.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="260.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="275.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="297.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="276.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="303.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="319.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="300.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="282.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Thousand"/>
+    <n v="82.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Thousand"/>
+    <n v="82.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Thousand"/>
+    <n v="92.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Thousand"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Thousand"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Thousand"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Thousand"/>
+    <n v="108.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Thousand"/>
+    <n v="116.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Thousand"/>
+    <n v="112.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Thousand"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Thousand"/>
+    <n v="116.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Thousand"/>
+    <n v="125.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Thousand"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Thousand"/>
+    <n v="124.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Thousand"/>
+    <n v="121.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Thousand"/>
+    <n v="124.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Thousand"/>
+    <n v="124.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Thousand"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Thousand"/>
+    <n v="119.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Thousand"/>
+    <n v="105.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Thousand"/>
+    <n v="70.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Thousand"/>
+    <n v="96.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Thousand"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Thousand"/>
+    <n v="103.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <n v="62.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <n v="92.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <n v="96.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <n v="68.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <n v="122.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <n v="117.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <n v="116.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <n v="140.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <n v="125.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <n v="131.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="142.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="137.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="133.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="133.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="121.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="109.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="85.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="68.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="61.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="72.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="73.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="65.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="73.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="78.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="73.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="74.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="84.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="82.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="80.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="85.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="90.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="86.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="81.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="89.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="92.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="90.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="109.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="108.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="104.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="109.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="117.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Thousand"/>
+    <n v="52.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Thousand"/>
+    <n v="69.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Thousand"/>
+    <n v="72.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Thousand"/>
+    <n v="66.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Thousand"/>
+    <n v="74.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Thousand"/>
+    <n v="83.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Thousand"/>
+    <n v="80.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Thousand"/>
+    <n v="77.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Thousand"/>
+    <n v="86.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Thousand"/>
+    <n v="87.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Thousand"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Thousand"/>
+    <n v="79.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Thousand"/>
+    <n v="90.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Thousand"/>
+    <n v="94.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Thousand"/>
+    <n v="89.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Thousand"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Thousand"/>
+    <n v="95.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Thousand"/>
+    <n v="85.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Thousand"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Thousand"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Thousand"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Thousand"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Thousand"/>
+    <n v="46.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Thousand"/>
+    <n v="66.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <n v="46.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <n v="65.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <n v="31.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <n v="49.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <n v="92.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <n v="72.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <n v="53.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <n v="57.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <n v="87.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <n v="68.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <n v="56.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <n v="109.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="112.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="106.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="101.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="93.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="104.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="94.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="83.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="77.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="76.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="66.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="52.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="52.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="61.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="56.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="49.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="61.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="61.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="52.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="60.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="71.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="65.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="59.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="68.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="74.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="61.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="54.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="64.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="72.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="90.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="89.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="78.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Thousand"/>
+    <n v="132.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Thousand"/>
+    <n v="151.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Thousand"/>
+    <n v="178.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Thousand"/>
+    <n v="181.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Thousand"/>
+    <n v="150.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Thousand"/>
+    <n v="173.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Thousand"/>
+    <n v="208.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Thousand"/>
+    <n v="200.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Thousand"/>
+    <n v="166.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Thousand"/>
+    <n v="206.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Thousand"/>
+    <n v="240.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Thousand"/>
+    <n v="232.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Thousand"/>
+    <n v="176.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Thousand"/>
+    <n v="208.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Thousand"/>
+    <n v="255.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Thousand"/>
+    <n v="251.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Thousand"/>
+    <n v="199.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Thousand"/>
+    <n v="254.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Thousand"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Thousand"/>
+    <n v="295.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Thousand"/>
+    <n v="299.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Thousand"/>
+    <n v="312.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Thousand"/>
+    <n v="319.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Thousand"/>
+    <n v="285.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <n v="300.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <n v="306.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <n v="300.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <n v="270.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <n v="273.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <n v="300.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <n v="247.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <n v="242.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <n v="291.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <n v="321.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <n v="301.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <n v="274.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <n v="318.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <n v="323.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <n v="304.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="237.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="270.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="308.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="260.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="312.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="300.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="224.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="258.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="287.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="246.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="175.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="194.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="209.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="193.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="148.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="163.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="182.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="186.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="145.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="187.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="164.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="185.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="184.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="153.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="169.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="192.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="187.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="159.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="189.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="221.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="211.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="195.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Thousand"/>
+    <n v="919.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Thousand"/>
+    <n v="897.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Thousand"/>
+    <n v="878.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Thousand"/>
+    <n v="891.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Thousand"/>
+    <n v="931.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Thousand"/>
+    <n v="912.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Thousand"/>
+    <n v="898.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Thousand"/>
+    <n v="925.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Thousand"/>
+    <n v="955.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Thousand"/>
+    <n v="930.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Thousand"/>
+    <n v="911.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Thousand"/>
+    <n v="935.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Thousand"/>
+    <n v="993.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Thousand"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Thousand"/>
+    <n v="947.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Thousand"/>
+    <n v="968.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Thousand"/>
+    <n v="1035.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Thousand"/>
+    <n v="1002.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Thousand"/>
+    <n v="983.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Thousand"/>
+    <n v="1007.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Thousand"/>
+    <n v="1090.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Thousand"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Thousand"/>
+    <n v="1038.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Thousand"/>
+    <n v="1076.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <n v="1122.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <n v="1089.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <n v="1122.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <n v="1199.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <n v="1167.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <n v="1144.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <n v="1175.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <n v="1237.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <n v="1198.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <n v="1174.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <n v="1198.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <n v="1263.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <n v="1228.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <n v="1192.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="1273.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="1252.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="1213.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="1224.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="1236.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="1196.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="1228.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="1264.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="1230.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="1261.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="1307.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="1286.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="1245.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="1269.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="1301.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="1273.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="1244.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="1255.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="1298.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="1275.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="1264.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="1276.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="1304.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="1279.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="1258.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="1276.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="1314.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="1293.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="1272.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="1256.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="1226.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="1251.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="1287.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Thousand"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Thousand"/>
+    <n v="1200.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Thousand"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Thousand"/>
+    <n v="1239.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Thousand"/>
+    <n v="1257.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Thousand"/>
+    <n v="1269.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Thousand"/>
+    <n v="1296.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Thousand"/>
+    <n v="1320.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Thousand"/>
+    <n v="1321.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Thousand"/>
+    <n v="1327.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Thousand"/>
+    <n v="1348.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Thousand"/>
+    <n v="1373.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Thousand"/>
+    <n v="1381.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Thousand"/>
+    <n v="1396.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Thousand"/>
+    <n v="1413.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Thousand"/>
+    <n v="1436"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Thousand"/>
+    <n v="1454.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Thousand"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Thousand"/>
+    <n v="1488.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Thousand"/>
+    <n v="1480.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Thousand"/>
+    <n v="1494.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Thousand"/>
+    <n v="1504.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Thousand"/>
+    <n v="1505.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Thousand"/>
+    <n v="1531.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <n v="1531.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <n v="1537.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <n v="1538.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <n v="1555.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <n v="1573.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <n v="1586.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <n v="1617.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <n v="1634.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <n v="1652.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <n v="1665"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <n v="1679.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <n v="1722.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <n v="1744.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <n v="1751.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <n v="1743.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="1772.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="1762.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="1777.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="1719.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="1710.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="1705.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="1706.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="1680.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="1668.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="1644.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="1621.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="1601.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="1607.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="1592.6"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="1578.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="1571.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="1559.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="1577.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="1581.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="1589.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="1604.2"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="1603.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="1590.4"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="1598.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="1599.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="1612.3"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="1614.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="1620.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="1624.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="1631.8"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="1625.5"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="1630.9"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="1643.1"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="1661.7"/>
+  </r>
+  <r>
+    <s v="ESQ12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="1678.5"/>
+  </r>
+</pivotCacheRecords>
 </file>