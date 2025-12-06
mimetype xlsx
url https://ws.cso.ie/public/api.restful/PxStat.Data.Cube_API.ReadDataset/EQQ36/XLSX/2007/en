--- v0 (2025-10-08)
+++ v1 (2025-12-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76c008076c2441e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/07c643c465404a7d9b2f7fa596ef2fb0.psmdcp" Id="Rfe75d2416d594ed2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e54734b911d46b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aa9f1b9d9cd94b849dd25c02d88aa550.psmdcp" Id="R6956c94446554172" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EQQ36</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>All persons aged 18 years and over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/21/2020 11:00:00 AM</x:t>
+    <x:t>21/09/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Experience of discrimination has increased in Q1 2019, care should be taken in interpreting this increase. There are a number of factors that may have contributed to this increase including an additional category of discrimination included in Q1 2019, discrimination experienced 'In contact with An Garda Síochána' and also an increase in knowledge of rights.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EQQ36/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>QEQ</x:t>
   </x:si>
   <x:si>
     <x:t>Equality 2019</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -400,227 +400,130 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...175 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03284V03957" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Knowledge of Rights" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Region" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J37" totalsRowShown="0">
   <x:autoFilter ref="A1:J37"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C03284V03957"/>
     <x:tableColumn id="4" name="Knowledge of Rights"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="Region"/>
     <x:tableColumn id="7" name="TLIST(Q1)"/>
     <x:tableColumn id="8" name="Quarter"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -891,51 +794,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EQQ36/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1124,51 +1027,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J37"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="31.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="21.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="27.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -2342,51 +2245,51 @@
       <x:c r="G37" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I37" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J37" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -2403,51 +2306,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J37" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EQQ36"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="All persons aged 18 years and over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03284V03957">
       <x:sharedItems count="3">
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Knowledge of Rights">
       <x:sharedItems count="3">
         <x:s v="No understanding"/>
         <x:s v="A little understanding"/>
         <x:s v="A good understanding"/>
       </x:sharedItems>
@@ -2498,27 +2401,460 @@
         <x:n v="22"/>
         <x:n v="16"/>
         <x:n v="17"/>
         <x:n v="6"/>
         <x:n v="53"/>
         <x:n v="52"/>
         <x:n v="55"/>
         <x:n v="57"/>
         <x:n v="54"/>
         <x:n v="62"/>
         <x:n v="28"/>
         <x:n v="30"/>
         <x:n v="26"/>
         <x:n v="31"/>
         <x:n v="24"/>
         <x:n v="29"/>
         <x:n v="27"/>
         <x:n v="33"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="01"/>
+    <s v="No understanding"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="01"/>
+    <s v="No understanding"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="01"/>
+    <s v="No understanding"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="01"/>
+    <s v="No understanding"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="01"/>
+    <s v="No understanding"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="01"/>
+    <s v="No understanding"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="01"/>
+    <s v="No understanding"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="01"/>
+    <s v="No understanding"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="01"/>
+    <s v="No understanding"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="01"/>
+    <s v="No understanding"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="01"/>
+    <s v="No understanding"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="01"/>
+    <s v="No understanding"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="02"/>
+    <s v="A little understanding"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="02"/>
+    <s v="A little understanding"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="02"/>
+    <s v="A little understanding"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="02"/>
+    <s v="A little understanding"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="02"/>
+    <s v="A little understanding"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="02"/>
+    <s v="A little understanding"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="02"/>
+    <s v="A little understanding"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="02"/>
+    <s v="A little understanding"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="02"/>
+    <s v="A little understanding"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="02"/>
+    <s v="A little understanding"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="02"/>
+    <s v="A little understanding"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="02"/>
+    <s v="A little understanding"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="03"/>
+    <s v="A good understanding"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="03"/>
+    <s v="A good understanding"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="03"/>
+    <s v="A good understanding"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="03"/>
+    <s v="A good understanding"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="03"/>
+    <s v="A good understanding"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="03"/>
+    <s v="A good understanding"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="03"/>
+    <s v="A good understanding"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="03"/>
+    <s v="A good understanding"/>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="03"/>
+    <s v="A good understanding"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="03"/>
+    <s v="A good understanding"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="03"/>
+    <s v="A good understanding"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="EQQ36"/>
+    <s v="All persons aged 18 years and over"/>
+    <s v="03"/>
+    <s v="A good understanding"/>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+</pivotCacheRecords>
 </file>