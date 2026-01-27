--- v1 (2025-12-06)
+++ v2 (2026-01-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e54734b911d46b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aa9f1b9d9cd94b849dd25c02d88aa550.psmdcp" Id="R6956c94446554172" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26be68f025064954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b9bf25eb588f42839daa4e9d5e5bf9a1.psmdcp" Id="R396ce6bc27974a1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>