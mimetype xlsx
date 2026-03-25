--- v2 (2026-01-27)
+++ v3 (2026-03-25)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26be68f025064954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b9bf25eb588f42839daa4e9d5e5bf9a1.psmdcp" Id="R396ce6bc27974a1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R919c23fa25ad4a8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6ab74b58cf164a08a650295458ebdf8d.psmdcp" Id="Rebff87ac3dc84c88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>