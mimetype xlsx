--- v0 (2025-10-08)
+++ v1 (2025-12-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4c87d82b4204251" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/676aef4e9c57422ebce02a60d9657752.psmdcp" Id="Rbc539963eabe4877" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49c09f96ff914180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e4680535c264f2b978598000e3aa5a5.psmdcp" Id="R267a6b17c52740a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>