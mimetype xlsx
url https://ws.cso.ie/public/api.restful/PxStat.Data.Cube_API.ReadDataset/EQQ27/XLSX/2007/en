--- v1 (2025-12-07)
+++ v2 (2026-01-29)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49c09f96ff914180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e4680535c264f2b978598000e3aa5a5.psmdcp" Id="R267a6b17c52740a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d3c990430724c17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/61308bdd5487447a9bddb34dc7b81dd5.psmdcp" Id="R8545d10775554d73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EQQ27</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Persons who experienced discrimination in past two years</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/21/2020 11:00:00 AM</x:t>
+    <x:t>21/09/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Experience of discrimination has increased in Q1 2019, care should be taken in interpreting this increase. There are a number of factors that may have contributed to this increase including an additional category of discrimination included in Q1 2019, discrimination experienced 'In contact with An Garda Síochána' and also an increase in knowledge of rights.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EQQ27/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>QEQ</x:t>
   </x:si>
   <x:si>
     <x:t>Equality 2019</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -192,50 +192,53 @@
     <x:t>VALUE</x:t>
   </x:si>
   <x:si>
     <x:t>-</x:t>
   </x:si>
   <x:si>
     <x:t>Both sexes</x:t>
   </x:si>
   <x:si>
     <x:t>01</x:t>
   </x:si>
   <x:si>
     <x:t>Verbal action</x:t>
   </x:si>
   <x:si>
     <x:t>2004Q4</x:t>
   </x:si>
   <x:si>
     <x:t>%</x:t>
   </x:si>
   <x:si>
     <x:t>2010Q4</x:t>
   </x:si>
   <x:si>
     <x:t>2013Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>2014Q3</x:t>
   </x:si>
   <x:si>
     <x:t>2019Q1</x:t>
   </x:si>
   <x:si>
     <x:t>02</x:t>
   </x:si>
   <x:si>
     <x:t>Written action</x:t>
   </x:si>
   <x:si>
     <x:t>03</x:t>
   </x:si>
   <x:si>
     <x:t>Official complaint or legal action</x:t>
   </x:si>
   <x:si>
     <x:t>04</x:t>
   </x:si>
   <x:si>
     <x:t>No action taken</x:t>
   </x:si>
@@ -415,251 +418,136 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...199 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03279V03952" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Action Taken" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J76" totalsRowShown="0">
   <x:autoFilter ref="A1:J76"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C03279V03952"/>
     <x:tableColumn id="6" name="Type of Action Taken"/>
     <x:tableColumn id="7" name="TLIST(Q1)"/>
     <x:tableColumn id="8" name="Quarter"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -930,51 +818,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EQQ27/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1163,51 +1051,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J76"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="52.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -1309,2299 +1197,2371 @@
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H4" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I4" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J4" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I5" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J5" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H6" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I6" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J6" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I7" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J7" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H8" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I8" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J8" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I9" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J9" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H10" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I10" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J10" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F11" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G11" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="F11" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H11" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I11" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J11" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H12" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I12" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J12" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I13" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J13" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H14" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I14" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J14" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I15" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J15" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H16" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I16" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J16" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I17" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J17" s="0">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H18" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I18" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J18" s="0">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I19" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J19" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H20" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I20" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J20" s="0">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I21" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J21" s="0">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H22" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I22" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J22" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I23" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J23" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I24" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J24" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H25" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="I25" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J25" s="0" t="s">
         <x:v>57</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H26" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I26" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J26" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I27" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J27" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H28" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I28" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J28" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I29" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J29" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H30" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I30" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J30" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I31" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J31" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H32" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I32" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J32" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I33" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J33" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H34" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I34" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J34" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I35" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J35" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F36" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G36" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="F36" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H36" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I36" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J36" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I37" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J37" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H38" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I38" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J38" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I39" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J39" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H40" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I40" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J40" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I41" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J41" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H42" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I42" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J42" s="0">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J43" s="0">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H44" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I44" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J44" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I45" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J45" s="0">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I46" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J46" s="0">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="D47" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="E47" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F47" s="0" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I47" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J47" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
     </x:row>
     <x:row r="48" spans="1:10">
       <x:c r="A48" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="D48" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="E48" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F48" s="0" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I48" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J48" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
     </x:row>
     <x:row r="49" spans="1:10">
       <x:c r="A49" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="D49" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="E49" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F49" s="0" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I49" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J49" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
     </x:row>
     <x:row r="50" spans="1:10">
       <x:c r="A50" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="D50" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="E50" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F50" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="D50" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G50" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H50" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="I50" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J50" s="0" t="s">
         <x:v>57</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:10">
       <x:c r="A51" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="D51" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="E51" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F51" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="D51" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J51" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:10">
       <x:c r="A52" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H52" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I52" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J52" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:10">
       <x:c r="A53" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I53" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J53" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:10">
       <x:c r="A54" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H54" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I54" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J54" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
     </x:row>
     <x:row r="55" spans="1:10">
       <x:c r="A55" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I55" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J55" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:10">
       <x:c r="A56" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H56" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I56" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J56" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:10">
       <x:c r="A57" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I57" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J57" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:10">
       <x:c r="A58" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J58" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:10">
       <x:c r="A59" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I59" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J59" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
     </x:row>
     <x:row r="60" spans="1:10">
       <x:c r="A60" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J60" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:10">
       <x:c r="A61" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F61" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G61" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="F61" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J61" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:10">
       <x:c r="A62" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J62" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:10">
       <x:c r="A63" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I63" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J63" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:10">
       <x:c r="A64" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I64" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J64" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
     </x:row>
     <x:row r="65" spans="1:10">
       <x:c r="A65" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J65" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:10">
       <x:c r="A66" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I66" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J66" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:10">
       <x:c r="A67" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I67" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J67" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:10">
       <x:c r="A68" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H68" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I68" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J68" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:10">
       <x:c r="A69" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I69" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J69" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
     </x:row>
     <x:row r="70" spans="1:10">
       <x:c r="A70" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I70" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J70" s="0">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:10">
       <x:c r="A71" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I71" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J71" s="0">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:10">
       <x:c r="A72" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H72" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I72" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J72" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
     </x:row>
     <x:row r="73" spans="1:10">
       <x:c r="A73" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I73" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J73" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
     </x:row>
     <x:row r="74" spans="1:10">
       <x:c r="A74" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H74" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I74" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J74" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
     </x:row>
     <x:row r="75" spans="1:10">
       <x:c r="A75" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H75" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="I75" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J75" s="0" t="s">
         <x:v>57</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:10">
       <x:c r="A76" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I76" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J76" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -3618,51 +3578,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J76" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EQQ27"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Persons who experienced discrimination in past two years"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -3724,27 +3684,928 @@
         <x:n v="64"/>
         <x:n v="70"/>
         <x:n v="2"/>
         <x:n v="27"/>
         <x:n v="28"/>
         <x:n v="23"/>
         <x:n v="14"/>
         <x:n v="11"/>
         <x:n v="4"/>
         <x:n v="63"/>
         <x:n v="62"/>
         <x:n v="65"/>
         <x:n v="76"/>
         <x:n v="33"/>
         <x:n v="32"/>
         <x:n v="57"/>
         <x:n v="66"/>
         <x:n v="1"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Verbal action"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Verbal action"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Verbal action"/>
+    <s v="2013Q1"/>
+    <s v="2013Q1"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Verbal action"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Verbal action"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Written action"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Written action"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Written action"/>
+    <s v="2013Q1"/>
+    <s v="2013Q1"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Written action"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Written action"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Official complaint or legal action"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Official complaint or legal action"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Official complaint or legal action"/>
+    <s v="2013Q1"/>
+    <s v="2013Q1"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Official complaint or legal action"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Official complaint or legal action"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="No action taken"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="No action taken"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="No action taken"/>
+    <s v="2013Q1"/>
+    <s v="2013Q1"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="No action taken"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="No action taken"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Contacted An Garda Síochána"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Contacted An Garda Síochána"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Contacted An Garda Síochána"/>
+    <s v="2013Q1"/>
+    <s v="2013Q1"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Contacted An Garda Síochána"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Contacted An Garda Síochána"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Verbal action"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Verbal action"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Verbal action"/>
+    <s v="2013Q1"/>
+    <s v="2013Q1"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Verbal action"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Verbal action"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Written action"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Written action"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Written action"/>
+    <s v="2013Q1"/>
+    <s v="2013Q1"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Written action"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Written action"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Official complaint or legal action"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Official complaint or legal action"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Official complaint or legal action"/>
+    <s v="2013Q1"/>
+    <s v="2013Q1"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Official complaint or legal action"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Official complaint or legal action"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="No action taken"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="No action taken"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="No action taken"/>
+    <s v="2013Q1"/>
+    <s v="2013Q1"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="No action taken"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="No action taken"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Contacted An Garda Síochána"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Contacted An Garda Síochána"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Contacted An Garda Síochána"/>
+    <s v="2013Q1"/>
+    <s v="2013Q1"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Contacted An Garda Síochána"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Contacted An Garda Síochána"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Verbal action"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Verbal action"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Verbal action"/>
+    <s v="2013Q1"/>
+    <s v="2013Q1"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Verbal action"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Verbal action"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Written action"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Written action"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Written action"/>
+    <s v="2013Q1"/>
+    <s v="2013Q1"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Written action"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Written action"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Official complaint or legal action"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Official complaint or legal action"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Official complaint or legal action"/>
+    <s v="2013Q1"/>
+    <s v="2013Q1"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Official complaint or legal action"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Official complaint or legal action"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="No action taken"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="No action taken"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="No action taken"/>
+    <s v="2013Q1"/>
+    <s v="2013Q1"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="No action taken"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="No action taken"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Contacted An Garda Síochána"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Contacted An Garda Síochána"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Contacted An Garda Síochána"/>
+    <s v="2013Q1"/>
+    <s v="2013Q1"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Contacted An Garda Síochána"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ27"/>
+    <s v="Persons who experienced discrimination in past two years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Contacted An Garda Síochána"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+</pivotCacheRecords>
 </file>