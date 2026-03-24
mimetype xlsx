--- v2 (2026-01-29)
+++ v3 (2026-03-24)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d3c990430724c17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/61308bdd5487447a9bddb34dc7b81dd5.psmdcp" Id="R8545d10775554d73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf043b12f1e4e4291" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/832f152791e24728a0b0ed1f5f6848fc.psmdcp" Id="Rbcfd0a51f4b04a2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>